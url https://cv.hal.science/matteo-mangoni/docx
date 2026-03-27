--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -393,295 +393,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05392443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State-of-the-Art Differentiation Protocols for Patient-Derived Cardiac Pacemaker Cells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cardiac GR Mediates the Diurnal Rhythm in Ventricular Arrhythmia Susceptibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Mangoni</w:t>
+                <w:t xml:space="preserve">Roman Tikhomirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Lacampagne</w:t>
+                <w:t xml:space="preserve">Robert Oakley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albano C. Meli</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cali Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yirong Xiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Al Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms25063387⟩</w:t>
+              <w:t xml:space="preserve">Circulation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 134 (10), pp.1306-1326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.123.323464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04524782v1</w:t>
+                <w:t xml:space="preserve">hal-04524430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiac GR Mediates the Diurnal Rhythm in Ventricular Arrhythmia Susceptibility</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Robert Oakley</w:t>
+                <w:t xml:space="preserve">State-of-the-Art Differentiation Protocols for Patient-Derived Cardiac Pacemaker Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cali Anderson</w:t>
+                <w:t xml:space="preserve">Matteo Mangoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yirong Xiang</w:t>
+                <w:t xml:space="preserve">Alain Lacampagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sami Al Othman</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Albano C. Meli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Mesirca</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 134 (10), pp.1306-1326. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (6), pp.3387. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.123.323464⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms25063387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04524430v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04524782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective blockade of Ca$_V$1.2 (α1C) versus Ca$_V$1.3 (α1D) L-type calcium channels by the black mamba toxin calciseptine</w:t>
               </w:r>
@@ -1197,295 +1197,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04240603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of stress on cardiac phenotypes in mice harboring an ankyrin-B disease variant</w:t>
+                <w:t xml:space="preserve">Heart rate reduction after genetic ablation of L-type Cav1.3 channels induces cardioprotection against ischemia-reperfusion injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael J Wallace</w:t>
+                <w:t xml:space="preserve">Viviana Delgado-Betancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nipun Malhotra</w:t>
+                <w:t xml:space="preserve">Kroekkiat Chinda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Mesirca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Ignacio Elio Mariángelo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lindsay J Young</w:t>
+                <w:t xml:space="preserve">Aurélie Covinhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbc.2023.104818⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cardiovascular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.1134503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcvm.2023.1134503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04271860v1</w:t>
+                <w:t xml:space="preserve">hal-04184437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heart rate reduction after genetic ablation of L-type Cav1.3 channels induces cardioprotection against ischemia-reperfusion injury</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of stress on cardiac phenotypes in mice harboring an ankyrin-B disease variant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Wallace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nipun Malhotra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viviana Delgado-Betancourt</w:t>
+                <w:t xml:space="preserve">Juan Ignacio Elio Mariángelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kroekkiat Chinda</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christian Barrère</w:t>
+                <w:t xml:space="preserve">Tyler L Stevens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Covinhes</w:t>
+                <w:t xml:space="preserve">Lindsay J Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cardiovascular Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10, pp.1134503. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 299 (6), pp.104818. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcvm.2023.1134503⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbc.2023.104818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04184437v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of sinoatrial automaticity in Microcebus murinus to study the effect of aging on cardiac activity and the correlation with longevity</w:t>
               </w:r>
@@ -1867,567 +1867,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESC working group on cardiac cellular electrophysiology position paper: relevance, opportunities, and limitations of experimental models for cardiac electrophysiology research</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pharmacologic Approach to Sinoatrial Node Dysfunction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Mesirca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katja Odening</w:t>
+                <w:t xml:space="preserve">Vadim Fedorov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Maria Gómez</w:t>
+                <w:t xml:space="preserve">Thomas Hund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dobromir Dobrev</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frank Heinzel</w:t>
+                <w:t xml:space="preserve">Angelo Torrente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EP-Europace</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/europace/euab142⟩</w:t>
+              <w:t xml:space="preserve">Annual Review of Pharmacology and Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61, pp.757-778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1146/annurev-pharmtox-031120-115815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03437471v1</w:t>
+                <w:t xml:space="preserve">hal-02960337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Complexity of Sinoatrial Node Dysfunction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ESC working group on cardiac cellular electrophysiology position paper: relevance, opportunities, and limitations of experimental models for cardiac electrophysiology research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katja Odening</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Maria Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Wallace</w:t>
+                <w:t xml:space="preserve">Dobromir Dobrev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mona El Refaey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pietro Mesirca</w:t>
+                <w:t xml:space="preserve">Larissa Fabritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas J Hund</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matteo Mangoni</w:t>
+                <w:t xml:space="preserve">Frank Heinzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.654925. </w:t>
+              <w:t xml:space="preserve">EP-Europace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (11), pp.1795-1814. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fgene.2021.654925⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/europace/euab142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03437525v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of sinus node pacemaking and atrioventricular node conduction by HCN channels in health and disease</w:t>
+                <w:t xml:space="preserve">Genetic Complexity of Sinoatrial Node Dysfunction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Boyett</w:t>
+                <w:t xml:space="preserve">Michael Wallace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Yanni</w:t>
+                <w:t xml:space="preserve">Mona El Refaey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Tellez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pietro Mesirca</w:t>
+                <w:t xml:space="preserve">Thomas J Hund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Mangoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2021.06.008⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.654925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2021.654925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03437472v1</w:t>
+                <w:t xml:space="preserve">hal-03437525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacologic Approach to Sinoatrial Node Dysfunction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regulation of sinus node pacemaking and atrioventricular node conduction by HCN channels in health and disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Boyett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Yanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Tellez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Bucchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Pharmacology and Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 61, pp.757-778. </w:t>
+              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 166, pp.61-85. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1146/annurev-pharmtox-031120-115815⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2021.06.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02960337v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrinsic Electrical Remodeling Underlies Atrioventricular Block in Athletes</w:t>
               </w:r>
@@ -2465,51 +2465,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Dalgas Nissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Forte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cali Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Circulation Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 129 (1), pp.e1-e20. </w:t>
@@ -2573,64 +2573,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia D’souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanwen Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cali Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Bucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirko Baruscotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2867,51 +2867,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Isbrandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Mangoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 166, pp.39-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3213,51 +3213,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Channelopathies of voltage-gated L-type Cav1.3/α1D and T-type Cav3.1/α1G Ca2+ channels in dysfunction of heart automaticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Torrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3745,51 +3745,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitochondria and L-Type Ca2+ channels interplay in the regulation of Ca2+ dynamics in murine pacemaker cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Fossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Torrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Louradour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3827,518 +3827,530 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Cardiovascular Diseases Supplements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (2), pp.266-267. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.acvdsp.2019.02.180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04723899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génération de la fonction sinusale et perspectives thérapeutiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-G. Torrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Baudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Nargeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives des Maladies du Coeur et des Vaisseaux - Pratique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2018 (267), pp.35 - 39. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.amcp.2018.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02440724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A synthetic peptide that prevents cAMP regulation in mammalian hyperpolarization-activated cyclic nucleotide-gated (HCN) channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Saponaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Porro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Difrancesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7554/eLife.35753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02073210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CaV1.3 L-type Ca2+ channel contributes to the heartbeat by generating a dihydropyridine-sensitive persistent Na+ current</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Futoshi Toyoda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Dübel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei-Guang Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Striessnig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (1), pp.7869. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-017-08191-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clock-dependent and system-driven oscillators interact in the suprachiasmatic nuclei to pace mammalian circadian rhythms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Abitbol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segolene Debiesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Molino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4347,1332 +4359,1332 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (10), pp.e0187001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0187001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01724552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G protein-gated IKACh channels as therapeutic targets for treatment of sick sinus syndrome and heart block</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Briec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Evain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo G. Torrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 113 (7), pp.E932--941. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1517181113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01831593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment on: 'Homozygous knockout of the piezo1 gene in the zebrafish is not associated with anemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Faucherre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Kissa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Nargeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo E. Mangoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Jopling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Haematologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 101 (1), pp.e38. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3324/haematol.2015.137398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01940741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desmosomes and sino-atrial dysfunction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rescuing cardiac automaticity in L-type Cav1.3 channelopathies and beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Mesirca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bidaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo E. Mangoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1113/JP270678⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cvr/cvw171⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01940738v1</w:t>
+                <w:t xml:space="preserve">hal-01942452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rescuing cardiac automaticity in L-type Cav1.3 channelopathies and beyond</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Desmosomes and sino-atrial dysfunction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo E. Mangoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cardiovascular Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 111 (3), pp.167--168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cvr/cvw171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1113/JP270678⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01942452v1</w:t>
+                <w:t xml:space="preserve">hal-01940738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L-type Ca v 1.3 channels regulate ryanodine receptor-dependent Ca 2+ release during sino-atrial node pacemaker activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Torrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Neco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Rizzetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Dübel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cardiovascular Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 109 (3), pp.451-461. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/cvr/cvw006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01792471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardiac arrhythmia induced by genetic silencing of 'funny' (f) channels is rescued by GIRK4 inactivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Alig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Torrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Marger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5, pp.4664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/ncomms5664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01059204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paradoxical Effect of Increased Diastolic Ca 2+ Release and Decreased Sinoatrial Node Activity in a Mouse Model of Catecholaminergic Polymorphic Ventricular Tachycardia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Neco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Torrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Zorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nian Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Circulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 126 (4), pp.392-401. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.111.075382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02477214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Potential Pharmacological Targets by Analysis of the Comprehensive G Protein-Coupled Receptor Repertoire in the Four Cardiac Chambers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Moore-Morris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Varrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo E. Mangoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Le Digarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 75 (5), pp.1108 - 1116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1124/mol.108.054155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01788903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voltage-dependent calcium channels and cardiac pacemaker activity: From ionic currents to genes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo E. Mangoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Couette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Marger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Striessnig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 90, pp.38-63. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2005.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00017071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific pattern of ionic channel gene expression associated with pacemaker activity in the mouse heart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Marionneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Couette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo E. Mangoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 562, pp.223-234. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1113/jphysiol.2004.074047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00017075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5682,51 +5694,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calciseptine isolated from the black mamba toxin selectively blocks cardiac Cav1.2 (alpha1C) versus Cav1.3 (alpha1D) L-type calcium channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5775,231 +5787,231 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting of the Southeast Asian section of the International Society for Heart Research World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISHR-SEA, Oct 2024, Singapour, Singapore. pp.100123, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmccpl.2024.100123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of aging on the adaptative capacity of Microcebus murinus heart to stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Colombani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Cuoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Fontes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th Meeting of the European Section of International Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04789810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L-type Cav1.3 channels as key effectors of heart rate acceleration by catecholamines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Anna Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6007,133 +6019,133 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marvin Gaillardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Barrère-Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">meeting of the european section of the International Society of Heart Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISHR, Jun 2024, Toulouse, France. pp.100106, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmccpl.2024.100106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cholinergic regulation of cardiac pacemaker activity by l-type cav1.3 channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Talssi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6151,187 +6163,187 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo E. Mangoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESC Congress 2020 – The Digital Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society of Cardiology, Aug 2020, Virtuel - Online, Netherlands. pp.3597, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ehjci/ehaa946.3597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04773146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional role for the GIRK1/4, Cav1.3 and HCN4 channels in muscarinic regulation of heart rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Talssi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Elia Mangoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">86th Congress of French Physiological Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nouvelle Faculté de Médecine, Jun 2019, Montpellier, France. pp.46, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/apha.13389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04730581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6341,91 +6353,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calciseptine isolated from the black mamba toxin selectively blocks cardiac Cav1.2 (alpha1C) versus Cav1.3 (alpha1D) L-type calcium channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6444,87 +6456,87 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th Meeting of the European Section of International Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04789795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L-type Cav1.3 channels as key effectors of heart rate acceleration by catecholamines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6532,360 +6544,360 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bidaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marvin Gaillardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Barrère-Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th Meeting of the European Section of International Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04789809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for a selective blockade of Cav1.2 versus Cav1.3 by the mamba toxin calciseptine in the mouse heart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Barrère-Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chinda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Aurélie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECongrès le Printemps de la Cardiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, grenoble, France. 12 (2-4), pp.259, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.acvdsp.2020.03.144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03429844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing Synthetic Peptides to Regulate Native HCN Channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Saponaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Cantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Porro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Bucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario Difrancesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biophysical Society 63rd Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Baltimore (MD), United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Biophysical Journal, 116 (3 suppl. 1), pp.302a, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04777201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6895,169 +6907,169 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T-type calcium channels participate in intrinsic and synaptic activity of PKCγ neurons of the dorsal horn of the spinal cord during chronic pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Cuculière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Bourdon-Alonzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Rulhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05346012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of cardiac pacemaker activity in the primate lemur Microcebus murinus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattia Difrancesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7109,183 +7121,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03441011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bradycardic mice undergo effective heart rate improvement after specific homing to the sino-atrial node and differentiation of adult muscle derived stem cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Mesirca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria Mamaeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bidaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Davaze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia L Difrancesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02394274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId263"/>
+      <w:footerReference w:type="default" r:id="rId264"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7432,51 +7444,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458199v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Torre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Faure" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bidaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Baudot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Gaillardon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/circresaha.125.327497" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392443v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atiyeh Sadat Sharifzadeh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Castelli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Porro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Mesirca" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-65852-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524782v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Mangoni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lacampagne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albano C. Meli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25063387" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524430v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Tikhomirov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Oakley" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cali Anderson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yirong Xiang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Al Othman" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.123.323464" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385916v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chemin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barr&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gallot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43502-w" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780628v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bartolucci" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Ricci" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Sales&#8208;bell&#233;s" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP285950" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271641v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niroj Shrestha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Zorn-Pauly" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chintan N Koyani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald W&#246;lkart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2210152120" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240603v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Micou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Forner-Piquer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Cresto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tess Zassot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Drouard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2023.103196" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271860v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Wallace" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nipun Malhotra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ignacio Elio Mari&#225;ngelo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler L Stevens" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay J Young" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2023.104818" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04184437v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Delgado-Betancourt" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kroekkiat Chinda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Covinhes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2023.1134503" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010411v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Difrancesco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Marrot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Davaze" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-29723-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montnach" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Millet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Persello" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan de Waard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.123.322880" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628407v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louradour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bortolotti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ned Lamb" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11071114" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437471v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Odening" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria G&#243;mez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobromir Dobrev" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Fabritz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Heinzel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/europace/euab142" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437525v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wallace" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona El Refaey" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Hund" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.654925" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437472v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Boyett" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Yanni" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Tellez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Bucchi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2021.06.008" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960337v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Fedorov" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hund" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Torrente" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-pharmtox-031120-115815" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437523v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Nakao" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dalgas Nissen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Forte" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.119.316386" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437524v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia D&#8217;souza" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanwen Wang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Baruscotti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hrthm.2020.11.026" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437526v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Greuet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.519382" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437498v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Lorenzo Difrancesco" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Isbrandt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2021.06.003" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437522v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Turner" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Kang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Hong" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo E. Mangoni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2021.662410" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013849v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo G Torrente" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-76049-7" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892374v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-020-02421-1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951542v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ribeiro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nicolas" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Forest" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21197167" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885001v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Chung You Chong" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Carcou&#235;t" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan De Waard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Charpentier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-66673-8" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02968252v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Cortinovis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Chkir" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Erfanian" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BCJ20200206" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723899v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fossier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Louradour" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bidaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2019.02.180" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440724v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Torrente" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baudot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Nargeot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amcp.2018.02.007" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02073210v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saponaro" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cantini" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Porro" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bucchi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Difrancesco" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.35753" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01778161v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Futoshi Toyoda" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan D&#252;bel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Guang Ding" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Striessnig" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08191-8" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724552v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abitbol" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Debiesse" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molino" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0187001" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831593v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briec" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Evain" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo G. Torrente" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1517181113" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940741v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Faucherre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kissa" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Jopling" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2015.137398" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940738v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw171" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942452v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP270678" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01792471v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Neco" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Rizzetto" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw006" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059204v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alig" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Muller" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marger" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5664" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02477214v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Zorio" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nian Liu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.111.075382" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788903v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moore-Morris" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Varrault" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Digarcher" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Negre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.108.054155" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017071v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Couette" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Striessnig" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2005.05.003" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL5V9XCM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017075v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marionneau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Liu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Li" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2004.074047" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402290v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmccpl.2024.100123" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04789810v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Colombani" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Cuoq" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Fontes" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Hugon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402526v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Anna Faure" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barr&#232;re-Lemaire" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmccpl.2024.100106" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773146v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Talssi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjci/ehaa946.3597" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04730581v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Elia Mangoni" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13389" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04789795v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barrere" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04789809v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Faure" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03429844v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chinda" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aur&#233;lie" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2020.03.144" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777201v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Saponaro" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Cantini" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Difrancesco" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/action/showPdf?pii=S0006-3495%2818%2932903-5" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346012v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Cuculi&#232;re" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bourdon-Alonzeau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Rulhe" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Fran&#231;ois" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441011v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394274v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Mamaeva" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia L Difrancesco" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458199v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Torre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Faure" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bidaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Baudot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Gaillardon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/circresaha.125.327497" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392443v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atiyeh Sadat Sharifzadeh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Castelli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Porro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Mesirca" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-65852-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524430v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Tikhomirov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Oakley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cali Anderson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yirong Xiang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Al Othman" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.123.323464" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524782v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Mangoni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lacampagne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albano C. Meli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25063387" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385916v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chemin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barr&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gallot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43502-w" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780628v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Bartolucci" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Ricci" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Sales&#8208;bell&#233;s" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP285950" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271641v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niroj Shrestha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Zorn-Pauly" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chintan N Koyani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald W&#246;lkart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2210152120" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240603v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Micou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Forner-Piquer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Cresto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tess Zassot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Drouard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2023.103196" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04184437v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Delgado-Betancourt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kroekkiat Chinda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Covinhes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2023.1134503" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271860v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Wallace" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nipun Malhotra" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ignacio Elio Mari&#225;ngelo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler L Stevens" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay J Young" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2023.104818" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010411v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Difrancesco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Marrot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Davaze" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-29723-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montnach" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Millet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Persello" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan de Waard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.123.322880" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628407v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louradour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bortolotti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ned Lamb" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11071114" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960337v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Fedorov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hund" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Torrente" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-pharmtox-031120-115815" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437471v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Odening" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria G&#243;mez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobromir Dobrev" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Fabritz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Heinzel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/europace/euab142" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437525v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wallace" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona El Refaey" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Hund" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.654925" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437472v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Boyett" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Yanni" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Tellez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Bucchi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2021.06.008" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437523v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Nakao" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dalgas Nissen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Forte" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.119.316386" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437524v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia D&#8217;souza" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanwen Wang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Baruscotti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hrthm.2020.11.026" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437526v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Greuet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.519382" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437498v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Lorenzo Difrancesco" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Isbrandt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2021.06.003" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437522v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Turner" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Kang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Hong" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo E. Mangoni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2021.662410" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013849v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo G Torrente" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-76049-7" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892374v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-020-02421-1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951542v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ribeiro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nicolas" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Forest" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21197167" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885001v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Chung You Chong" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Carcou&#235;t" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan De Waard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Charpentier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-66673-8" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02968252v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Cortinovis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Chkir" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Erfanian" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BCJ20200206" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723899v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fossier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Louradour" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bidaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2019.02.180" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P0F0H5K1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440724v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Torrente" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baudot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Nargeot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amcp.2018.02.007" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02073210v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Saponaro" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cantini" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Porro" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bucchi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Difrancesco" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.35753" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01778161v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Futoshi Toyoda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan D&#252;bel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Guang Ding" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Striessnig" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08191-8" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724552v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abitbol" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Debiesse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molino" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0187001" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831593v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briec" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Evain" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo G. Torrente" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1517181113" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940741v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Faucherre" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kissa" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Jopling" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2015.137398" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942452v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP270678" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940738v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw171" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01792471v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Neco" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Rizzetto" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw006" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059204v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alig" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Muller" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marger" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5664" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02477214v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Zorio" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nian Liu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.111.075382" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788903v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moore-Morris" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Varrault" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Digarcher" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Negre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.108.054155" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017071v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Couette" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Striessnig" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2005.05.003" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL5V9XCM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017075v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marionneau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Liu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Li" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2004.074047" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402290v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmccpl.2024.100123" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04789810v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Colombani" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Cuoq" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Fontes" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Hugon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402526v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Anna Faure" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barr&#232;re-Lemaire" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmccpl.2024.100106" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773146v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Talssi" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjci/ehaa946.3597" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04730581v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Elia Mangoni" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13389" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04789795v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barrere" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04789809v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Faure" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03429844v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chinda" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aur&#233;lie" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2020.03.144" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777201v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Saponaro" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Cantini" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Difrancesco" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/action/showPdf?pii=S0006-3495%2818%2932903-5" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346012v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Cuculi&#232;re" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bourdon-Alonzeau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Rulhe" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Fran&#231;ois" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441011v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394274v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Mamaeva" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia L Difrancesco" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>