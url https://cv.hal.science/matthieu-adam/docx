--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -602,51 +602,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02990036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -800,356 +800,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05391467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preaching to the converted? Socially unequal reception of a bike repair subsidy in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fini de jouer&amp;quot;. Entretien sur la sécurité dans les cercles anti-Jeux olympiques et paralympiques Paris 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrtille Picaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Buhler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tranpol.2023.12.011⟩</w:t>
+              <w:t xml:space="preserve">Métropoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11tyw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04372308v1</w:t>
+                <w:t xml:space="preserve">hal-04630193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conformist singularities. Standardized discourses on the local specificities of urban projects</w:t>
+                <w:t xml:space="preserve">Preaching to the converted? Socially unequal reception of a bike repair subsidy in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sayagh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Buhler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/articulo.5695⟩</w:t>
+              <w:t xml:space="preserve">Transport Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 148, pp.31-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tranpol.2023.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04569059v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04372308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fini de jouer&amp;quot;. Entretien sur la sécurité dans les cercles anti-Jeux olympiques et paralympiques Paris 2024</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conformist singularities. Standardized discourses on the local specificities of urban projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métropoles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 34, </w:t>
+              <w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/11tyw⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/articulo.5695⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04630193v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in cycling practices in France during the Covid-19 pandemic. An illusory reduction in inequalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sayagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Buhler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Transport and Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 32, pp.101655. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1415,252 +1415,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03658060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Et tout, le monde, déteste la métropole ? » Entretien avec la critique sociale</w:t>
+                <w:t xml:space="preserve">Débats, Engagements, Critiques : un espace pour penser la production et la circulation des savoirs critiques sur l’urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ernwein</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropoles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 28, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/metropoles.8019⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 29, https://journals.openedition.org/metropoles/8259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/metropoles.8259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03375145v1</w:t>
+                <w:t xml:space="preserve">hal-03719516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Débats, Engagements, Critiques : un espace pour penser la production et la circulation des savoirs critiques sur l’urbain</w:t>
+                <w:t xml:space="preserve">« Et tout, le monde, déteste la métropole ? » Entretien avec la critique sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guironnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Delfini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Eliçabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Le Roulley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropoles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 29, https://journals.openedition.org/metropoles/8259. </w:t>
+              <w:t xml:space="preserve">, 2021, 28, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/metropoles.8259⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/metropoles.8019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719516v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03375145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confluence, vitrine et arrière-boutique de la métropolisation lyonnaise</w:t>
               </w:r>
@@ -2657,259 +2657,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01286655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche dialectique de la ville en train de se faire : confrontation des représentations des concepteurs et des habitants de l’écoquartier de Bottière-Chénaie</w:t>
+                <w:t xml:space="preserve">Visiter ou faire visiter ? La marche comme révélateur du rapport des habitants à leur quartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georges-Henry Laffont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelles perspectives en sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Sur le thème du territoire, 10 (1), p. 193-236. </w:t>
+              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Les sens des circulations, 2014 (02-03), pp.173-189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1028440ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4074/S0761898014002088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01286800v1</w:t>
+                <w:t xml:space="preserve">halshs-01314362v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visiter ou faire visiter ? La marche comme révélateur du rapport des habitants à leur quartier</w:t>
-[...76 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Étude croisée des représentations des concepteurs et usagers de deux éco-quartiers : échafaudage théorique et méthodologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">URBIA. Les Cahiers du développement urbain durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Un aperçu de la jeune recherche francophone, Hors Série N°1, p. 23-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01314498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2919,1545 +2828,1545 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rompre le consensus. Construction et réception de recherches critiques en milieu acritique, le cas du développement urbain durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valegeas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabrice Ripoll; Sébastien Caillault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espaces critiques. Dimension spatiale des rapports sociaux et champ scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.223-246, 2025, 9782753596672</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05010306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cycling in the City: Situated Practices and Unequal Policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Buhler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mobile Individual: Mobile Life, Longer‐term Approaches and Subjectivities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE - Wiley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.113-142, 2025, 9781789452273. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781394423644.ch6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05377800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défaire la domination automobile</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Delfini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariela Epstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Américo Mariani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Collectif Asphalte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Les Étaques, pp.291-302, 2023, 9782490205172</w:t>
+              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Les Étaques, pp.9-14, 2023, 9782490205172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296346v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défendre les jardins populaires, pour une écologie de classe</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Défaire la domination automobile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Américo Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Collectif Asphalte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions Les Étaques, pp.15-30, 2023, 9782490205172</w:t>
+              <w:t xml:space="preserve">, Éditions Les Étaques, pp.291-302, 2023, 9782490205172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296072v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une morale du ségrégatif. L'invisibilisation des classes populaires à la lumière des bonnes pratiques écologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Défendre les jardins populaires, pour une écologie de classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaminia Paddeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Amandine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Parreaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Anne Clerval; Camille Gardesse; Jean Rivière. </w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Collectif Asphalte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inégalités et rapports de pouvoir en ville. Actualité de la critique urbaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions L'oeil d'Or, pp.87-105, 2023, Critiques &amp; cités, 978-2-490437-26-9</w:t>
+              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Les Étaques, pp.15-30, 2023, 9782490205172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04275705v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À Douarnenez, les politiques d’attractivité touristique contre l’accès au logement</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une morale du ségrégatif. L'invisibilisation des classes populaires à la lumière des bonnes pratiques écologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Collectif Asphalte. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Mestdagh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Clerval; Camille Gardesse; Jean Rivière. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Les Étaques, pp.337-350, 2023, 9782490205172</w:t>
+              <w:t xml:space="preserve">Inégalités et rapports de pouvoir en ville. Actualité de la critique urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions L'oeil d'Or, pp.87-105, 2023, Critiques &amp; cités, 978-2-490437-26-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296356v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04275705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bréviaire de la ville en vogue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">À Douarnenez, les politiques d’attractivité touristique contre l’accès au logement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Collectif Asphalte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions Les Étaques, pp.171-184, 2023, 9782490205172</w:t>
+              <w:t xml:space="preserve">, Éditions Les Étaques, pp.337-350, 2023, 9782490205172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296314v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Offensif ou défensif, quel droit pour les luttes urbaines ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Delalande</w:t>
+                <w:t xml:space="preserve">Press Discourse on Cycling Before, During, and After the First Covid-19 Lockdown in France. The Rise of the User-Group Voice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Buhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Collectif Asphalte. </w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Ramdani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Jobard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nathalie Ortar; Patrick Rérat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cycling Through the Pandemic. Tactical Urbanism and the Implementation of Pop-Up Bike Lanes in the Time of COVID-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.71-87, 2023, The Urban Book Series, 978-3-031-45307-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45308-3_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296102v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Press Discourse on Cycling Before, During, and After the First Covid-19 Lockdown in France. The Rise of the User-Group Voice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Buhler</w:t>
+                <w:t xml:space="preserve">Offensif ou défensif, quel droit pour les luttes urbaines ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Bourglan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Nathalie Ortar; Patrick Rérat. </w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Delfini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Américo Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Collectif Asphalte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycling Through the Pandemic. Tactical Urbanism and the Implementation of Pop-Up Bike Lanes in the Time of COVID-19</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Les Étaques, pp.43-58, 2023, 9782490205172</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297576v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Public Action in Times of Crisis: Trajectories of Cycling Policies in Four French Cities</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bréviaire de la ville en vogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">Nathalie Ortar; Patrick Rérat. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Collectif Asphalte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycling Through the Pandemic. Tactical Urbanism and the Implementation of Pop-Up Bike Lanes in the Time of COVID-19</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Les Étaques, pp.171-184, 2023, 9782490205172</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04298126v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embrasser l’urbain. Prendre le pouvoir sur la production de l’espace</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Public Action in Times of Crisis: Trajectories of Cycling Policies in Four French Cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane Thébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Eskenazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Collectif Asphalte. </w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Baudelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chapelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nathalie Ortar; Patrick Rérat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cycling Through the Pandemic. Tactical Urbanism and the Implementation of Pop-Up Bike Lanes in the Time of COVID-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Cham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.45-69, 2023, The Urban Book Series, 978-3-031-45307-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45308-3_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296371v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04298126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Embrasser l’urbain. Prendre le pouvoir sur la production de l’espace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Delfini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ariela Epstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Américo Mariani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Collectif Asphalte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Les Étaques, pp.9-14, 2023, 9782490205172</w:t>
+              <w:t xml:space="preserve">Tenir la ville. Luttes et résistances contre le capitalisme urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Les Étaques, pp.351-368, 2023, 9782490205172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296041v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducting Interviews with Maps and Videos to Capture Cyclists’ Skills and Expertise</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Ortar</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Rivano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matthieu Adam; Nathalie Ortar. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Becoming Urban Cyclists: From Socialization to Skills</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, University of Chester Press, pp.63-94, 2022, ISBN 978-1-910481-17-2</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">University of Chester Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.xviii-xxxvi, 2022, 978-1-910481-17-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03552634v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Conducting Interviews with Maps and Videos to Capture Cyclists’ Skills and Expertise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Ortar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Merchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges-Henry Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rivano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matthieu Adam; Nathalie Ortar. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Becoming Urban Cyclists: From Socialization to Skills</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.xviii-xxxvi, 2022, 978-1-910481-17-2</w:t>
+              <w:t xml:space="preserve">, University of Chester Press, pp.63-94, 2022, ISBN 978-1-910481-17-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03552594v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pédaler le long d'un fleuve : nouvel accès, nouvelles valeurs ?</w:t>
+                <w:t xml:space="preserve">Pedalando ao longo de um rio: novo acesso, novos valores?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
@@ -4496,110 +4405,110 @@
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Coussout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabrice Bardet; Lucia Shimbo; Huana Carvalho. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Valua Terra. Faire la valeur des environnements. Perspectives croisées françaises et brésiliennes</w:t>
+              <w:t xml:space="preserve">Valua Terra: construir o valor dos ambientes. Olhares cruzados brasileiros e franceses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions deux-cent-cinq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.237-255, 2022, 978–2–919380–55–8</w:t>
+              <w:t xml:space="preserve">, pp.233-251, 2022, https://doi.org/10.11606/9786586810424</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03920879v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03913201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedalando ao longo de um rio: novo acesso, novos valores?</w:t>
+                <w:t xml:space="preserve">Pédaler le long d'un fleuve : nouvel accès, nouvelles valeurs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
@@ -4638,287 +4547,287 @@
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Coussout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabrice Bardet; Lucia Shimbo; Huana Carvalho. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Valua Terra: construir o valor dos ambientes. Olhares cruzados brasileiros e franceses</w:t>
+              <w:t xml:space="preserve">Valua Terra. Faire la valeur des environnements. Perspectives croisées françaises et brésiliennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions deux-cent-cinq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.233-251, 2022, https://doi.org/10.11606/9786586810424</w:t>
+              <w:t xml:space="preserve">, pp.237-255, 2022, 978–2–919380–55–8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03913201v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03920879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Données. Quand le numérique produit et gouverne la ville</w:t>
+                <w:t xml:space="preserve">Introduction. Un capitalisme à visages urbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Rivano</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Comby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matthieu Adam; Émeline Comby. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Capital dans la cité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.125-137, 2020, 9782354802172</w:t>
+              <w:t xml:space="preserve">, Editions Amsterdam, pp.9-27, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03027296v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03010375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Un capitalisme à visages urbains</w:t>
+                <w:t xml:space="preserve">Données. Quand le numérique produit et gouverne la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emeline Comby</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rivano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matthieu Adam; Émeline Comby. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Capital dans la cité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions Amsterdam, pp.9-27, 2020</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Amsterdam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.125-137, 2020, 9782354802172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03010375v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03027296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marketing. La quête du capital symbolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4938,73 +4847,73 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amsterdam Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.211-223, 2020, 9782354802172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03027285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La durabilité en pratique(s) : gestion et appropriation des principes durabilistes véhiculés par les écoquartiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges-Henry Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5014,152 +4923,152 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pascal Tozzi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Villes et quartiers durables : la place des habitants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carrières Sociales Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 145-164, 2016, Des Paroles &amp; des Actes, 9791093839141. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.cse.124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01721569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De grand ensemble à quartier durable : discours et perceptions autour de l’évolution de la densité du quartier de La Duchère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formes urbaines et développement durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions du CTHS (édition électronique) p. 159-172, 2013, 1773-0899</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01314394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5169,236 +5078,236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Néolibéralisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glossaire de Géoconfluences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, https://geoconfluences.ens-lyon.fr/glossaire/neoliberalisme</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04927431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zone à faibles émissions (ZFE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glossaire de Géoconfluences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://geoconfluences.ens-lyon.fr/glossaire/zone-a-faibles-emissions-zfe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04927441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilité douce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire critique de l’anthropocène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.553-555</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03027234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5408,409 +5317,409 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urbanisation et capitalisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Université populaire du littoral</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Habiter les Grèves, Mar 2023, Douarnenez, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04067316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écologisation des mobilités quotidiennes, une route pavée de bonnes intentions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quand les riches s'adaptent. Changements et environnements urbains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04342797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux environnementaux, front pionnier du capitalisme urbain</w:t>
+                <w:t xml:space="preserve">Quand le numérique produit et gouverne la ville. Réflexions à partir de l’ouvrage collectif Le capital dans la cité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Valegeas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence pour la Chaire Sociétés civiles, transitions urbaines et territoriales en Méditerranée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">La révolution numérique au prisme des SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03795052v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand le numérique produit et gouverne la ville. Réflexions à partir de l’ouvrage collectif Le capital dans la cité</w:t>
+                <w:t xml:space="preserve">Les enjeux environnementaux, front pionnier du capitalisme urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valegeas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La révolution numérique au prisme des SHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Conférence pour la Chaire Sociétés civiles, transitions urbaines et territoriales en Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719328v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03795052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les effets équivoques de la crise sanitaire sur les politiques cyclables lyonnaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'urbanisme tactique - journée d'étude</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03719321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches biographiques du cyclisme urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5826,1224 +5735,1224 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences de l'Observatoire universitaire du vélo et des mobilités actives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Lausanne (en ligne), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03719341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sens du cyclisme : cartographie des déplacements cyclistes à Lyon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vélotaffer au féminin. Quelles barrières, quels leviers, quelles pratiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Ortar</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude Pour une histoire sensorielle de Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, En ligne (Lyon), France</w:t>
+              <w:t xml:space="preserve">Colloque international 3èmes Rencontres Francophones Transport Mobilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, En ligne (Marne-la-Vallée), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03509719v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03509674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Produire la ville sous contrôle ? Réflexions à partir de l’ouvrage collectif Le capital dans la cité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cartographier la cyclabilité, enjeux méthodologiques et mises en débat autour du cas de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Merchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rivano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études Ville et Environnements Urbains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">CARTOMOB 2021 - Colloque international Cartomob « Tous (im)mobiles, tous cartographes ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, En ligne (Toulouse), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03509660v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03509687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filmer, tracer, montrer. La caméra embarquée et son GPS, une fenêtre ouverte sur le cyclisme urbain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les sens du cyclisme : cartographie des déplacements cyclistes à Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Ortar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Méthodologies mobiles, comment elles transforment notre compréhension du mouvement et des mobilités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, En ligne, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Pour une histoire sensorielle de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, En ligne (Lyon), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719415v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03509719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pro-cycling measures in Lyon (France) during the Covid-19 crisis: the intersecting influences of a global pandemic, a national institutional framework and a local election</w:t>
+                <w:t xml:space="preserve">Produire la ville sous contrôle ? Réflexions à partir de l’ouvrage collectif Le capital dans la cité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycling in pandemic. Experiences from South America and Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Online (Eindhoven), Netherlands</w:t>
+              <w:t xml:space="preserve">Journée d’études Ville et Environnements Urbains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03509632v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03509660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographier la cyclabilité, enjeux méthodologiques et mises en débat autour du cas de Lyon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Filmer, tracer, montrer. La caméra embarquée et son GPS, une fenêtre ouverte sur le cyclisme urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Rivano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CARTOMOB 2021 - Colloque international Cartomob « Tous (im)mobiles, tous cartographes ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, En ligne (Toulouse), France</w:t>
+              <w:t xml:space="preserve">Méthodologies mobiles, comment elles transforment notre compréhension du mouvement et des mobilités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03509687v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vélotaffer au féminin. Quelles barrières, quels leviers, quelles pratiques ?</w:t>
+                <w:t xml:space="preserve">Pro-cycling measures in Lyon (France) during the Covid-19 crisis: the intersecting influences of a global pandemic, a national institutional framework and a local election</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Ortar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international 3èmes Rencontres Francophones Transport Mobilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, En ligne (Marne-la-Vallée), France</w:t>
+              <w:t xml:space="preserve">Cycling in pandemic. Experiences from South America and Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Online (Eindhoven), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03509674v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03509632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socialisations par et au cyclisme urbain. Les enseignements d'une enquête à Lyon et à Saint-Étienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les vendredis mobilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03719367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cycle route to enhance the heritage and landscape of a territory: for which users and to what effect? The case of the Rhône River</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Morardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AAG Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une véloroute pour (re)découvrir les paysages du Rhône ? Points de vue d’acteurs et d’usagers</w:t>
+                <w:t xml:space="preserve">RHONAVEL’EAU - La valorisation du patrimoine rhodanien, enjeu de territoires, d’acteurs et d’usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Coussout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Eau(x) et Paysage(s)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Blois, France</w:t>
+              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, May 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01973167v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05338752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RHONAVEL’EAU - La valorisation du patrimoine rhodanien, enjeu de territoires, d’acteurs et d’usages</w:t>
+                <w:t xml:space="preserve">Une véloroute pour (re)découvrir les paysages du Rhône ? Points de vue d’acteurs et d’usagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Coussout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, May 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque international Eau(x) et Paysage(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05338752v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01973167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les cyclistes redécouvrent les berges du Rhône. Nouvel accès, nouvelles valeurs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Coussout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rivière-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I.S. Rivers 2018 3e conférence internationale sur les recherches et actions au service des fleuves et grandes rivières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lyon, France. pp.3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01973196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habiter une vitrine métropolitaine. Les habitants de Lyon Confluence, entre acteurs et figurants du marketing urbain lyonnais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.283-287</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01854415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Révéler les représentations et les attentes grâce à l'ambiance et aux parcours commentés - Méthodologie et premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ambiances in action / Ambiances en acte(s) - International Congress on Ambiances, Montreal 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Montreal, Canada. pp.727-730</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00745949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7053,51 +6962,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ViaRhôna : la valorisation du patrimoine rhodanien à l’épreuve des territoires, des acteurs et des usages, rapport final du projet RhonaVél'eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7106,147 +7015,147 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Morardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Vukelic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] UMR Environnement Ville Société (CNRS); UMR G-EAU Gestion Acteus Usages (INRAE); Université de Lyon; Plan Rhône; Agence de l'eau RMC; EDF; FNADT. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03353137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RhônaVel’eau. Synthèse de l’enquête usagers. La valorisation du patrimoine rhodanien à l’épreuve des territoires, des acteurs et des usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7275,51 +7184,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Laboratoires EVS et G-EAU. 2018, pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02059201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7329,114 +7238,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production de l’urbain durable. L’enrôlement des concepteurs et des habitants par l’intégration des contradictions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université François-Rabelais de Tours, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01347049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId161"/>
+      <w:footerReference w:type="default" r:id="rId159"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7504,51 +7413,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D635D78C"/>
+    <w:nsid w:val="CFF3A3BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7735,51 +7644,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-adam" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9267-9011" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/184444802" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741063v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Adam" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296020v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Asphalte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariela Epstein" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;rico Mariani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lesetaques.org/livres?id=17" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552614v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ortar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storefront.chester.ac.uk/index.php?main_page=product_info&amp;amp;cPath=12_14&amp;amp;products_id=1094" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02990036v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Comby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsamsterdam.fr/le-capital-dans-la-cite/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362377v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Roulley" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391467v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Acker" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372308v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sayagh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Buhler" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tranpol.2023.12.011" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569059v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.5695" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630193v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Picaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tyw" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153835v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jth.2023.101655" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212219v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ernwein" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Paddeu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Amandine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Arnoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.9961" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658060v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poisson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.184.0033" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03375145v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guironnet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Eli&#231;abe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.8019" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719516v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.8259" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067290v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02991654v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Merchez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Henry Laffont" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rivano" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26151/espacestemps.net-z2wh-1074" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03007950v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morardet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coussout" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12229311" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067272v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03007642v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mestdagh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.5241" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844330v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.14614" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529040v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719666v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.4497" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314482v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Morleghem" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Feildel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030262ar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285166v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030270ar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01286655v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Seguin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10989" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286800v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1028440ar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314362v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0761898014002088" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314498v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010306v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valegeas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9926/espaces-critiques" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377800v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781394423644.ch6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394423644.ch6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296346v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296072v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Parreaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275705v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296356v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Sorin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296314v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296102v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bourglan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delalande" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297576v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Ramdani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jobard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45308-3_4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04298126v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Th&#233;bert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Eskenazi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Baudelle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chapelon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.extranet.enpc.fr/chapter/10.1007/978-3-031-45308-3_3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45308-3_3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296371v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296041v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552634v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552594v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920879v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions205.fr/products/valua-terra-faire-la-valeur-des-environnements" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913201v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livrosabertos.sibi.usp.br/portaldelivrosUSP/catalog/book/892" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03027296v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010375v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03027285v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721569v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/cse/124" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cse.124" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314394v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927431v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927441v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03027234v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067316v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342797v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795052v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719328v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719321v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719341v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509719v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509660v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719415v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509632v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509687v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509674v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719367v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429292v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973167v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338752v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973196v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rivi&#232;re-Honegger" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854415v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745949v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353137v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vukelic" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059201v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01347049v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-adam" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9267-9011" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/184444802" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741063v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Adam" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296020v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Asphalte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariela Epstein" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;rico Mariani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lesetaques.org/livres?id=17" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552614v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ortar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storefront.chester.ac.uk/index.php?main_page=product_info&amp;amp;cPath=12_14&amp;amp;products_id=1094" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02990036v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Comby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsamsterdam.fr/le-capital-dans-la-cite/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362377v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Roulley" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391467v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Acker" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630193v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Picaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tyw" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372308v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sayagh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Buhler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tranpol.2023.12.011" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569059v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.5695" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153835v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jth.2023.101655" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212219v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ernwein" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Paddeu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Amandine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Arnoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.9961" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658060v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poisson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.184.0033" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719516v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.8259" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03375145v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guironnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Eli&#231;abe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.8019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067290v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02991654v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Merchez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Henry Laffont" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rivano" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26151/espacestemps.net-z2wh-1074" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03007950v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morardet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vaudor" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coussout" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12229311" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067272v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03007642v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mestdagh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.5241" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844330v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.14614" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529040v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719666v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.4497" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314482v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Morleghem" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Feildel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030262ar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285166v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030270ar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01286655v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Seguin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10989" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314362v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0761898014002088" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314498v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010306v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valegeas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9926/espaces-critiques" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377800v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781394423644.ch6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394423644.ch6" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296041v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296346v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296072v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Parreaux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275705v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296356v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Sorin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297576v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Ramdani" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jobard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45308-3_4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296102v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bourglan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delalande" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296314v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04298126v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Th&#233;bert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Eskenazi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Baudelle" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chapelon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.extranet.enpc.fr/chapter/10.1007/978-3-031-45308-3_3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45308-3_3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296371v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552594v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552634v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913201v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livrosabertos.sibi.usp.br/portaldelivrosUSP/catalog/book/892" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920879v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions205.fr/products/valua-terra-faire-la-valeur-des-environnements" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010375v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03027296v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03027285v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721569v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/cse/124" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cse.124" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314394v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927431v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927441v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03027234v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067316v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342797v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719328v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795052v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719321v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719341v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509674v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509687v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509719v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509660v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719415v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509632v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719367v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429292v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338752v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973167v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973196v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rivi&#232;re-Honegger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854415v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745949v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353137v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vukelic" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059201v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01347049v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>