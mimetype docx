--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -490,1100 +490,1100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05239297v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Definition of an error map for DoFP polarimetric images and its application to retardance calibration</w:t>
+                <w:t xml:space="preserve">Error model for linear DoFP imaging systems perturbed by spatially varying polarization states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Le Teurnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boffety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/oe.454347⟩</w:t>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (24), pp.7273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/AO.467619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03604702v1</w:t>
+                <w:t xml:space="preserve">hal-03808671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Error model for linear DoFP imaging systems perturbed by spatially varying polarization states</w:t>
+                <w:t xml:space="preserve">Definition of an error map for DoFP polarimetric images and its application to retardance calibration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Le Teurnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ning Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 61 (24), pp.7273. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30 (6), pp.9534. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/AO.467619⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/oe.454347⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03808671v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03604702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author Correction: Multispectral imaging detects gastritis consistently in mouse model and in humans</w:t>
+                <w:t xml:space="preserve">L’imagerie Polarimétrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bazin</w:t>
+                <w:t xml:space="preserve">Julien Fade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Ernesto Martinez‑herrera</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Devlaminck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-94899-7⟩</w:t>
+              <w:t xml:space="preserve">Photoniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 109 (109), pp.57-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/photon/202110957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03447214v1</w:t>
+                <w:t xml:space="preserve">hal-03322275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No-Reference Physics-Based Quality Assessment of Polarization Images and Its Application to Demosaicking</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Le Teurnier</w:t>
+                <w:t xml:space="preserve">Author Correction: Multispectral imaging detects gastritis consistently in mouse model and in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Ernesto Martinez‑herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Jobart‑malfait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Benezeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yongqiang Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIP.2021.3122085⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.17045. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-94899-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03636068v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’imagerie Polarimétrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Fade</w:t>
+                <w:t xml:space="preserve">No-Reference Physics-Based Quality Assessment of Polarization Images and Its Application to Demosaicking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ning Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Le Teurnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Goudail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Devlaminck</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yongqiang Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photoniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 109 (109), pp.57-60. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30, pp.8983-8998. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/photon/202110957⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIP.2021.3122085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322275v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03636068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multispectral imaging detects gastritis consistently in mouse model and in humans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bazin</w:t>
+                <w:t xml:space="preserve">When is retardance autocalibration of microgrid-based full Stokes imagers possible and useful?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Le Teurnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Ernesto Martinez-Herrera</w:t>
+                <w:t xml:space="preserve">Xiaobo Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Jobart-Malfait</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Haofeng Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Goudail</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.20047. </w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (13), pp.3474. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-77145-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OL.396574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03080723v1</w:t>
+                <w:t xml:space="preserve">hal-03040626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theory of autocalibration feasibility and precision in full Stokes polarization imagers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multispectral imaging detects gastritis consistently in mouse model and in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaobo Li</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Le Teurnier</w:t>
+                <w:t xml:space="preserve">Sergio Ernesto Martinez-Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Jobart-Malfait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Benezeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Haofeng Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.390882⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.20047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-77145-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03040633v1</w:t>
+                <w:t xml:space="preserve">hal-03080723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When is retardance autocalibration of microgrid-based full Stokes imagers possible and useful?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Theory of autocalibration feasibility and precision in full Stokes polarization imagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaobo Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Le Teurnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiegen Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haofeng Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 45 (13), pp.3474. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (10), pp.15268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OL.396574⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.390882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03040626v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03040633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Precision of retardance autocalibration in full-Stokes division-of-focal-plane imaging polarimeters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaobo Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiegen Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 44 (22), pp.5410. </w:t>
@@ -1647,51 +1647,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 58 (8), pp.2100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1751,51 +1751,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 44 (11), pp.2927. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1829,103 +1829,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal tradeoff between precision and sampling rate in DoFP imaging polarimeters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaobo Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haofeng Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiegen Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 44 (24), pp.5900. </w:t>
@@ -1963,103 +1963,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Precision of retardance autocalibration in full-Stokes division-of-focal-plane imaging polarimeters: publisher’s note</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaobo Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiegen Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 44 (23), pp.5759. </w:t>
@@ -2091,248 +2091,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03345726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation precision of full polarimetric parameters in the presence of additive and Poisson noise</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Polarimetric precision of micropolarizer grid-based camera in the presence of additive and Poisson shot noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boffety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jun Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 26 (26), pp.34081. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.26.034081⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 26 (23), pp.29968-29982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.26.029968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02434292v1</w:t>
+                <w:t xml:space="preserve">hal-01932640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarimetric precision of micropolarizer grid-based camera in the presence of additive and Poisson shot noise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Roussel</w:t>
+                <w:t xml:space="preserve">Estimation precision of full polarimetric parameters in the presence of additive and Poisson noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Goudail</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 26 (23), pp.29968-29982. </w:t>
+              <w:t xml:space="preserve">, 2018, 26 (26), pp.34081. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.26.029968⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.26.034081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01932640v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02434292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polarimetric measurement utility for pre-cancer detection from uterine cervix specimens</w:t>
               </w:r>
@@ -2344,51 +2344,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meredith Kupinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvigor Ossikovski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2478,51 +2478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Optical Society of America. A, Optics and image science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 35 (6), pp.977-984. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2556,51 +2556,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fundamental limits of target detection performance in passive polarization imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2660,51 +2660,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie polarimétrique active : des applications militaires et duales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Leviandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2764,51 +2764,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal configuration of static Mueller imagers for target detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2881,51 +2881,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of different active polarimetric imaging modes for target detection in outdoor environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3002,51 +3002,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance comparison of fully adaptive and static passive polarimetric imagers in the presence of intensity and polarization contrast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3093,51 +3093,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal configuration of static polarization imagers for target detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3178,546 +3178,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01299547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of precancerous lesions by multispectral gastroendoscopy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yannick Benezeth</w:t>
+                <w:t xml:space="preserve">Optimal configuration of static polarization imagers for target detection: erratum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11760-015-0779-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33 (9), pp.1812. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.33.001812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01177825v1</w:t>
+                <w:t xml:space="preserve">hal-03270724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal configuration of static polarization imagers for target detection: erratum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Goudail</w:t>
+                <w:t xml:space="preserve">Identification of precancerous lesions by multispectral gastroendoscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio E. Martinez Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Benezeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Francois Emile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Marzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 33 (9), pp.1812. </w:t>
+              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (3), pp.455-462. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/JOSAA.33.001812⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11760-015-0779-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03270724v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01177825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active polarimetric imager with near infrared laser illumination for adaptive contrast optimization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Improving target discrimination ability of active polarization imagers by spectral broadening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lijo Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boffety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/AO.54.007622⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 23 (26), pp. 33514-33528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.23.033514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01233686v1</w:t>
+                <w:t xml:space="preserve">hal-01299537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving target discrimination ability of active polarization imagers by spectral broadening</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lijo Thomas</w:t>
+                <w:t xml:space="preserve">Active polarimetric imager with near infrared laser illumination for adaptive contrast optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Goudail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Feneyrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 23 (26), pp. 33514-33528. </w:t>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 54 (25), pp.7622. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.23.033514⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/AO.54.007622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01299537v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01233686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrast optimization in broadband passive polarimetric imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haofeng Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 39 (23), pp.6759. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4748,90 +4748,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How signal processing can improve the quality of division of focal plane polarimetric imagers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Le Teurnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ning Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaobo Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haofeng Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electro-optical and Infrared Systems: Technology and Applications XVIII and Electro-Optical Remote Sensing XV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Online Only, United States. pp.28, </w:t>
@@ -4895,51 +4895,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Symposium on Optronics in Defence and Security</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4958,338 +4958,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostics of high grade cervical intraepithelial neoplasia with Mueller matrix polarimetry</w:t>
+                <w:t xml:space="preserve">Polarimetric Information for Pre-Cancer Detection from Uterine Cervix Specimens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meredith Kupinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Goudail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvigor Ossikovski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Pierangelo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Rehbinder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Novel Biophotonics Techniques and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2527117⟩</w:t>
+              <w:t xml:space="preserve">Bio-Optics: Design and Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Tucson, United States. pp.JT4A.47, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/BODA.2019.JT4A.47⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02384054v1</w:t>
+                <w:t xml:space="preserve">hal-02384067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarimetric Information for Pre-Cancer Detection from Uterine Cervix Specimens</w:t>
+                <w:t xml:space="preserve">Diagnostics of high grade cervical intraepithelial neoplasia with Mueller matrix polarimetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meredith Kupinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvigor Ossikovski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Pierangelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rehbinder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-Optics: Design and Application</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Tucson, United States. pp.JT4A.47, </w:t>
+              <w:t xml:space="preserve">Novel Biophotonics Techniques and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/BODA.2019.JT4A.47⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2527117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02384067v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02384054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infrared active polarimetric imaging system controlled by image segmentation algorithms: application to decamouflage (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5405,51 +5405,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Feneyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5491,90 +5491,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrast optimization in broadband polarimetric imaging (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lijo Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haofeng Hu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Defense and Commercial Sensing, Conference on Polarization - Measurement, Analysis, and Remote Sensing XII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Baltimore, United States. pp.98530K, </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5647,51 +5647,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Feneyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5733,90 +5733,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrast optimization with broadband polarimetric imaging systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lijo Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haofeng Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du GDR-ISIS : Traitement des signaux polarimétriques optiques et radar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5841,77 +5841,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illumination spectral bandwidth as a new degree of freedom for active polarimetric imagers in target detection applications (poster)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lijo Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st European Workshop on Biophotonics and Angular Momentum (BIOAM16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5962,51 +5962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Ernesto Martinez Herrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliette Touati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Benezeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6100,51 +6100,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Feneyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6225,51 +6225,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Feneyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6320,103 +6320,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a multispectral endoscope to improve the detection of precancerous lesions in digestive gastroendoscopy (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio E. Martinez Herrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Benezeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Marzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctoral Consortium of the International Conference on Computer Vision, Imaging and Computer Graphics Theory and Application (VISIGRAPP 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, XX, Portugal</w:t>
@@ -6445,51 +6445,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active polarimetric imaging with adaptive contrast optimization (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6564,168 +6564,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01233712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-supervised contrast enhancement in polarimetric images using non-parametric statistical snake (Orale)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intérêt de l’analyse multispectrale des images endoscopiques de la muqueuse gastrique pour reconnaitre la gastrite inflammatoire et ses différents types : résultats d’une étude préliminaire (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio E. Martinez Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Anna</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Galland</w:t>
+                <w:t xml:space="preserve">Rachid Akka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Benezeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Goudail</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Emile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st EOS Topical Meeting on Frontiers in Optical Imaging (FOI 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Murten, Switzerland</w:t>
+              <w:t xml:space="preserve">Journées Francophones d’Hépato-Gastroenterologie et d’Oncologie Digestive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01736918v1</w:t>
+                <w:t xml:space="preserve">hal-01688525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AUTOPOL - Imagerie de polarisation automatisée (poster).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6734,275 +6734,275 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Feneyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3e Forum DGA Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01724694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt de l’analyse multispectrale des images endoscopiques de la muqueuse gastrique pour reconnaitre la gastrite inflammatoire et ses différents types : résultats d’une étude préliminaire (Orale)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yannick Benezeth</w:t>
+                <w:t xml:space="preserve">Semi-supervised contrast enhancement in polarimetric images using non-parametric statistical snake (Orale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Anna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bertaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Galland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Emile</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones d’Hépato-Gastroenterologie et d’Oncologie Digestive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">1st EOS Topical Meeting on Frontiers in Optical Imaging (FOI 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Murten, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01688525v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01736918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to optimize a polarization imager for target detection ? (Pléniaire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polarimetric Techniques &amp; Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7027,103 +7027,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multispectral endoscopy to identify precancerous lesions in gastric mucosa (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio E. Martinez Herrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Benezeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Emile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Marzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Image and Signal Processing ICISP 2014: Image and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Cherbourg, France. pp.43-51</w:t>
@@ -7152,90 +7152,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and optimization of a polarization imaging system independent of intensity fluctuations (Orale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Anna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lerondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Dolfi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7358,51 +7358,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01237070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limite de précision pour la tomographie optique diffuse de fluorescence en régime continu et temporel.</w:t>
+                <w:t xml:space="preserve">Luminescence diffuse optical tomography on a reflectance imaging set-up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Allain</w:t>
@@ -7433,223 +7433,232 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Massonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Carminati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées thématiques du GDR Ondes 2011</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th European Quantum Electronics Conference CLEO EUROPE/EQEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Munich, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CLEOE.2011.5943310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01688496v1</w:t>
+                <w:t xml:space="preserve">hal-01688633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SOFI: A 3D simulator for the generation of underwater optical images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-G. Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Edmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Maciol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE OCEANS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Santander, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/Oceans-Spain.2011.6003485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01233706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrinsic precision limit in steady-state and time-domain fluorescence diffuse optical imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7694,100 +7703,100 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Carminati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Quantum Electronics Conference CLEO EUROPE/EQEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Munich, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CLEOE.2011.5943248⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01688630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luminescence diffuse optical tomography on a reflectance imaging set-up</w:t>
+                <w:t xml:space="preserve">Limite de précision pour la tomographie optique diffuse de fluorescence en régime continu et temporel.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Allain</w:t>
@@ -7818,82 +7827,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Massonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Carminati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Quantum Electronics Conference CLEO EUROPE/EQEC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées thématiques du GDR Ondes 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CLEOE.2011.5943310⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01688633v1</w:t>
+                <w:t xml:space="preserve">hal-01688496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single molecule fluorescence quenching by metallic nanoparticles: crossover between macroscopic and microscopic interactions</w:t>
               </w:r>
@@ -8649,51 +8649,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie polarimétrique active adaptative dans l’infrarouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Plassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8787,77 +8787,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Chami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Ebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-G. Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Edmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Optics (2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Anchorage (Alaska), United States</w:t>
@@ -9892,51 +9892,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Le Teurnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Defense + Commercial Sensing, Polarization: Measurement, Analysis, and Remote Sensing XV; SPIE proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12112, pp.1211207, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10223,213 +10223,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03383033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarimetric target detection: static vs. active imagers, fundamental limits</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">What are the fundamental limits of passive polarization imaging?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boffety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goudail</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on Optronics In Defence And Security (OPTRO 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Polarization : Measurements, Analysis, and Remote Sensing XIII, SPIE proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10655, pp.106550J, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2305338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01714908v1</w:t>
+                <w:t xml:space="preserve">hal-01783665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are the fundamental limits of passive polarization imaging?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polarimetric target detection: static vs. active imagers, fundamental limits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Goudail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boffety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Goudail</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polarization : Measurements, Analysis, and Remote Sensing XIII, SPIE proceedings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th International Symposium on Optronics In Defence And Security (OPTRO 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2305338⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01783665v1</w:t>
+                <w:t xml:space="preserve">hal-01714908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId242"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -10584,51 +10584,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326143v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Rjiba" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garcia-Caurel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvigor Ossikovski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koumara Rungasamy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boffety" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.573295" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121147v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Teurnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tullio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ao.563125" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-05239297v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Journet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Goudail" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kulcs&#225;r" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/ymkm-frhw" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604702v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Li" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goudail" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.454347" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808671v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.467619" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447214v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bazin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ernesto Martinez&#8209;herrera" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Jobart&#8209;malfait" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Benezeth" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-94899-7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636068v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongqiang Zhao" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2021.3122085" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322275v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Devlaminck" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202110957" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080723v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ernesto Martinez-Herrera" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Jobart-Malfait" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-77145-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobo Li" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiegen Liu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haofeng Hu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.390882" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040626v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.396574" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468938v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roussel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.005410" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468932v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Dai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.58.002100" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468944v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.002927" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468930v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.005900" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03345726v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.005759" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434292v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Gao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.034081" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932640v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.029968" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932632v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith Kupinski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Pierangelo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.9.005691" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783615v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dupont" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.35.000977" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529362v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.34.000506" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636035v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leviandier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vannier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/20178926" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530166v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.34.001054" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340278v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Plassart" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Feneyrou" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.55.002881" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367110v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.33.001880" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299547v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.33.000009" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01177825v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio E. Martinez Herrera" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Emile" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Marzani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-015-0779-z" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270724v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.33.001812" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233686v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.54.007622" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299537v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijo Thomas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.033514" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233696v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.006759" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738275v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galland" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Allais" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.37.003273" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738276v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.51.005633" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649575v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sentenac" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Massonneau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Carminati" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.2.001626" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233702v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Castani&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.35.000291" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325688v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.33.002290" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233741v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ramos-Garcia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Lazo-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Guizar-Iturbide" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sanchez-Castillo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421400600654082" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326079v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rjiba Eya" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garcia Caurel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan R. P. Sortais" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344781v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bernard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien de Rossi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Josse" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubreuil" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Delmotte" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383016v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2600218" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492640v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384054v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rehbinder" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2527117" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384067v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BODA.2019.JT4A.47" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325432v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2223066" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688718v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325448v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2223049" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01724753v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781731v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714904v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719683v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ernesto Martinez Herrera" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliette Touati" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fiette" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01724746v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688720v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ISA.2015.IW4A.2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00933833v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233712v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertaux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736918v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Anna" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01724694v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688525v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Akka" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Emile" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688504v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00986172v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688656v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lerondeau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dolfi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237070v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Yeosu.2012.6263448" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688496v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massonneau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233706v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Allais" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouhier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Edmond" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maciol" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nicolas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Oceans-Spain.2011.6003485" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688630v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.2011.5943248" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688633v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.2011.5943310" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270768v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castani&#233;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Carminati" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3253917" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688492v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233715v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Capmas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Calixte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Druart" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Avignon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04784666v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghyeop Lee" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Faisant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04305376v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Molineri" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Briosne Frejaville" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04305281v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281696v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688627v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ebert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688615v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688614v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688610v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688485v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierrat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326614v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Letendre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sisong Xu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781819v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00470482v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010ECAP0003" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134147v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mulin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Deneuville" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jeannin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Vaillant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2646194" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342519v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621616" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04006418v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vest" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383033v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Martin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sauer" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2596135" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714908v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783665v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2305338" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326143v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Rjiba" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garcia-Caurel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvigor Ossikovski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koumara Rungasamy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boffety" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.573295" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121147v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Teurnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Tullio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ao.563125" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-05239297v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cheneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Journet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Goudail" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kulcs&#225;r" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/ymkm-frhw" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808671v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goudail" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.467619" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604702v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Li" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.454347" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322275v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Devlaminck" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202110957" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447214v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bazin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ernesto Martinez&#8209;herrera" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Jobart&#8209;malfait" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Benezeth" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-94899-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636068v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongqiang Zhao" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2021.3122085" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobo Li" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haofeng Hu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.396574" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ernesto Martinez-Herrera" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Jobart-Malfait" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-77145-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040633v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiegen Liu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.390882" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468938v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roussel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.005410" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468932v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Dai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.58.002100" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468944v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.002927" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468930v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.005900" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-03345726v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.005759" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932640v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.029968" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434292v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Gao" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.034081" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932632v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith Kupinski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Pierangelo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.9.005691" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783615v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dupont" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.35.000977" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529362v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.34.000506" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636035v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leviandier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vannier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/20178926" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530166v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.34.001054" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340278v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Plassart" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Feneyrou" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.55.002881" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367110v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.33.001880" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299547v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.33.000009" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270724v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.33.001812" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01177825v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio E. Martinez Herrera" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Emile" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Marzani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-015-0779-z" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299537v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijo Thomas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.033514" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233686v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.54.007622" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233696v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.006759" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738275v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galland" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Allais" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.37.003273" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738276v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.51.005633" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649575v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Allain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sentenac" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Massonneau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Carminati" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.2.001626" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233702v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Castani&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.35.000291" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325688v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.33.002290" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233741v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ramos-Garcia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Lazo-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Guizar-Iturbide" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sanchez-Castillo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421400600654082" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326079v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rjiba Eya" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garcia Caurel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan R. P. Sortais" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344781v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bernard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien de Rossi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Josse" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubreuil" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Delmotte" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383016v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2600218" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492640v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384067v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BODA.2019.JT4A.47" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384054v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rehbinder" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2527117" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325432v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2223066" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688718v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325448v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2223049" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01724753v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781731v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714904v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719683v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ernesto Martinez Herrera" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliette Touati" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fiette" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01724746v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688720v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ISA.2015.IW4A.2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00933833v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233712v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertaux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688525v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Akka" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Emile" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01724694v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736918v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Anna" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688504v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00986172v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688656v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lerondeau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dolfi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237070v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Yeosu.2012.6263448" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688633v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massonneau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.2011.5943310" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233706v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Allais" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouhier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Edmond" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maciol" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nicolas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Oceans-Spain.2011.6003485" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688630v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.2011.5943248" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688496v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270768v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castani&#233;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Carminati" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3253917" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688492v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233715v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Capmas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Calixte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Druart" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Avignon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04784666v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghyeop Lee" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Faisant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04305376v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Molineri" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Briosne Frejaville" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04305281v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281696v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688627v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ebert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688615v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688614v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688610v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688485v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierrat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326614v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Letendre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sisong Xu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781819v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00470482v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010ECAP0003" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134147v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mulin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Deneuville" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jeannin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Vaillant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2646194" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342519v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621616" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04006418v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vest" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383033v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Martin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sauer" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2596135" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783665v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2305338" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714908v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>