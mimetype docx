--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -100,3736 +100,3736 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Contestations relatives à une société commerciale : limitation de l'option en faveur des juridictions civiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20, pp.39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04633712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Société - Cessions de droits sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Caffin-Moi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.-O. Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21, pp.1143</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04633809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Transfert de propriété d'actions non cotées, entre rigueur et souplesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiphaine Saupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiphaine Saupin</w:t>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 11, pp.11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nouveau statut de l'entrepreneur individuel : une avancée en trompe-l'œil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 01, pp.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04385561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nouveau statut de l'entrepreneur individuel : une avancée en trompe-l'oeil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, pp.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions quant à l'obligation aux dettes des anciens associés d'une société civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35, pp.50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04788109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La solidarité dans les opérations de scissions et d'apports partiels d'actifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7, pp.33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04516240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vote en assemblée d’une SAS : la liberté prime !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34, pp.66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cessions de droits sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Olivier Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Caffin-Moi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29, pp.1222</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04265694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entreprise individuelle : le transfert à titre onéreux du patrimoine professionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buchberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
+              <w:t xml:space="preserve">Ingénierie patrimoniale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2, pp.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cessions de droits sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Olivier Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Caffin-Moi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 49, pp.1356</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04347542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démission et responsabilité du dirigeant : tout n'est pas encore clair !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
               <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° 11, pp.11</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">, 2023, 12, pp.26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04347557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en société d'une entreprise individuelle... La simplification n'est pas au rendez-vous !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35, pp.46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel avenir pour les sociétés unipersonnelles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 202, pp.49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un abandon de l'intérêt social comme condition de validité des contrats conclus par la société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, pp.659</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03036354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obligation de prendre en considération les enjeux sociaux : quel impact pour les salariés d'une société ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un abandon de l’intérêt social comme condition de validité des contrats conclus par une société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.659</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’EIRL à marche forcée… quelle place reste-t-il à l’EURL ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clause de substitution dans les cessions d'actions: seul le substitué est tenu du paiement du prix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi PACTE: Rémunération des dirigeants, intermédiaires inscrits et identifcation des actionnaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réduction du terme et dissolution anticipée : il faut distinguer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 18-1215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 50-1631</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attention aux promesses &amp;quot;&amp;quot;symétriques&amp;quot;&amp;quot; d'achat et de vente !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Décision n° 2018-D-01 du 26 février 2018 de l'autorité de la concurrence de la Nouvelle-Calédonie, constatant la première réunion de l'autorité de la concurrence de la Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Laboratoire de recherches juridique et économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Arrêté n° 2018-43/GNC du 9 janvier 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Laboratoire de recherches juridique et économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le créancier d'une société civile dissoute, liquidée amiablement et radiée, peut agir directement contre ses associés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Arrêté n° 2018-41 /GNC du 9 janvier 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Laboratoire de recherches juridique et économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le remboursement du capital social échappe au droit de partage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirigeants de sociétés : une seule signature pour deux engagements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 50-1631</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réduction du capital social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L. Coquelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JurisClasseur. Sociétés. Traité [Encyclopédie juridique Juris-classeur]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Fasc. 159-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clauses d’agrément dans les SA : le prix communiqué à la société peut être explicité ensuite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BJS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n° 15-19490</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le crowdfunding equity en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de droit comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.445</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire de la loi du 9 décembre 2016, relative à la transparence, à la lutte contre la corruption et à la modernisation de la vie économique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Laboratoire de recherches juridique et économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n°2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le crowdfunding equity en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RIDC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dol, un remède incertain pour le cessionnaire « rompu aux affaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BJS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions utiles sur la nullité des délibérations modificatives des statuts dans les SA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BJS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n° 15-28980</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La responsabilité des dirigeants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JurisClasseur. Sociétés. Traité [Encyclopédie juridique Juris-classeur]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, N° 132-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Défaut de convocation à une assemblée de SARL : pas de nullité sans grief</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BJS 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le point sur… le financement participatif (crowdfunding)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Laboratoire de recherches juridique et économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit des sociétés et la réforme du droit des contrats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Massart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Caffin-Moi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Schlumberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buchberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hamelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes pratiques et ingénierie sociétaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 147</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01404083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire de l'Ordonnance n° 2016-520 du 28 avril 2016 relative aux bons de caisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Laboratoire de recherches juridique et économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrat d'apport est un contrat en cours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buchberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
-[...51 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23, pp.1600</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02213629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cessions de droits sociaux et exigence d'un prix déterminable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buchberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
-[...3293 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 23, pp.1600</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">, 2012, 25, pp.1632</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...45 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02213113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de l'article 1315 du code civil en cas d'inexécution d'un contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buchberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 07, pp.465</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3886,498 +3886,498 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel droit pour les entreprises en Nouvelle-Calédonie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buchberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque international des 27 et 28 septembre 2018, UNC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de la Nouvelle-Calédonie, 2021, LARJE - Laboratoire de recherches jurdique et économique, 979-10-91032-19-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04745547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une simplification du droit des affaires en Nouvelle-Calédonie »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Océanie dans tous ses Etats, Mélanges en l’honneur de Guy Agniel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RJPENC, pp.214-244, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04127334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les titres financiers portant l’investissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le cadre juridique du crowdfunding – Analyses prospectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société de Législation comparée, 2015, Trans Europe Experts, 978-2-36517-041-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01422913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'ordre public sociétaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Buchberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges en l'honneur du Professeur Michel Germain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LexisNexis-LGDJ, pp.181-200, 2015, 978-2-7110-1918-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04127231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réglementation des prix en Nouvelle-Calédonie : la clarification peut encore être améliorée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buchberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03027540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques restrictives de concurrence en Nouvelle-Calédonie et en métropole: deux réformes en parallèle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Buchberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508253v1</w:t>
-              </w:r>
-[...250 lines deleted...]
-                <w:t xml:space="preserve">hal-04127231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4633,51 +4633,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796039v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiphaine Saupin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buchberger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633809v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Caffin-Moi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.-O. Becker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04402706v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04385561v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788109v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04516240v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633712v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04265694v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Olivier Becker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049968v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04347542v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04347557v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04299530v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049972v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049970v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036354v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049981v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049973v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049976v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333459v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buchberger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333456v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333457v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333389v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333378v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333382v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333391v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333390v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333376v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333380v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333379v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333383v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333375v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Coquelet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333381v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333263v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049988v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333279v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333259v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333260v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333262v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333264v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333267v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333265v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333261v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333266v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333268v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333332v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333339v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404083v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Massart" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Schlumberger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hamelin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333338v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333334v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213629v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213113v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212310v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745547v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027540v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508253v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127334v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422913v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Granier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127231v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387644v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633712v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buchberger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633809v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Caffin-Moi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.-O. Becker" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796039v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiphaine Saupin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04385561v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04402706v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788109v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04516240v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04299530v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04265694v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Olivier Becker" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049968v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04347542v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04347557v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049970v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049972v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036354v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049981v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049973v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049976v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333456v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buchberger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333457v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333459v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333381v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333382v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333376v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333391v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333390v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333378v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333389v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333380v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333379v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333383v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333375v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Coquelet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333261v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333268v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333266v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333263v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04049988v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333279v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333259v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333260v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333262v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333264v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333267v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333265v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333334v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333332v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333339v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404083v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Massart" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Schlumberger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hamelin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333338v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213629v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213113v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212310v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745547v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127334v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422913v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Granier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127231v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027540v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508253v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387644v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>