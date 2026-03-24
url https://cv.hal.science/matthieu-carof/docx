--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -927,51 +927,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03805087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SEGAE: An online serious game to learn agroecology</w:t>
+                <w:t xml:space="preserve">A dataset for sustainability assessment of agroecological practices in a crop-livestock farming system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
@@ -1006,106 +1006,110 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Bastian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 191, pp.103145. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36, pp.107078. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2021.103145⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2021.107078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03210636v1</w:t>
+                <w:t xml:space="preserve">hal-03210640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dataset for sustainability assessment of agroecological practices in a crop-livestock farming system</w:t>
+                <w:t xml:space="preserve">SEGAE: An online serious game to learn agroecology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
@@ -1140,86 +1144,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Bastian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 36, pp.107078. </w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 191, pp.103145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2021.107078⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2021.103145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03210640v1</w:t>
+                <w:t xml:space="preserve">hal-03210636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SEGAE : Un jeu sérieux pour enseigner l’agroécologie</w:t>
               </w:r>
@@ -1294,685 +1294,685 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03266903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Legume production and use in feed: Analysis of levers to improve protein self-sufficiency from foresight scenarios</w:t>
+                <w:t xml:space="preserve">Learning interdisciplinarity and systems approaches in agroecology: experience with the serious game SEGAE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aude Ridier</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille de Graeuwe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Baccar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2020.123085⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (11), pp.4351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su12114351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02907077v1</w:t>
+                <w:t xml:space="preserve">hal-02650955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning interdisciplinarity and systems approaches in agroecology: experience with the serious game SEGAE</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mireille de Graeuwe</w:t>
+                <w:t xml:space="preserve">Nouveaux indicateurs d’efficience de l’azote à l’échelle de l’exploitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Godinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Vertès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 241, pp.45-56</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02650955v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02571982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveaux indicateurs d’efficience de l’azote à l’échelle de l’exploitation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Leterme</w:t>
+                <w:t xml:space="preserve">SYNERGY: A regional bio-economic model analyzing farm-to-farm exchanges and legume production to enhance agricultural sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 175, pp.106688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2020.106688⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02571982v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SYNERGY: A regional bio-economic model analyzing farm-to-farm exchanges and legume production to enhance agricultural sustainability</w:t>
+                <w:t xml:space="preserve">Legume production and use in feed: Analysis of levers to improve protein self-sufficiency from foresight scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Ridier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 175, pp.106688. </w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 274, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2020.106688⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2020.123085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02593635v1</w:t>
+                <w:t xml:space="preserve">hal-02907077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of protein-crop management in western France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Economic Drivers of Legume Production: Approached via Opportunity Costs and Transaction Costs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aude Ridier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 39 (2), pp.15. </w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (3), pp.705. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13593-019-0561-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su11030705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02081884v1</w:t>
+                <w:t xml:space="preserve">hal-02024945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economic Drivers of Legume Production: Approached via Opportunity Costs and Transaction Costs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julia Jouan</w:t>
+                <w:t xml:space="preserve">Diversity of protein-crop management in western France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Godinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Ridier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 11 (3), pp.705. </w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (2), pp.15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su11030705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13593-019-0561-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02024945v1</w:t>
+                <w:t xml:space="preserve">hal-02081884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A free online tool to calculate three nitrogen-related indicators for farming systems</w:t>
               </w:r>
@@ -2043,295 +2043,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01826823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation des interactions plante-sol pour la nutrition et la santé des plantes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of tillage and static abiotic soil properties on microbial diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. F. Cobo-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Godinot</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/D8RT59⟩</w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 132, pp.135-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2018.08.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01949953v1</w:t>
+                <w:t xml:space="preserve">hal-02056887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of tillage and static abiotic soil properties on microbial diversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Legrand</w:t>
+                <w:t xml:space="preserve">Valorisation des interactions plante-sol pour la nutrition et la santé des plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Picot</w:t>
+                <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. F. Cobo-Diaz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Carof</w:t>
+                <w:t xml:space="preserve">Patrice Cannavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Chen</w:t>
+                <w:t xml:space="preserve">Safya Menasseri-Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Godinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 132, pp.135-145. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69, pp.71 - 82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2018.08.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15454/D8RT59⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02056887v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01949953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survey data from 38 integrated crop-livestock farming systems in Western France</w:t>
               </w:r>
@@ -2425,64 +2425,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indicators to evaluate agricultural nitrogen efficiency of the 27 member states of the European Union</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Godinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Vertès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2542,64 +2542,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indicators to evaluate agricultural nitrogen efficiency of the 27 member states of the European Union</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Godinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Vertès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2659,64 +2659,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative nitrogen efficiency, a new indicator to assess crop livestock farming systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Godinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Leterme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Vertès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2770,714 +2770,714 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02042733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Former pour accompagner l'innovation et son évaluation en agriculture : valorisation d'expertises acquises en recherche au service de la formation en agronomie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Naudin</w:t>
+                <w:t xml:space="preserve">SyNE: An improved indicator to assess nitrogen efficiency of farming systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Godinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anne Aveline</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Vertès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Leterme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 127, pp.41-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2014.01.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03703514v1</w:t>
+                <w:t xml:space="preserve">hal-01209218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SyNE: An improved indicator to assess nitrogen efficiency of farming systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Godinot</w:t>
+                <w:t xml:space="preserve">Training aimed at promoting innovation and its evaluation in agriculture: using expert skills acquired through research as education tools in agronomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Leterme</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mawois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aydin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 217, pp.91-99</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209218v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01219034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training aimed at promoting innovation and its evaluation in agriculture: using expert skills acquired through research as education tools in agronomy</w:t>
+                <w:t xml:space="preserve">Former pour accompagner l'innovation et son évaluation en agriculture : valorisation d'expertises acquises en recherche au service de la formation en agronomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Naudin</w:t>
+                <w:t xml:space="preserve">Christophe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Colette</w:t>
+                <w:t xml:space="preserve">Florian Celette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Mawois</w:t>
+                <w:t xml:space="preserve">Marie Mawois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Aydin</w:t>
+                <w:t xml:space="preserve">Anne Aveline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 217, pp.91-99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01219034v1</w:t>
+                <w:t xml:space="preserve">hal-03703514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels outils pour évaluer des systèmes fourragers adaptés au changement climatique?</w:t>
+                <w:t xml:space="preserve">A guide for choosing the most appropriate method for multi-criteria assessment of agricultural systems according to decision-makers' expectations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Marie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Pavie</w:t>
+                <w:t xml:space="preserve">Bruno Colomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aveline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 115, pp.51 - 62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2012.09.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209249v1</w:t>
+                <w:t xml:space="preserve">hal-01209135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A guide for choosing the most appropriate method for multi-criteria assessment of agricultural systems according to decision-makers' expectations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stockless organic farming: strengths and weaknesses evidenced by a multicriteria sustainability assessment model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Colomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aveline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2012.09.011⟩</w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33 (3), pp.593-608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-012-0126-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01209135v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01201369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stockless organic farming: strengths and weaknesses evidenced by a multicriteria sustainability assessment model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quels outils pour évaluer des systèmes fourragers adaptés au changement climatique?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
+                <w:t xml:space="preserve">Michel Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Pavie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 215, pp.257 - 264</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01201369v1</w:t>
+                <w:t xml:space="preserve">hal-01209249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connaître, caractériser et évaluer les rotations en systèmes de grandes cultures biologiques</w:t>
               </w:r>
@@ -3515,51 +3515,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 25, pp.27-40. </w:t>
@@ -3591,541 +3591,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydraulic conductivity and porosity under conventional and no-tillage and the effect of three species of cover crop in northern France</w:t>
+                <w:t xml:space="preserve">Undersowing wheat with different living mulches in a no-till system. I. Yield analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane de Tourdonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Coquet</w:t>
+                <w:t xml:space="preserve">Patrick Saulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hallaire</w:t>
+                <w:t xml:space="preserve">Dominique Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roger-Estrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Use and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 23 (3), pp.230-237. </w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 27 (4), pp.347-356. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1475-2743.2007.00085.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/agro:2007016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173128v1</w:t>
+                <w:t xml:space="preserve">hal-01173183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Undersowing wheat with different living mulches in a no-till system. I. Yield analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane de Tourdonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Saulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roger-Estrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 27 (4), pp.347-356. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2007, 27 (4), pp.347-356</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173183v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00886368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Undersowing wheat with different living mulches in a no-till system. I. Yield analysis</w:t>
+                <w:t xml:space="preserve">Undersowing wheat with different living mulches in a no-till system. II. Competition for light and nitrogen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane de Tourdonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Saulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roger-Estrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 27 (4), pp.347-356</w:t>
+              <w:t xml:space="preserve">, 2007, 27 (4), pp.357-365</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00886368v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00886369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Undersowing wheat with different living mulches in a no-till system. II. Competition for light and nitrogen</w:t>
+                <w:t xml:space="preserve">Hydraulic conductivity and porosity under conventional and no-tillage and the effect of three species of cover crop in northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane de Tourdonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Le Floch</w:t>
+                <w:t xml:space="preserve">Yves Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hallaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roger-Estrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soil Use and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 23 (3), pp.230-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1475-2743.2007.00085.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00886369v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4724,217 +4724,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03744531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminants économiques de la production de légumineuses : approche par les coûts d'opportunité et les coûts de transaction</w:t>
+                <w:t xml:space="preserve">SYNERGY: A model to assess the economic and environmental impacts of increasing regional protein self-sufficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Ridier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées de la Recherche en Sciences Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA., Dec 2018, Nantes, France</w:t>
+              <w:t xml:space="preserve">20. Nitrogen workshop: coupling C-N-P-S cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01964292v1</w:t>
+                <w:t xml:space="preserve">hal-01939967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SYNERGY: A model to assess the economic and environmental impacts of increasing regional protein self-sufficiency</w:t>
+                <w:t xml:space="preserve">Déterminants économiques de la production de légumineuses : approche par les coûts d'opportunité et les coûts de transaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Ridier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Nitrogen workshop: coupling C-N-P-S cycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">12. Journées de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA., Dec 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939967v1</w:t>
+                <w:t xml:space="preserve">hal-01964292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SYNERGY: a bio economic model assessing the economic and environmental impacts of increased regional protein self-sufficiency</w:t>
               </w:r>
@@ -5097,77 +5097,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évaluation multicritère qualitative des systèmes de grandes cultures. Appropriation du modèle MASC par des conseillers agricoles pour le repérage des systèmes de culture biologiques innovants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Glandières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aveline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5248,51 +5248,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Tourdonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Saulas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Congress Mundial Sobre Agricultura Conservacionista</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2003, Iguassu Falls, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5343,247 +5343,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic cropping systems tend to be more sustainable than low-input ones - A case study in Brittany, France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Joannon</w:t>
+                <w:t xml:space="preserve">Upscaling bio-economic model: economic and environmental assessment of introducing legume and protein rich crops in farming systems of Western France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 th ISOFAR Scientific Conference "Innovative Research for Organic 3.0" at the 19 th Organic World Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, New Dehli, India</w:t>
+              <w:t xml:space="preserve">15. EAAE Congress "Towards sustainable agri-food system: balancing between markets and society"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Parme, Italy. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03369416v1</w:t>
+                <w:t xml:space="preserve">hal-01668193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upscaling bio-economic model: economic and environmental assessment of introducing legume and protein rich crops in farming systems of Western France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julia Jouan</w:t>
+                <w:t xml:space="preserve">Organic cropping systems tend to be more sustainable than low-input ones - A case study in Brittany, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Joannon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Cotinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Guezengar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. EAAE Congress "Towards sustainable agri-food system: balancing between markets and society"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Parme, Italy. , 2017</w:t>
+              <w:t xml:space="preserve">5 th ISOFAR Scientific Conference "Innovative Research for Organic 3.0" at the 19 th Organic World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, New Dehli, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668193v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03369416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5601,51 +5601,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développer des espèces et des variétés permettant la reconception des systèmes de culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jubault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5754,64 +5754,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une évaluation multicritère qualitative de la durabilité de systèmes de grandes cultures biologiques, Quels enseignements ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aveline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5994,64 +5994,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une évaluation multicritère qualitative de la durabilité de systèmes de grandes cultures biologiques. Quels enseignements ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aveline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6598,51 +6598,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225795v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delbaere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carof" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fagro.2025.1601337" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Branchet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaeger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2025.104275" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829504v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Denantes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Jacquot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ropars-Collet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ridier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104221" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692735v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104100" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706111v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04730078v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Jouan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nesme" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104137" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03805087v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre-Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.156022" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210636v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bastian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2021.103145" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210640v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.107078" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266903v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907077v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.123085" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650955v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille de Graeuwe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12114351" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02571982v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leterme" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02593635v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2020.106688" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081884v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-019-0561-7" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02024945v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11030705" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826823v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2018.01.015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01949953v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safya Menasseri-Aubry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/D8RT59" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056887v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Legrand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Picot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Cobo-Diaz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2018.08.016" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826825v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.03.066" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032622v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2016.02.007" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377892v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042733v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-015-0281-6" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-03703514v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mawois" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aveline" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209218v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2014.01.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219034v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Naudin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colette" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mawois" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aydin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209249v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pavie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209135v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colomb" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2012.09.011" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMB1ZBVQ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201369v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-012-0126-5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209108v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fontaine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fourri&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Garnier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mangin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/44e4-ww05" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173128v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Tourdonnet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coquet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hallaire" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roger-Estrade" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-2743.2007.00085.x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J55NQ310-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173183v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Saulas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Floch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2007016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886368v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886369v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314026v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Pepin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ryschawy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fernandez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Mosset" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240526v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724722v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Auberger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Babin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Dupont" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Busnot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Parnaudeau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409817v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744531v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Geffroy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964292v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939967v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937084v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796078v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729670v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Glandi&#232;res" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759401v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Tourdonnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03369416v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cotinet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Dupont" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guezengar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668193v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689513v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jubault" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Manzanares-Dauleux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729405v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03120996v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460912v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00338817v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006INAP0016" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04098570v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05434625v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin P&#233;pin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Millet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225795v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delbaere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carof" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fagro.2025.1601337" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Branchet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaeger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2025.104275" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829504v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Denantes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Jacquot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ropars-Collet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ridier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104221" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692735v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104100" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706111v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04730078v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Jouan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nesme" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104137" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03805087v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre-Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.156022" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210640v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bastian" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.107078" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210636v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2021.103145" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266903v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650955v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille de Graeuwe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12114351" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02571982v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leterme" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02593635v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2020.106688" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907077v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.123085" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02024945v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11030705" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081884v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-019-0561-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826823v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2018.01.015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056887v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Legrand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Picot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Cobo-Diaz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2018.08.016" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01949953v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safya Menasseri-Aubry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/D8RT59" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826825v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.03.066" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032622v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2016.02.007" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377892v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042733v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-015-0281-6" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209218v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2014.01.003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219034v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Naudin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colette" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mawois" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aydin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-03703514v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Naudin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mawois" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aveline" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209135v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colomb" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2012.09.011" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMB1ZBVQ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201369v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-012-0126-5" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209249v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marie" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pavie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209108v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fontaine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fourri&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Garnier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mangin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/44e4-ww05" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173183v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Tourdonnet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Saulas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Floch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roger-Estrade" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2007016" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886368v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886369v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173128v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coquet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hallaire" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-2743.2007.00085.x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J55NQ310-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314026v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Pepin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ryschawy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fernandez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Mosset" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240526v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724722v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Auberger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Babin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Dupont" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Busnot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Parnaudeau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409817v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744531v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Geffroy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939967v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964292v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937084v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796078v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729670v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Glandi&#232;res" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759401v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Tourdonnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668193v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03369416v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cotinet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Dupont" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guezengar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689513v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jubault" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Manzanares-Dauleux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729405v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03120996v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460912v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00338817v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006INAP0016" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04098570v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05434625v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin P&#233;pin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Millet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>