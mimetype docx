--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -192,84 +192,201 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Double-task physics-informed neural network for the prediction of PM2.5 concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dabrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Mennesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Riedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaabane Djeraba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurocomputing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.133436. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucom.2026.133436⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Knowledge-inspired fusion strategies for the inference of PM 2.5 values with a neural network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -284,93 +401,93 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Riedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaabane Djeraba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nabat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 18 (12), pp.3707-3733. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-18-3707-2025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05128704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -380,146 +497,146 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HUMAPS-4D : A Multimodal Dataset for HUman Motion Analysis with Physiological and Semantic informations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ouala Benjemaa</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouala Ben Jemaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Allaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The IEEE/CVF Conference on Computer Vision and Pattern Recognition 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2026, Denver (Colorado), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05531226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-supervised GAN with sparse ground truth as Boundary Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -528,84 +645,84 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Mennesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Riedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaabane Chabane Djeraba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Joint Conference on Neural Networks 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Queensland, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04132474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -615,114 +732,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes d'apprentissage profond inspirées par la physique pour l'inférence de la qualité de l'air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Dabrowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Apprentissage [cs.LG]. Université de Lille, 2024. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024ULILB043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05006008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -790,51 +907,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="279B03AB"/>
+    <w:nsid w:val="AF2E99C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1021,51 +1138,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-dabrowski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-2391-3675" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128704v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dabrowski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mennesson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Riedi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaabane Djeraba" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nabat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-18-3707-2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05531226v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouala Benjemaa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132474v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaabane Chabane Djeraba" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05006008v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024ULILB043" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-dabrowski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-2391-3675" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563223v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dabrowski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mennesson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Riedi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaabane Djeraba" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2026.133436" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128704v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nabat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-18-3707-2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05531226v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouala Ben Jemaa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132474v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaabane Chabane Djeraba" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05006008v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024ULILB043" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>