--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -943,287 +943,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03589982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matières à friction et techniques de lutte</w:t>
+                <w:t xml:space="preserve">Energy humanities, une pensée écologique au miroir des industries carbonées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mikaëla Le Meur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques &amp; Culture </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/tc.14132⟩</w:t>
+              <w:t xml:space="preserve">Sociétés - Revue des sciences sociales et humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Humanités environnementales, 2 (148), pp.93-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soc.148.0093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03895484v1</w:t>
+                <w:t xml:space="preserve">hal-03639850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matières à friction et techniques de lutte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mikaëla Le meur</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaëla Le Meur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques et culture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Techniques &amp; Culture </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 74, pp.12-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tc.14132⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/tc.14132⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03352092v1</w:t>
+                <w:t xml:space="preserve">halshs-03895484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy humanities, une pensée écologique au miroir des industries carbonées</w:t>
+                <w:t xml:space="preserve">Matières à friction et techniques de lutte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaëla Le meur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés - Revue des sciences sociales et humaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/soc.148.0093⟩</w:t>
+              <w:t xml:space="preserve">Techniques et culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.12 - 25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tc.14132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03639850v1</w:t>
+                <w:t xml:space="preserve">hal-03352092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Cancer Alley » ou la décompression du paysage pétrochimique. La collaboration de Richard Misrach et de Kate Orff</w:t>
               </w:r>
@@ -2160,592 +2160,592 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le paysage féral, une tentative de définition</w:t>
+                <w:t xml:space="preserve">Naphtologie de la perception. Itinéraire dans les strates de notre existence carbonée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paysages incertains : représentations et pratiques de l’espace à l’heure de l’anthropocène</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison Interuniversitaire des Sciences de l’Homme – Alsace; UR2325; UR1341; UR4376, Oct 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Anthropocène : Usage et mésusage du monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TALM, Mar 2022, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03834369v1</w:t>
+                <w:t xml:space="preserve">hal-03628923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naphtologie de la perception. Itinéraire dans les strates de notre existence carbonée</w:t>
+                <w:t xml:space="preserve">Le paysage féral, une tentative de définition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropocène : Usage et mésusage du monde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TALM, Mar 2022, Le Mans, France</w:t>
+              <w:t xml:space="preserve">Paysages incertains : représentations et pratiques de l’espace à l’heure de l’anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison Interuniversitaire des Sciences de l’Homme – Alsace; UR2325; UR1341; UR4376, Oct 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03628923v1</w:t>
+                <w:t xml:space="preserve">hal-03834369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hériter et projeter. Vers un art de refaire lieu ?</w:t>
+                <w:t xml:space="preserve">Portrait de Bruno Latour en commissaire d’art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Houdoud / Frontières. Quels décloisonnements de la recherche, de la création et des écosystèmes locaux à travers les transformations / réinventions des héritages ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Jacques Berque; Chaire Fatéma Mernissi; Centre de recherche de HEM (Economia), Nov 2021, Rabat, Maroc</w:t>
+              <w:t xml:space="preserve">Arts contemporains &amp; Anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECCLA; Université Jean Monnet; ESADSE; Musée d'art moderne et contemporain Saint Etienne, Oct 2021, Saint Étienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03494018v1</w:t>
+                <w:t xml:space="preserve">hal-03382096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Portrait de Bruno Latour en commissaire d’art</w:t>
+                <w:t xml:space="preserve">Hériter et projeter. Vers un art de refaire lieu ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arts contemporains &amp; Anthropocène</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ECCLA; Université Jean Monnet; ESADSE; Musée d'art moderne et contemporain Saint Etienne, Oct 2021, Saint Étienne, France</w:t>
+              <w:t xml:space="preserve">Houdoud / Frontières. Quels décloisonnements de la recherche, de la création et des écosystèmes locaux à travers les transformations / réinventions des héritages ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Jacques Berque; Chaire Fatéma Mernissi; Centre de recherche de HEM (Economia), Nov 2021, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03382096v1</w:t>
+                <w:t xml:space="preserve">hal-03494018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorsque le sol disparaît. La subsidence du delta du Mississippi comme fait social total</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Retour sur le “travail vivant”, ou comment tirer leçon de notre crise d’engendrement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sols et sous-sols dans la transition socio-écologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR Pacte; Université Grenoble Alpes; Inrae; BRGM, Jun 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Cartographie des nous #2 / Le ménagement de la terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'art contemporain de Villeurbanne, Oct 2021, Truinas (Drôme), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03335121v1</w:t>
+                <w:t xml:space="preserve">hal-03522608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un transect du colonialisme environnemental, l’oued Bouskoura à Casablanca</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lorsque le sol disparaît. La subsidence du delta du Mississippi comme fait social total</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Buyck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Re)thinking (Post)Colonial Landscapes in the Francophone World</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for Francophone Postcolonial Studies, Nov 2021, Liverpool, Royaume-Uni</w:t>
+              <w:t xml:space="preserve">Sols et sous-sols dans la transition socio-écologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR Pacte; Université Grenoble Alpes; Inrae; BRGM, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03427032v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y a-t-il un impensé de la technique dans les humanités environnementales ?</w:t>
+                <w:t xml:space="preserve">Un transect du colonialisme environnemental, l’oued Bouskoura à Casablanca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités environnementales. Sciences, arts et citoyennetés face aux changements globaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR Sens (Savoirs, ENvironnement, Sociétés); Société d’écologie humaine, Oct 2021, Montpellier, France</w:t>
+              <w:t xml:space="preserve">(Re)thinking (Post)Colonial Landscapes in the Francophone World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for Francophone Postcolonial Studies, Nov 2021, Liverpool, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03374213v1</w:t>
+                <w:t xml:space="preserve">hal-03427032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour sur le “travail vivant”, ou comment tirer leçon de notre crise d’engendrement ?</w:t>
+                <w:t xml:space="preserve">Y a-t-il un impensé de la technique dans les humanités environnementales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartographie des nous #2 / Le ménagement de la terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut d'art contemporain de Villeurbanne, Oct 2021, Truinas (Drôme), France</w:t>
+              <w:t xml:space="preserve">Humanités environnementales. Sciences, arts et citoyennetés face aux changements globaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR Sens (Savoirs, ENvironnement, Sociétés); Société d’écologie humaine, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03522608v1</w:t>
+                <w:t xml:space="preserve">hal-03374213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plaidoyer pour un paysage sentinelle</w:t>
               </w:r>
@@ -3441,51 +3441,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semer le trouble. Soulèvements, subversions, refuges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duperrex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaëla Le Meur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EHESS. France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Techniques et culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 74, 2020, Techniques &amp; Culture, 978-2-7132-2840-7. </w:t>
@@ -3613,51 +3613,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E97ED185"/>
+    <w:nsid w:val="C7EA94D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3761,51 +3761,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="FDED8DDF"/>
+    <w:nsid w:val="C81DC6F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3995,51 +3995,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-duperrex" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8589-4204" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236712284" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.urbain-trop-urbain.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643983v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duperrex" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791667v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Michel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358069v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2022.03.015" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372256v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.7712" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589987v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ch&#233;nin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Dell" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Howa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny L&#233;glise" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/perspective.24955" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475853v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.7680" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589982v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Latour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/perspective.25343" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895484v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;la Le Meur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.14132" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352092v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;la Le&#160;meur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639850v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soc.148.0093" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351848v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.2106" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639834v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639817v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639828v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.10920" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352093v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331611v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.1075" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372160v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637015v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dutrait" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.2299" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639775v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dutrait" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639756v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.051.0017" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372158v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357763v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834369v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628923v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382096v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335121v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Buyck" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427032v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374213v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522608v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601853v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357789v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Mac&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816042v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356996v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640598v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Doukkane" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357807v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791692v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03466313v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018TOU20090" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335605v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.14102" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-duperrex" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8589-4204" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236712284" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.urbain-trop-urbain.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643983v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duperrex" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791667v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Michel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358069v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2022.03.015" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372256v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.7712" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589987v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ch&#233;nin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Dell" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Howa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny L&#233;glise" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/perspective.24955" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475853v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.7680" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589982v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Latour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/perspective.25343" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639850v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soc.148.0093" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895484v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;la Le Meur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.14132" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352092v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;la Le&#160;meur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351848v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.2106" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639834v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639817v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639828v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.10920" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352093v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331611v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.1075" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372160v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637015v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dutrait" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.2299" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639775v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dutrait" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639756v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.051.0017" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372158v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357763v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628923v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834369v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382096v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494018v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522608v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335121v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Buyck" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427032v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374213v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601853v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357789v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Mac&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816042v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356996v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640598v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Doukkane" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357807v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791692v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03466313v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018TOU20090" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335605v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.14102" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>