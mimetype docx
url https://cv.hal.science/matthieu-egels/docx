--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -335,351 +335,351 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Analysis of a Screen-Printing Process for Cost-Effective Flexible Bow-Tie Antennas</w:t>
+                <w:t xml:space="preserve">Screen-Printed 1 × 4 Quasi-Yagi-Uda Antenna Array on Highly Flexible Transparent Substrate for the Emerging 5G Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Matthieu Egels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anton Venouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chaouki Hannachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Benwadih</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Serbutoviez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (2), pp.20. </w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (14), pp.2850. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/j8020020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/electronics14142850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05104674v1</w:t>
+                <w:t xml:space="preserve">hal-05167854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screen-Printed 1 × 4 Quasi-Yagi-Uda Antenna Array on Highly Flexible Transparent Substrate for the Emerging 5G Applications</w:t>
+                <w:t xml:space="preserve">Performance Analysis of a Screen-Printing Process for Cost-Effective Flexible Bow-Tie Antennas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Anton Venouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anton Venouil</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Benwadih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaouki Hannachi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Benwadih</w:t>
+                <w:t xml:space="preserve">Christophe Serbutoviez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14 (14), pp.2850. </w:t>
+              <w:t xml:space="preserve">J</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (2), pp.20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/electronics14142850⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/j8020020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05167854v1</w:t>
+                <w:t xml:space="preserve">hal-05104674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tolerance Considerations for MHMIC Manufacturing Process at Millimeter-Wave Band</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaouki Hannachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serioja Ovidiu Tatu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -726,103 +726,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design guidance of a circularly polarized bowtie antenna for ISM bands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Venouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anton Venouil</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Benwadih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Serbutoviez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 65 (11), pp.2972-2978. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -869,64 +869,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of an Ultra-Wideband UHF RFID Reader Antenna for Wearable Ankle Tracking Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khodor Jebbawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress In Electromagnetics Research C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 102, pp.253 - 264</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -964,64 +964,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel compact circularly polarized tag antenna with differential‐RFIC for EU UHF RFID applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khodor Jebbawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1049,533 +1049,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02482428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative performances analysis of UHF RFID two crossed dipoles antenna based on FR4 substrate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Triple-Band Printed Dipole Antenna for RFID/GPS/BLE Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khodor Jebbawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">P. Pannier</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Progress In Electromagnetics Research M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 70, pp.11 - 20</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02527749v1</w:t>
+                <w:t xml:space="preserve">hal-02485577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Triple-Band Printed Dipole Antenna for RFID/GPS/BLE Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khodor Jebbawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress In Electromagnetics Research M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 70, pp.11 - 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02485664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triple-Band Printed Dipole Antenna for RFID/GPS/BLE Applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Design of a planar slot tag antennas with circular polarization for ultra‐high frequency radio frequency identification applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essia Ben Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Benzaim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress In Electromagnetics Research M</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 61 (2), pp.303-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mop.31573⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02485577v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02482425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a planar slot tag antennas with circular polarization for ultra‐high frequency radio frequency identification applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A comparative performances analysis of UHF RFID two crossed dipoles antenna based on FR4 substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ben Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Egels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essia Ben Abdallah</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Egels</w:t>
+                <w:t xml:space="preserve">E. Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Bergeret</w:t>
+                <w:t xml:space="preserve">O. Benzaim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Benzaim</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pannier</w:t>
+                <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 61 (2), pp.303-308. </w:t>
+              <w:t xml:space="preserve">, 2018, 60 (9), pp.2217-2224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mop.31573⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mop.31322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02482425v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02527749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Measurement of Multi-Frequency Antennas for RF Energy Harvesting Tags</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bergeret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress In Electromagnetics Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 156, pp.47-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1622,64 +1622,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broadband UHF RFID Tag Antenna for Bio-Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress In Electromagnetics Research B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 67, pp.31 - 44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1717,64 +1717,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broadband UHF RFID Tag Antenna for Bio-Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress In Electromagnetics Research B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 67, pp.31 - 44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1793,733 +1793,733 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02482414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and implementation of UWB CMOS LC filters LNA for carrier less impulse radio receivers</w:t>
+                <w:t xml:space="preserve">An RFID Tag Antenna Tolerant to Mounting on Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Battista</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">T. Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10470-009-9401-z⟩</w:t>
+              <w:t xml:space="preserve">IEEE Antennas and Propagation Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 52 (4), pp.14-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MAP.2010.5638229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01856776v1</w:t>
+                <w:t xml:space="preserve">hal-02483152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slot tag antenna for high Q RFID chip</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Deleruyelle</w:t>
+                <w:t xml:space="preserve">Multistandard UHF and UWB tag antenna for RFID and positioning applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Pannier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Bergeret</w:t>
+                <w:t xml:space="preserve">Emmanuel Bergeret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 52 (11), pp.2493-2495. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mop.25531⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 52 (7), pp.1597-1599. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mop.25285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02483096v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02483102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multistandard UHF and UWB tag antenna for RFID and positioning applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Slot tag antenna for high Q RFID chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bergeret</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bergeret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 52 (7), pp.1597-1599. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mop.25285⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 52 (11), pp.2493-2495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mop.25531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02483102v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02483096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An RFID Tag Antenna Tolerant to Mounting on Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Deleruyelle</w:t>
+                <w:t xml:space="preserve">Low-cost surface-reduction technique for RFID reader antennas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Egels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Pannier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Bergeret</w:t>
+                <w:t xml:space="preserve">Emmanuel Bergeret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Antennas and Propagation Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MAP.2010.5638229⟩</w:t>
+              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 52 (7), pp.1469-1471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mop.25241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02483152v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02482434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-cost surface-reduction technique for RFID reader antennas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Design and implementation of UWB CMOS LC filters LNA for carrier less impulse radio receivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Battista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Fanei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 52 (7), pp.1469-1471. </w:t>
+              <w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 65 (3), pp.379 - 388. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mop.25241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10470-009-9401-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02482434v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01856776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 52-GHz 8.5-dB Traveling-Wave Amplifier in 0.13-$\mu$m Standard CMOS Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bourdel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2618,51 +2618,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Battista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 43 (25), pp.1425. </w:t>
@@ -2713,64 +2713,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design method for broadband CMOS RF LNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bourdel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2817,51 +2817,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of an optically frequency or phase-controlled oscillator for hybrid fiber-radio LAN at 5.2 GHz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Delacressonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2978,90 +2978,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Gain Flexible Transparent Screen-Printed Quasi-Yagi Antenna for V-Band Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Venouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Hannachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Benwadih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3106,608 +3106,608 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05095618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millimeter-wave Cost-effective Screen-printed Log Periodic Antenna</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Réflectométrie six-port pour l’identification du coefficient de réflexion en bande millimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaouki Hannachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serioja Ovidiu Tatu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE International Symposium on Antennas and Propagation and INC/USNC‐URSI Radio Science Meeting (AP-S/INC-USNC-URSI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">23ème édition des Journées Nationales Microondes (JNM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Nice, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04730182v1</w:t>
+                <w:t xml:space="preserve">hal-05005849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflectométrie six-port pour l’identification du coefficient de réflexion en bande millimétrique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Millimeter-wave Cost-effective Screen-printed Log Periodic Antenna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Venouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hannachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benwadih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème édition des Journées Nationales Microondes (JNM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 IEEE International Symposium on Antennas and Propagation and INC/USNC‐URSI Radio Science Meeting (AP-S/INC-USNC-URSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Firenze, France. pp.657-658, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AP-S/INC-USNC-URSI52054.2024.10686268⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05005849v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planar Quasi Log Periodic Dipole Antenna for Millimeter Wave 5G Band</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bi-Band Quasi Yagi-Uda Antenna for Worldwide 5G Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Egels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Venouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pannier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 17th European Conference on Antennas and Propagation (EuCAP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EuCAP57121.2023.10133715⟩</w:t>
+              <w:t xml:space="preserve">2023 Photonics &amp; Electromagnetics Research Symposium (PIERS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Prague, Czech Republic. pp.1338-1342, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PIERS59004.2023.10221233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04441798v1</w:t>
+                <w:t xml:space="preserve">hal-04287743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bi-Band Quasi Yagi-Uda Antenna for Worldwide 5G Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Planar Quasi Log Periodic Dipole Antenna for Millimeter Wave 5G Band</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Venouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benwadih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Serbutoviez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 Photonics &amp; Electromagnetics Research Symposium (PIERS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Prague, Czech Republic. pp.1338-1342, </w:t>
+              <w:t xml:space="preserve">2023 17th European Conference on Antennas and Propagation (EuCAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Florence, Italy. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PIERS59004.2023.10221233⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/EuCAP57121.2023.10133715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287743v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04441798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planar Quasi Log Periodic Dipole Antenna for Millimeter Wave 5G Band</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Venouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Benwadih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Serbutoviez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 17th European Conference on Antennas and Propagation (EuCAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Florence, France. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/EuCAP57121.2023.10133715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04441744v1</w:t>
@@ -3731,51 +3731,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cave of the Adaouste (France, Provence): a major regional roosting for the populations of Mediterranean bats. Study for a concerted management of the site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zappelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Core</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3852,64 +3852,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a Resistant Circularly Polarized Tag Antenna with high performances in the EU UHF RFID band</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koddor Jebbawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 14th European Conference on Antennas and Propagation (EuCAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Copenhagen, Denmark. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3937,507 +3937,507 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02899599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Standard Reader Antenna for Active and Passive RFID Applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Conception d’une étiquette sans contact Ultra-Large Bande impulsionnelle télé-alimentée en RFID UHF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Vauche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dehaese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque sur les Objets et systèmes Connectés 2019 (COC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Casablanca, Maroc</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02498514v1</w:t>
+                <w:t xml:space="preserve">hal-02298783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d’une étiquette sans contact Ultra-Large Bande impulsionnelle télé-alimentée en RFID UHF</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Antennas Design for the Characterization of an UHF Remotely Powered UWB Pulse Generator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Dehaese</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R. Vauche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque sur les Objets et systèmes Connectés 2019 (COC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Rome, Italy. pp.1142-1148, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PIERS-Spring46901.2019.9017524⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02298783v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02498524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antennas Design for the Characterization of an UHF Remotely Powered UWB Pulse Generator</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Design Method for Bi-band Circularly Polarized Antenna. Application to GNSS Antenna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">E. Bergeret</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Rome, Italy. pp.1142-1148, </w:t>
+              <w:t xml:space="preserve">, Jun 2019, Rome, Italy. pp.4121-4126, </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PIERS-Spring46901.2019.9017524⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PIERS-Spring46901.2019.9017779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02498524v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02498531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Method for Bi-band Circularly Polarized Antenna. Application to GNSS Antenna</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Multi-Standard Reader Antenna for Active and Passive RFID Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khodor Jebbawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Pannier</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 PhotonIcs &amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Rome, Italy. pp.4121-4126, </w:t>
+              <w:t xml:space="preserve">, Jun 2019, Rome, Italy. pp.3588-3593, </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PIERS-Spring46901.2019.9017779⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PIERS-Spring46901.2019.9017859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02498531v1</w:t>
+                <w:t xml:space="preserve">hal-02498514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wire-bonds used as matching inductor in RF energy harvesting applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Michelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Di Giacomo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4478,581 +4478,581 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02483214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full-printed inductors on flexible plastic foils for electromagnetic energy harvesting: Fabrication, characterization, modeling</w:t>
+                <w:t xml:space="preserve">A resistant textile tag antenna for RFID UHF frequency band</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evangéline Bènevent</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Rita Saba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juvenal Alarcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 42nd European Microwave Conference (EuMC 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Amsterdam, Netherlands. </w:t>
+              <w:t xml:space="preserve">2012 IEEE International Conference on RFID-Technologies and Applications (RFID-TA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Nice, France. pp.203-207, </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/EuMC.2012.6459340⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/RFID-TA.2012.6404513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01698645v1</w:t>
+                <w:t xml:space="preserve">hal-02482459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A flexible UHF RFID tag for harsh environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">A low cost UHF RFID dipole antenna for metallic environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvenal Alarcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE International Conference on RFID-Technologies and Applications (RFID-TA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2012, Nice, France. pp.267-270, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/RFID-TA.2012.6404527⟩</w:t>
+              <w:t xml:space="preserve">, Nov 2012, Nice, France. pp.122-125, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RFID-TA.2012.6404495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02483251v1</w:t>
+                <w:t xml:space="preserve">hal-02483262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A low cost UHF RFID dipole antenna for metallic environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">A flexible UHF RFID tag for harsh environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvenal Alarcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Saba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE International Conference on RFID-Technologies and Applications (RFID-TA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2012, Nice, France. pp.122-125, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/RFID-TA.2012.6404495⟩</w:t>
+              <w:t xml:space="preserve">, Nov 2012, Nice, France. pp.267-270, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RFID-TA.2012.6404527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02483262v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02483251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A resistant textile tag antenna for RFID UHF frequency band</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Full-printed inductors on flexible plastic foils for electromagnetic energy harvesting: Fabrication, characterization, modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangéline Bènevent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Aliane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 IEEE International Conference on RFID-Technologies and Applications (RFID-TA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Nice, France. pp.203-207, </w:t>
+              <w:t xml:space="preserve">2012 42nd European Microwave Conference (EuMC 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Amsterdam, Netherlands. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RFID-TA.2012.6404513⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/EuMC.2012.6459340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02482459v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01698645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A size reduction technique for Artificial Magnetic Conductors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvenal Alarcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propagation Conference (LAPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Loughborough, United Kingdom. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5086,77 +5086,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A low profile circularly polarized antenna for UHF RFID readers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvenal Alarcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2011 IEEE International Conference on RFID-Technologies and Applications (RFID-TA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Sitges, Spain. pp.469-472, </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5190,90 +5190,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A NEW SPIRAL ANTENNA FOR PASSIVE UHF RFID TAG ON DIFFERENT SUBSTRATES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvenal Alarcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourth European Conference on Antennas and Propagation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, barcolona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5298,103 +5298,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-standard UHF and UWB antennas for RFID applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Alarcón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bergeret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourth European Conference on Antennas and Propagation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5419,90 +5419,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual band mono-chip HF-UHF tag antenna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bergeret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2010 IEEE International Symposium Antennas and Propagation and CNC-USNC/URSI Radio Science Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Toronto, Canada. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5536,90 +5536,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A NEW SPIRAL ANTENNA FOR PASSIVE UHF RFID TAG ON DIFFERENT SUBSTRATES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juvenal Alarcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UECAP 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5644,77 +5644,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide line for standard CMOS Traveling Wave Amplifier Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2005 International Conference on Microelectronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2007, Islamabad, Pakistan. pp.19-23, </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5748,77 +5748,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High frequency LNA design in Standard CMOS process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 4th International IEEE-NEWCAS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Gatineau, Canada. pp.5-8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5884,51 +5884,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONTRIBUTION A L’ETUDE DES AMPLIFICATEURS FAIBLE BRUIT HAUTE FREQUENCE EN TECHNOLOGIE CMOS STANDARD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Electromagnétisme. Université de provence - Aix-Marseille I, 2006. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5987,51 +5987,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et caractérisation de systèmes antennaires pour systèmes RFID et objets télé-alimentés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Electronique. Aix Marseille Universitè, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6139,51 +6139,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="368248E2"/>
+    <w:nsid w:val="496DD1FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6287,51 +6287,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="E26FCFAA"/>
+    <w:nsid w:val="75D68E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6521,51 +6521,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-egels" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8311-012X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104674v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Venouil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egels" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pannier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benwadih" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Serbutoviez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/j8020020" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167854v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouki Hannachi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics14142850" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549328v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serioja Ovidiu Tatu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24082486" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419130v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.33812" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866098v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khodor Jebbawi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482428v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.32191" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527749v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ben Abdallah" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bergeret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Benzaim" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pannier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.31322" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485664v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485577v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482425v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essia Ben Abdallah" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bergeret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Benzaim" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.31573" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435107v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Leclerc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER15121803" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485567v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marques" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482414v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856776v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Battista" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaubert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Fanei" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bachelet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-009-9401-z" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AAFDC8E79A4CF4FCC0AC2FA3A7AA56BB912C2F42/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483096v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deleruyelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.25531" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X2G75SW4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483102v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Deleruyelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.25285" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6X4Z15ZC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483152v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MAP.2010.5638229" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482434v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.25241" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LXRKBK7T-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483159v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2008.920169" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483165v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bachelet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Battista" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20072616" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483167v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20050171" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547587v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delacressonni&#232;re" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasseer Sahabun" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecoy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.20737" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5M00FJS8-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095618v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Venouil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hannachi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benwadih" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP63536.2025.11000081" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730182v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AP-S/INC-USNC-URSI52054.2024.10686268" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005849v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441798v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Serbutoviez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP57121.2023.10133715" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287743v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIERS59004.2023.10221233" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441744v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070962v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zappelli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Core" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Martin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombo Rapha&#235;l" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899599v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koddor Jebbawi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP48036.2020.9135822" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498514v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIERS-Spring46901.2019.9017859" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298783v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Vauche" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dehaese" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498524v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vauche" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIERS-Spring46901.2019.9017524" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498531v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIERS-Spring46901.2019.9017779" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483214v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Michelon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Di Giacomo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872741" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698645v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evang&#233;line B&#232;nevent" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Aliane" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2012.6459340" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483251v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juvenal Alarcon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Saba" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA.2012.6404527" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483262v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA.2012.6404495" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482459v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA.2012.6404513" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483273v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAPC.2011.6114144" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482467v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA.2011.6068680" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485746v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485690v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alarc&#243;n" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483360v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS.2010.5562257" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485675v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483347v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2005.1590029" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485660v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2006.250957" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02482390v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02497467v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-egels" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8311-012X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167854v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egels" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Venouil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouki Hannachi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pannier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benwadih" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics14142850" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104674v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Serbutoviez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/j8020020" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549328v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serioja Ovidiu Tatu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24082486" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419130v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.33812" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866098v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khodor Jebbawi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482428v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.32191" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485577v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485664v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482425v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essia Ben Abdallah" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bergeret" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Benzaim" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.31573" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527749v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ben Abdallah" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bergeret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Benzaim" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pannier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.31322" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435107v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Leclerc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER15121803" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485567v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marques" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482414v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483152v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deleruyelle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MAP.2010.5638229" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483102v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Deleruyelle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.25285" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6X4Z15ZC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483096v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.25531" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X2G75SW4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482434v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.25241" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LXRKBK7T-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856776v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Battista" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaubert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Fanei" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bachelet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-009-9401-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AAFDC8E79A4CF4FCC0AC2FA3A7AA56BB912C2F42/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483159v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2008.920169" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483165v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bachelet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Battista" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20072616" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483167v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20050171" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547587v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delacressonni&#232;re" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasseer Sahabun" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecoy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.20737" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5M00FJS8-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095618v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Venouil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hannachi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benwadih" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP63536.2025.11000081" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005849v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730182v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AP-S/INC-USNC-URSI52054.2024.10686268" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287743v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIERS59004.2023.10221233" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441798v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Serbutoviez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP57121.2023.10133715" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441744v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070962v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zappelli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Core" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Martin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombo Rapha&#235;l" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899599v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koddor Jebbawi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP48036.2020.9135822" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298783v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Vauche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dehaese" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498524v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vauche" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIERS-Spring46901.2019.9017524" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498531v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIERS-Spring46901.2019.9017779" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498514v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIERS-Spring46901.2019.9017859" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483214v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Michelon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Di Giacomo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872741" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482459v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Saba" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juvenal Alarcon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA.2012.6404513" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483262v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA.2012.6404495" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483251v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA.2012.6404527" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698645v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evang&#233;line B&#232;nevent" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Aliane" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2012.6459340" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483273v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAPC.2011.6114144" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482467v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA.2011.6068680" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485746v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485690v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alarc&#243;n" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483360v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS.2010.5562257" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485675v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483347v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2005.1590029" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485660v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2006.250957" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02482390v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02497467v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>