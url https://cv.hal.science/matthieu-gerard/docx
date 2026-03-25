--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -640,308 +640,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02182306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nut Directs p300-Dependent, Genome-Wide H4 Hyperacetylation in Male Germ Cells</w:t>
+                <w:t xml:space="preserve">pHYPER, a shRNA Vector for High-Efficiency RNA Interference in Embryonic Stem Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hitoshi Shiota</w:t>
+                <w:t xml:space="preserve">Soizik Berlivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Barral</w:t>
+                <w:t xml:space="preserve">Virginie Guiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Buchou</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martin Houlard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2018.08.069⟩</w:t>
+              <w:t xml:space="preserve">Biotechniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 42 (6), pp.738-743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2144/000112454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01887337v1</w:t>
+                <w:t xml:space="preserve">cea-04847960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pHYPER, a shRNA Vector for High-Efficiency RNA Interference in Embryonic Stem Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nut Directs p300-Dependent, Genome-Wide H4 Hyperacetylation in Male Germ Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hitoshi Shiota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soizik Berlivet</w:t>
+                <w:t xml:space="preserve">Thierry Buchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Guiraud</w:t>
+                <w:t xml:space="preserve">Minjia Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Houlard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yohann Couté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 42 (6), pp.738-743. </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (13), pp.3477 - 3487.e6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2144/000112454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2018.08.069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04847960v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histone Variant H2A.L.2 Guides Transition Protein-Dependent Protamine Assembly in Male Germ Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuichi Morozumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1191,51 +1191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuichi Morozumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Boussouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minjia Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apirat Chaikuad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1351,51 +1351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Buchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genes and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 27 (15), pp.1680-1692. </w:t>
@@ -1561,307 +1561,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capucin does not modify the toxicity of a mutant Huntingtin fragment in vivo</w:t>
+                <w:t xml:space="preserve">Bromodomain-dependent stage-specific male genome programming by Brdt: Brdt: a master regulator of spermatogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Galvan</w:t>
+                <w:t xml:space="preserve">Jonathan Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Boussouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Montellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nad'A Lepejová</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Martine Guillermier</w:t>
+                <w:t xml:space="preserve">Sandrine Curtet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Buchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2012.01.009⟩</w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 31 (19), pp.3809 - 3820. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/emboj.2012.233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02459764v1</w:t>
+                <w:t xml:space="preserve">hal-03388049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bromodomain-dependent stage-specific male genome programming by Brdt: Brdt: a master regulator of spermatogenesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Capucin does not modify the toxicity of a mutant Huntingtin fragment in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Galvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nad'A Lepejová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Malgorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Gaucher</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Thierry Buchou</w:t>
+                <w:t xml:space="preserve">Martine Guillermier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 33 (8), pp.1845.e5-1845.e6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2012.01.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/emboj.2012.233⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03388049v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulfiredoxin Protects Mice from Lipopolysaccharide-Induced Endotoxic Shock</w:t>
               </w:r>
@@ -2115,64 +2115,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CAF-1 is essential for heterochromatin organization in pluripotent embryonic cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Houlard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soizik Berlivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline V Probst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2281,51 +2281,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Depletion of Essential Gene Products for Loss-of-Function Studies in Embryonic Stem Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soizik Berlivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hmitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2571,51 +2571,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639693v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Nocente" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anida Mesihovic Karamitsos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Drouineau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Soleil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waad Albawardi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-024-01344-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852700v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Fontaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Papin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Le Gras" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Abi Nahed" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac541" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294233v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Suissa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Flachon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Guigonis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Vivien Olivieri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Burel-Vandenbos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X19873662" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182306v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murli Mishra" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Jiang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedy A. Chawsheen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu G&#233;rard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel B. Toledano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2018.06.011" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01887337v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitoshi Shiota" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barral" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buchou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minjia Tan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.08.069" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04847960v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizik Berlivet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guiraud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Houlard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000112454" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191299v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichi Morozumi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Tanaka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Montellier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Govin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2017.02.025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412602v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud de Dieuleveult" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuangyu Yen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hmitou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Depaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Boussouar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature16505" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415782v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apirat Chaikuad" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahya Jamshidikia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmcb/mjv060" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01322388v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rousseaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Zhang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.220095.113" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349009v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Carri&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Graziani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alibert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yad Ghavi-Helm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr737" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459764v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Galvan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad'A Lepejov&#225;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaillard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Malgorn" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guillermier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2012.01.009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-74PJDBZQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03388049v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaucher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Curtet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2012.233" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941029v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Planson" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Palais" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Abbas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gerard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhdavanh Couvelard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ars.2010.3552" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091640v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duquet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Polesskaya" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cuvellier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Ait-Si-Ali" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#233;ry" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400820" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00161340v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline V Probst" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Quivy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0020181" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187773v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Picaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7108-4_7" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639693v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Nocente" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anida Mesihovic Karamitsos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Drouineau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Soleil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waad Albawardi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-024-01344-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852700v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Fontaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Papin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Le Gras" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Abi Nahed" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac541" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294233v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Suissa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Flachon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Guigonis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Vivien Olivieri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Burel-Vandenbos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X19873662" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182306v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murli Mishra" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Jiang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedy A. Chawsheen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu G&#233;rard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel B. Toledano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2018.06.011" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04847960v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizik Berlivet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guiraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Houlard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000112454" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01887337v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitoshi Shiota" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barral" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buchou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minjia Tan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cout&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.08.069" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191299v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichi Morozumi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Tanaka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Montellier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Govin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2017.02.025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412602v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud de Dieuleveult" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuangyu Yen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hmitou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Depaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Boussouar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature16505" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415782v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apirat Chaikuad" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahya Jamshidikia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmcb/mjv060" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01322388v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rousseaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Zhang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.220095.113" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349009v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Carri&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Graziani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alibert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yad Ghavi-Helm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr737" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03388049v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaucher" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Curtet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2012.233" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459764v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Galvan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad'A Lepejov&#225;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaillard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Malgorn" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guillermier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2012.01.009" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-74PJDBZQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941029v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Planson" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Palais" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Abbas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gerard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhdavanh Couvelard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ars.2010.3552" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091640v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duquet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Polesskaya" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cuvellier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Ait-Si-Ali" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#233;ry" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400820" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00161340v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline V Probst" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Quivy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0020181" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187773v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Picaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7108-4_7" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>