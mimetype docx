--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -106,429 +106,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of real contact area under shear and the value of static friction of soft materials</w:t>
+                <w:t xml:space="preserve">Design of an environment controlled dew tracking setup to emphasize the role of the relative humidity on breath figures dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Sahli</w:t>
+                <w:t xml:space="preserve">Nicolas Pionnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Pallares</w:t>
+                <w:t xml:space="preserve">Solmaz Boroomandi Barati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ducottet</w:t>
+                <w:t xml:space="preserve">Elise Contraires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Ben Ali</w:t>
+                <w:t xml:space="preserve">Rémi Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Al Akhrass</w:t>
+                <w:t xml:space="preserve">Matthieu Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 115 (3), pp.471-476. </w:t>
+              <w:t xml:space="preserve">EPJ Techniques and Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1706434115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjti/s40485-018-0043-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02010379v1</w:t>
+                <w:t xml:space="preserve">hal-01737197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an environment controlled dew tracking setup to emphasize the role of the relative humidity on breath figures dynamics</w:t>
+                <w:t xml:space="preserve">A new test method to simulate low-severity wear conditions experienced by rubber tire materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Pionnier</w:t>
+                <w:t xml:space="preserve">M. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solmaz Boroomandi Barati</w:t>
+                <w:t xml:space="preserve">M. Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Contraires</w:t>
+                <w:t xml:space="preserve">Jean Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Berger</w:t>
+                <w:t xml:space="preserve">C. Fayolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Guibert</w:t>
+                <w:t xml:space="preserve">T. Chaussée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Techniques and Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.5. </w:t>
+              <w:t xml:space="preserve">Wear</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 410-411, pp.72-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjti/s40485-018-0043-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.wear.2018.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01737197v1</w:t>
+                <w:t xml:space="preserve">hal-02389813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new test method to simulate low-severity wear conditions experienced by rubber tire materials</w:t>
+                <w:t xml:space="preserve">Evolution of real contact area under shear and the value of static friction of soft materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Huang</w:t>
+                <w:t xml:space="preserve">R. Sahli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Guibert</w:t>
+                <w:t xml:space="preserve">G. Pallares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Thevenet</w:t>
+                <w:t xml:space="preserve">C. Ducottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Fayolle</w:t>
+                <w:t xml:space="preserve">I. Ben Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Chaussée</w:t>
+                <w:t xml:space="preserve">S. Al Akhrass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wear</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 410-411, pp.72-82. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (3), pp.471-476. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.wear.2018.06.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1706434115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02389813v1</w:t>
+                <w:t xml:space="preserve">hal-02010379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wear rate control of peek surfaces modified by femtosecond laser</w:t>
               </w:r>
@@ -566,51 +566,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Beaugiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 357, pp.1541. </w:t>
@@ -942,338 +942,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04757643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HARMONI ELT instrument : Integral Field Unit cryogenic engineering models results</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Magali Loupias</w:t>
+                <w:t xml:space="preserve">HARMONI at ELT: overview of the capabilities and expected performance of the ELT's first light, adaptive optics assisted integral field spectrograph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niranjan Thatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dave Melotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Jeanneau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alban Remillieux</w:t>
+                <w:t xml:space="preserve">Benoit Neichel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Le Mignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Bryson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation V</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2629829⟩</w:t>
+              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Ground-based and Airborne Instrumentation for Astronomy IX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2628834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04798326v1</w:t>
+                <w:t xml:space="preserve">hal-03796292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HARMONI at ELT: overview of the capabilities and expected performance of the ELT's first light, adaptive optics assisted integral field spectrograph</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Le Mignant</w:t>
+                <w:t xml:space="preserve">HARMONI ELT instrument : Integral Field Unit cryogenic engineering models results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Migniau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Loupias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian Bryson</w:t>
+                <w:t xml:space="preserve">Alexandre Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Remillieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation, Ground-based and Airborne Instrumentation for Astronomy IX</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. </w:t>
+              <w:t xml:space="preserve">Advances in Optical and Mechanical Technologies for Telescopes and Instrumentation V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.50, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2628834⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2629829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03796292v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04798326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HARMONI: first light spectroscopy for the ELT: instrument final design and quantitative performance predictions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niranjan Thatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Bryson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fraser Clarke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1376,51 +1376,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Scheibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1501,51 +1501,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Scheibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1600,77 +1600,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement de gouttes dynamiques sur surfaces polymères texturées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Contraires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Solignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1725,90 +1725,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diminution de l'impact de la buée sur les propriétés optiques de surfaces transparentes par texturation de surface (S14)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pionnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Contraires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Benayoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1902,51 +1902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Perret Liaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
@@ -2186,51 +2186,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DEVICE FOR MEASURING RUBBER WEAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Sotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2460,51 +2460,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010379v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sahli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pallares" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ducottet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ben Ali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Al Akhrass" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1706434115" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737197v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pionnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Boroomandi Barati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Contraires" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Berger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guibert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjti/s40485-018-0043-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389813v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guibert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thevenet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fayolle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chauss&#233;e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2018.06.004" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414950v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Hammouti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Pascale-Hamri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faure" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaugiraud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.09.204" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785471v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Loupias" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Richard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Remillieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Migniau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laurent" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019704" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757643v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niranjan Thatte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave Melotte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Neichel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Mignant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Rees" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3018520" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798326v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jeanneau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629829" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796292v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Neichel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Bryson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2628834" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224974v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fraser Clarke" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Ferraro-Wood" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fusco" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562144" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390067v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gr&#233;goire" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Scheibert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Collet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laulagnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390028v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444794v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Solignac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Benayoun" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446084v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811118v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Rusanov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mazuyer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret Liaudet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371881v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389941v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sotta" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Loubet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thevenet Jean" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vanel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737197v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pionnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Boroomandi Barati" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Contraires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Berger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guibert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjti/s40485-018-0043-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389813v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guibert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thevenet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fayolle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chauss&#233;e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2018.06.004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010379v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sahli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pallares" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ducottet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ben Ali" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Al Akhrass" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1706434115" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414950v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Hammouti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Pascale-Hamri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faure" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beaugiraud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.09.204" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785471v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Loupias" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Richard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Remillieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Migniau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Laurent" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019704" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757643v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niranjan Thatte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave Melotte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Neichel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Mignant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Rees" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3018520" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796292v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Neichel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Bryson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2628834" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798326v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jeanneau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629829" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224974v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fraser Clarke" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Ferraro-Wood" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fusco" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562144" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390067v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gr&#233;goire" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Scheibert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Collet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laulagnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390028v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444794v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Solignac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Benayoun" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446084v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811118v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Rusanov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mazuyer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret Liaudet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371881v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389941v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sotta" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Loubet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thevenet Jean" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vanel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>