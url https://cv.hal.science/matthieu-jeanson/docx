--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -133,295 +133,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nest Exposure to Marine Flooding and Impacts on Green Turtle (Chelonia Mydas) Embryos Under Rapid Sea Level Rise: The Role of Beach Geomorphology and Hydrodynamics</w:t>
+                <w:t xml:space="preserve">Environmental preferences of green sea turtles (Chelonia mydas) for egg-laying on a fringing reef pocket beach, Mayotte Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Morisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Aubry</w:t>
+                <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Le Gall</w:t>
+                <w:t xml:space="preserve">Yann Mercky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Delvenne</w:t>
+                <w:t xml:space="preserve">Charles Le Bozec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Environmental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2025.107444⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2025.1506101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05116312v1</w:t>
+                <w:t xml:space="preserve">hal-05312664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental preferences of green sea turtles (Chelonia mydas) for egg-laying on a fringing reef pocket beach, Mayotte Island</w:t>
+                <w:t xml:space="preserve">Nest Exposure to Marine Flooding and Impacts on Green Turtle (Chelonia Mydas) Embryos Under Rapid Sea Level Rise: The Role of Beach Geomorphology and Hydrodynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Morisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Charroux</w:t>
+                <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Mercky</w:t>
+                <w:t xml:space="preserve">Lucas Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Le Bozec</w:t>
+                <w:t xml:space="preserve">Cyrielle Delvenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12, </w:t>
+              <w:t xml:space="preserve">Marine Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2025.1506101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2025.107444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05312664v1</w:t>
+                <w:t xml:space="preserve">hal-05116312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wave Friction Factor and Roughness Definition in Multi‐Scale Coral Barrier Reef</w:t>
               </w:r>
@@ -484,51 +484,51 @@
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 130 (12), </w:t>
+              <w:t xml:space="preserve">, 2025, 130 (12), pp.e2025JC023146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2025JC023146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -675,51 +675,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal Morphodynamics of Fringing Reef Pocket Beaches and Responses to Rapid Vertical Tectonic Movements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1188,408 +1188,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04060924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Ecological Knowledge on Mangroves in Mayotte Island (Indian Ocean) and Influencing Factors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Esméralda Longépée</w:t>
+                <w:t xml:space="preserve">Detecting the effects of rapid tectonically induced subsidence on Mayotte Island since 2018 on beach and reef morphology, and implications for coastal vulnerability to marine flooding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anliati Ahmed Abdallah</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Golléty</w:t>
+                <w:t xml:space="preserve">Edward Anthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Charroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forests</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/f12010053⟩</w:t>
+              <w:t xml:space="preserve">Geo-Marine Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (4), pp.51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00367-021-00725-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03162787v1</w:t>
+                <w:t xml:space="preserve">hal-04747097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting the effects of rapid tectonically induced subsidence on Mayotte Island since 2018 on beach and reef morphology, and implications for coastal vulnerability to marine flooding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jeanson</w:t>
+                <w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Gairin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tehani Maueau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edward Anthony</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yoann Roncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geo-Marine Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 41 (4), pp.51. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (22), pp.4692. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00367-021-00725-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs13224692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04747097v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dorothée James</w:t>
+                <w:t xml:space="preserve">Local Ecological Knowledge on Mangroves in Mayotte Island (Indian Ocean) and Influencing Factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esméralda Longépée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tehani Maueau</w:t>
+                <w:t xml:space="preserve">Anliati Ahmed Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Roncin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claire Golléty</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (22), pp.4692. </w:t>
+              <w:t xml:space="preserve">Forests</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs13224692⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/f12010053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03762844v1</w:t>
+                <w:t xml:space="preserve">hal-03162787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping nature-based marine flooding risk using VHR wave, airborne LiDAR and satellite imagery: the case study of the Dol Marsh (Bay of Mont-Saint-Michel, France)</w:t>
               </w:r>
@@ -2547,226 +2547,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01758965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A GIS-based coastal monitoring and surveillance observatory on tropical islands exposed to climate change and extreme events: the example of Mayotte Island, Indian Ocean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La gestion du risque cyclonique en Polynésie française et ses limites : Exemple du cyclone Oli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Canavesio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Edward J. Anthony</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Conservation: planning and management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 91 (3), p. 325-337</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02542830v1</w:t>
+                <w:t xml:space="preserve">hal-01232515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion du risque cyclonique en Polynésie française et ses limites : Exemple du cyclone Oli</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A GIS-based coastal monitoring and surveillance observatory on tropical islands exposed to climate change and extreme events: the example of Mayotte Island, Indian Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Samuel Etienne</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dolique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward J. Anthony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Coastal Conservation: planning and management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18 (5), pp.567-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11852-013-0286-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01232515v1</w:t>
+                <w:t xml:space="preserve">hal-02542830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mangrove Evolution in Mayotte Island, Indian Ocean: A 60-year Synopsis Based on Aerial Photographs</w:t>
               </w:r>
@@ -3025,51 +3025,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. J. Anthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dolique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 182, pp.190-209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3109,57 +3109,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00824539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration de la modélisation numérique de terrain sur un estran intertidal de la mer du nord par l'apport de la télédétection spatiale : the shoreline detection method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">AMÉLIORATION DE LA MODÉLISATION NUMÉRIQUE DE TERRAIN SUR UN ESTRAN INTERTIDAL DE LA MER DU NORD PAR L'APPORT DE LA TÉLÉDÉTECTION SPATIALE : &amp;quot;THE SHORELINE DETECTION METHOD&amp;quot;.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3193,81 +3193,81 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Teledetection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 11 (1), pp.251-262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00809044v1</w:t>
+                <w:t xml:space="preserve">halshs-01134046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AMÉLIORATION DE LA MODÉLISATION NUMÉRIQUE DE TERRAIN SUR UN ESTRAN INTERTIDAL DE LA MER DU NORD PAR L'APPORT DE LA TÉLÉDÉTECTION SPATIALE : &amp;quot;THE SHORELINE DETECTION METHOD&amp;quot;.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Amélioration de la modélisation numérique de terrain sur un estran intertidal de la mer du nord par l'apport de la télédétection spatiale : the shoreline detection method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3301,51 +3301,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Teledetection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 11 (1), pp.251-262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01134046v1</w:t>
+                <w:t xml:space="preserve">hal-00809044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un réseau de surveillance des littoraux face au changement climatique en milieu insulaire tropical : l’exemple de Mayotte</w:t>
               </w:r>
@@ -3435,51 +3435,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment textural variability and mud storage on a large accreting sand flat in a macrotidal, storm-wave setting: the North Sea coast of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandric Lesourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3722,51 +3722,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloise Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pezerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3968,51 +3968,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lafaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catry Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Golléty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4080,51 +4080,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lola Ormières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4227,64 +4227,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Morisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Charroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées REFMAR 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4361,51 +4361,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Elie Paute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solana Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4e colloque Groupe Tortues Marines France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MNHN, Nov 2022, La Grande Motte, France</w:t>
@@ -4473,51 +4473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dolique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward J. Anthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Geographical Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Cologne 32e congrès, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4600,51 +4600,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esméralda Longépée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anliati Ahmed Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward J. Anthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4693,269 +4693,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04815594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-term observation beach hydro-sedimentary dynamics of reef pocket: study case of Sakouli, Mayotte</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Charroux</w:t>
+                <w:t xml:space="preserve">An interdisciplinary approach to understanding the changing distribution of mangrove crabs affected by erosion in Mayotte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anliati Ahmed Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esméralda Longépée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gollety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WIOMSA, 12th scientific Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Port Elisabeth, South Africa</w:t>
+              <w:t xml:space="preserve">12th Scientific Symposium WIOMSA - Coasts, Ocean and People</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Port Elizabeth, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04035750v1</w:t>
+                <w:t xml:space="preserve">hal-03889136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An interdisciplinary approach to understanding the changing distribution of mangrove crabs affected by erosion in Mayotte</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Esméralda Longépée</w:t>
+                <w:t xml:space="preserve">Short-term observation beach hydro-sedimentary dynamics of reef pocket: study case of Sakouli, Mayotte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Gollety</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Morisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Mercky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Scientific Symposium WIOMSA - Coasts, Ocean and People</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Port Elizabeth, South Africa</w:t>
+              <w:t xml:space="preserve">WIOMSA, 12th scientific Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Port Elisabeth, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889136v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04035750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in mangrove surface area and morphodynamic implications in Mayotte Island, Indian Ocean</w:t>
               </w:r>
@@ -4980,51 +4980,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dolique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward J. Anthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Mangrove, Macrobenthos, and Managment Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5196,51 +5196,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Golléty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MMM5 5th International Mangrove, Macrobenthos, and Management Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Singapore, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5257,84 +5257,218 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Frictional Dissipation of Incident Waves Over a Spatially-Varying Rough Barrier Reef in Mayotte, Indian Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mila Geindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Sous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Floc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloise Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coastal Dynamics 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 41, Springer Nature Switzerland, pp.607-612, 2026, Coastal Research Library, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-15473-6_93⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Wave Attenuation Service by Intertidal Coastal Ecogeosystems in the Bay of Mont-Saint-Michel, France: Review and Meta-Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5359,70 +5493,70 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estuaries and Coastal Zones in Times of Global Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.555-572, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-15-2081-5_32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03134051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5432,51 +5566,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maore fishermen's social representations on the evolutions of the coastline and climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Banos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5485,120 +5619,120 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Becu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] CUFR de Mayotte. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03634770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les services écosystémiques de protection des dépôts sédimentaires en baie du Mont-Saint-Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5624,51 +5758,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Conseil Général d’Ille-et-Vilaine. 2015, 75 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01247712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5678,114 +5812,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphodynamique du littoral de Mayotte - Des processus au réseau de surveillance.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Océan, Atmosphère. Université du Littoral Côte d'Opale, 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00449987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId147"/>
+      <w:footerReference w:type="default" r:id="rId151"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5932,51 +6066,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116312v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gall" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107444" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312664v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mercky" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Bozec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1506101" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432165v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Geindre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sous" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Michaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Floc'H" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JC023146" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528710v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miki Mori" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esm&#233;ralda Long&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09636625241235375" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399155v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-23-00021.1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611803v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Giraud-Renard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gairin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-21-00161.1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03821000v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courteille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2022.102537" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060924v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01977-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162787v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anliati Ahmed Abdallah" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goll&#233;ty" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f12010053" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747097v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Anthony" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-021-00725-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03762844v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehani Maueau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roncin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13224692" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946351v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mury" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gloria" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-145.1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407742v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouncef Sedrati" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Charpentier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-013.1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172209v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7040097" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542853v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Anthony" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.20531" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747120v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Bertier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/si75-117.1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360587v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-080.1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429011v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-115.1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758965v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-117.1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542830v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-013-0286-8" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01232515v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Canavesio" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542840v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cremades" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13157-014-0512-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542837v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/si70-030.1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824539v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Anthony" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dolique" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2012.11.013" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZC5RVQX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809044v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandric Lesourd" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01134046v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542801v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.10512" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156341v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubuisson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481689v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Besson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924854v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Michaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pezerat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924853v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Martins" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304868v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mollies" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lafaye" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catry Thibault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673765v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Ormi&#232;res" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.014" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854729v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467711v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Elie Paute" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solana Viel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310726v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815594v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Brosse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04035750v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889136v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gollety" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803884v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134739v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doroth&#233;e" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898857v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle de Souza" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134051v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-2081-5_32" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634770v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charpentier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247712v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00449987v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312664v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mercky" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Bozec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1506101" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116312v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gall" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107444" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432165v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Geindre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sous" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Michaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Floc'H" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JC023146" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528710v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miki Mori" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esm&#233;ralda Long&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09636625241235375" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399155v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-23-00021.1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611803v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Giraud-Renard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gairin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-21-00161.1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03821000v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courteille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2022.102537" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060924v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01977-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747097v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Anthony" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-021-00725-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03762844v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehani Maueau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roncin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13224692" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162787v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anliati Ahmed Abdallah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goll&#233;ty" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f12010053" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946351v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mury" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gloria" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-145.1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407742v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouncef Sedrati" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Charpentier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-013.1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172209v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7040097" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542853v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Anthony" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.20531" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747120v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Bertier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/si75-117.1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360587v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-080.1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429011v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-115.1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758965v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-117.1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01232515v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Canavesio" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542830v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-013-0286-8" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542840v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cremades" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13157-014-0512-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542837v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/si70-030.1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824539v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Anthony" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dolique" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2012.11.013" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZC5RVQX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01134046v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandric Lesourd" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809044v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542801v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.10512" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156341v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubuisson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481689v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Besson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924854v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Michaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pezerat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924853v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Martins" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304868v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mollies" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lafaye" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catry Thibault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673765v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Ormi&#232;res" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.014" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854729v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467711v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Elie Paute" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solana Viel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310726v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815594v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Brosse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889136v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gollety" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04035750v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803884v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134739v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doroth&#233;e" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898857v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle de Souza" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546339v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Floc&#8217;h" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Martin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-15473-6_93" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134051v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-2081-5_32" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634770v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charpentier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247712v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00449987v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>