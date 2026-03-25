--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -350,355 +350,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04693592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OSIRIS: Orthogonal Sigma for Internal Resources Implementation towards Synthesis</w:t>
+                <w:t xml:space="preserve">First step towards whole genome cloning of Bacillus subtilis in yeast by CReasPy-Fusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Morin</w:t>
+                <w:t xml:space="preserve">Barret Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya Long</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geraldine Gourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Sirand-Pugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bacell 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Kobe, Japan</w:t>
+              <w:t xml:space="preserve">CRISPR conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Würzburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04269820v1</w:t>
+                <w:t xml:space="preserve">hal-04693946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Responsible Research and Innovation Exploration of the transcriptional landscapes of culturable and nonculturable bacteria using in vitro transcription emulators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">OSIRIS: Orthogonal Sigma for Internal Resources Implementation towards Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Borkowski</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioSynSys 2023: Symposium on Synthetic and Systems Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Bacell 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Kobe, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04279297v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04269820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First step towards whole genome cloning of Bacillus subtilis in yeast by CReasPy-Fusion</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Responsible Research and Innovation Exploration of the transcriptional landscapes of culturable and nonculturable bacteria using in vitro transcription emulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geraldine Gourgues</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Borkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jules</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CRISPR conference 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Würzburg, Germany</w:t>
+              <w:t xml:space="preserve">BioSynSys 2023: Symposium on Synthetic and Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04693946v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction and directed evolution of Bacillus subtilis synthetic consortia</w:t>
               </w:r>
@@ -710,51 +710,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -786,260 +786,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04291770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Greedy reduction of Bacillus subtilis genome yields emergent phenotypes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Mismatch repair in Bacillus subtilis compensates for the correction bias of PolC exonuclease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ira Tanneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kosei Tanaka</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Chubukov</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BACELL2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Kobe, Japan. </w:t>
+              <w:t xml:space="preserve">Society for Molecular Biology and Evolution ( SMBE ) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Ferrara, Italy. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04316425v1</w:t>
+                <w:t xml:space="preserve">hal-04163622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mismatch repair in Bacillus subtilis compensates for the correction bias of PolC exonuclease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Greedy reduction of Bacillus subtilis genome yields emergent phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dervyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kosei Tanaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ira Tanneur</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jules</w:t>
+                <w:t xml:space="preserve">Victor Chubukov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Nicolas</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cyprien Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society for Molecular Biology and Evolution ( SMBE ) 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Ferrara, Italy. 2023</w:t>
+              <w:t xml:space="preserve">BACELL2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Kobe, Japan. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163622v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering of synthetic microbial consortia of Bacillus subtilis for lignocellulose degradation</w:t>
               </w:r>
@@ -1051,51 +1051,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1159,51 +1159,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1267,51 +1267,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1388,51 +1388,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Metais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ipoutcha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Sirand-Pugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1487,51 +1487,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanism of action of flavonoids as antibacterial compounds in the Gram-positive bacterium Bacillus subtilis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Jacry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1582,51 +1582,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of screening methods to detect flavonoids from engineered Escherichia coli strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Jacry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1677,90 +1677,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacillus subtilis genome engineering and streamlining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosei Tanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthetic Biology Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1824,64 +1824,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Mangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Noirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioSynSys</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1906,51 +1906,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth-rate-dependent protein production in bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Borkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Goelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2063,90 +2063,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ModuloStat : An Internet of Things' Path to Continuous Cultures in Mini-Bioreactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ira Tanneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Dérozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2293,349 +2293,349 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05170246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex sporulation-specific expression of transcription termination factor Rho highlights its involvement in Bacillus subtilis cell differentiation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The mutational landscape of Bacillus subtilis conditional hypermutators suggests how proofreading inherently skews polymerase error rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ira Tanneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dervyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Bidnenko</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Olivier Pellegrini</w:t>
+                <w:t xml:space="preserve">Guillaume Kon Kam King</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04328824v1</w:t>
+                <w:t xml:space="preserve">hal-04366758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mutational landscape of Bacillus subtilis conditional hypermutators suggests how proofreading inherently skews polymerase error rates</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cyprien Guérin</w:t>
+                <w:t xml:space="preserve">Complex sporulation-specific expression of transcription termination factor Rho highlights its involvement in Bacillus subtilis cell differentiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Bidnenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chastanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Péchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Redko-Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Kon Kam King</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jules</w:t>
+                <w:t xml:space="preserve">Olivier Pellegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04366758v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Termination factor Rho mediates transcriptional reprogramming of Bacillus subtilis stationary phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Bidnenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Nicolas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cyprien Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Dérozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Chastanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -2702,51 +2702,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive mapping of transcription terminator Rho utilization (Rut) sites across the Bacillus subtilis genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mildred Delaleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Bidnenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Eveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2849,51 +2849,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Calabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2940,103 +2940,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mutational landscape of Bacillus subtilis conditional hypermutators shows how proofreading skews DNA polymerase error rates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ira Tanneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Kon Kam King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 53 (5), pp.gkaf147. </w:t>
@@ -3208,103 +3208,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex sporulation-specific expression of transcription termination factor Rho highlights its involvement in Bacillus subtilis cell differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Bidnenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Chastanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Péchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Redko-Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pellegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 300 (12), pp.107905. </w:t>
@@ -3355,64 +3355,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What remains from living cells in bacterial lysate-based cell-free systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Borkowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 21, pp. 3173-3182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3446,103 +3446,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greedy reduction of Bacillus subtilis genome yields emergent phenotypes of high resistance to a DNA damaging agent and low evolvability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosei Tanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chubukov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 51 (6), pp.2974-2992. </w:t>
@@ -3574,295 +3574,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04094194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Termination factor Rho mediates transcriptional reprogramming of Bacillus subtilis stationary phase</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Chastanet</w:t>
+                <w:t xml:space="preserve">Combining Fusion of Cells with CRISPR-Cas9 Editing for the Cloning of Large DNA Fragments or Complete Bacterial Genomes in Yeast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Guesdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Gourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Rideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ipoutcha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Manso-Silván</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1010618⟩</w:t>
+              <w:t xml:space="preserve">ACS Synthetic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (11), pp.3252-3266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssynbio.3c00248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03974108v1</w:t>
+                <w:t xml:space="preserve">hal-04522926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Fusion of Cells with CRISPR-Cas9 Editing for the Cloning of Large DNA Fragments or Complete Bacterial Genomes in Yeast</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lucía Manso-Silván</w:t>
+                <w:t xml:space="preserve">Termination factor Rho mediates transcriptional reprogramming of Bacillus subtilis stationary phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Bidnenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Dérozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chastanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Synthetic Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (11), pp.3252-3266. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (2), pp.e1010618. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssynbio.3c00248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1010618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04522926v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03974108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four species of bacteria deterministically assemble to form a stable biofilm in a millifluidic channel</w:t>
               </w:r>
@@ -3976,278 +3976,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03342840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SppI Forms a Membrane Protein Complex with SppA and Inhibits Its Protease Activity in Bacillus subtilis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bacterial growth physiology and RNA metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Henriques</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Sauveplane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dervyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jules</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MSphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mSphere.00724-20⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1863 (5), pp.194502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbagrm.2020.194502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03334428v1</w:t>
+                <w:t xml:space="preserve">hal-02940832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial growth physiology and RNA metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
+                <w:t xml:space="preserve">SppI Forms a Membrane Protein Complex with SppA and Inhibits Its Protease Activity in Bacillus subtilis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Henriques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Mcgovern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jolanda Neef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minia Antelo-Varela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Sauveplane</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Friedrich Götz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 1863 (5), pp.194502. </w:t>
+              <w:t xml:space="preserve">MSphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbagrm.2020.194502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mSphere.00724-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02940832v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03334428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extrinsic noise prevents the independent tuning of gene expression noise and protein mean abundance in bacteria</w:t>
               </w:r>
@@ -4419,51 +4419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Leguerinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 85 (10), pp. 1-13. </w:t>
@@ -4501,51 +4501,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The logics of metabolic regulation in bacteria challenges biosensor-based metabolic engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial Cell </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 5 (1), pp.56-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4713,51 +4713,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Translation elicits a growth rate-dependent, genome-wide, differential protein production in &amp;lt;em&amp;gt;Bacillus subtilis&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Borkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Goelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4860,51 +4860,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A part toolbox to tune genetic expression in Bacillus subtilis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Guiziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sauveplane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hung-Ju Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5007,64 +5007,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Goelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Muntel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chubukov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Prestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5141,51 +5141,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel L Edwards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Bryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaoru Harada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5249,51 +5249,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptional regulation is insufficient to explain substrate-induced flux changes in [i]Bacillus subtilis[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chubukov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Uhr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5301,51 +5301,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Le Chat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roelco J Kleijn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Systems Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 9, </w:t>
@@ -5377,295 +5377,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Condition-dependent transcriptome reveals high-level regulatory architecture in Bacillus subtilis</w:t>
+                <w:t xml:space="preserve">Reconciling molecular regulatory mechanisms with noise patterns of bacterial metabolic promoters in induced and repressed states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre P. Nicolas</w:t>
+                <w:t xml:space="preserve">Matthew L. M. L. Ferguson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulrike U. Mäder</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Etienne Dervyn</w:t>
+                <w:t xml:space="preserve">Dominique D. Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Rochat</w:t>
+                <w:t xml:space="preserve">Stephane S. Aymerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelie A. Leduc</w:t>
+                <w:t xml:space="preserve">Ovidiu O. Radulescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 335 (6072), pp.1103-1106. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (1), pp.155 - 160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.1206848⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1110541108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000245v1</w:t>
+                <w:t xml:space="preserve">hal-01004232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconciling molecular regulatory mechanisms with noise patterns of bacterial metabolic promoters in induced and repressed states</w:t>
+                <w:t xml:space="preserve">Condition-dependent transcriptome reveals high-level regulatory architecture in Bacillus subtilis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew L. M. L. Ferguson</w:t>
+                <w:t xml:space="preserve">Pierre P. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique D. Le Coq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jules</w:t>
+                <w:t xml:space="preserve">Ulrike U. Mäder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane S. Aymerich</w:t>
+                <w:t xml:space="preserve">Tatiana Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ovidiu O. Radulescu</w:t>
+                <w:t xml:space="preserve">Aurelie A. Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 109 (1), pp.155 - 160. </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 335 (6072), pp.1103-1106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1110541108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.1206848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004232v1</w:t>
+                <w:t xml:space="preserve">hal-01000245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Condition-Dependent Transcriptome Reveals High-Level Regulatory Architecture in Bacillus subtilis</w:t>
               </w:r>
@@ -5677,51 +5677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Mader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5730,51 +5730,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 335 (6072), pp.1103-1106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/science.1206848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03343060v1</w:t>
@@ -5798,51 +5798,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BasyLiCA: a tool for automatic processing of a Bacterial Live Cell Array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Aïchaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Le Chat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5945,51 +5945,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg Martin Buescher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfram Liebermeister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Uhr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6047,307 +6047,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03968015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malate-mediated carbon catabolite repression in bacillus subtilis involves the HPrK/CcpA pathway</w:t>
+                <w:t xml:space="preserve">GamA is a eukaryotic-like glucoamylase responsible for glycogen- and starch-degrading activity of &amp;lt;em&amp;gt;Legionella pneumophila&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederik M. Meyer</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Vroni Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Eidner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerstin Rydzewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inga Blädel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jens J. Landmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of applied bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.06197-11⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Medical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 301 (2), pp.133-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmm.2010.08.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019483v1</w:t>
+                <w:t xml:space="preserve">hal-02647334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GamA is a eukaryotic-like glucoamylase responsible for glycogen- and starch-degrading activity of &amp;lt;em&amp;gt;Legionella pneumophila&amp;lt;/em&amp;gt;</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Malate-mediated carbon catabolite repression in bacillus subtilis involves the HPrK/CcpA pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kerstin Rydzewski</w:t>
+                <w:t xml:space="preserve">Frederik M. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inga Blädel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jules</w:t>
+                <w:t xml:space="preserve">Felix M. P. Mehne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens J. Landmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Medical Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmm.2010.08.016⟩</w:t>
+              <w:t xml:space="preserve">The Journal of applied bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 193 (24), pp.6939 - 6949. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.06197-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02647334v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absolute quantification of gene expression in individual bacterial cells using two-photon fluctuation microscopy</w:t>
               </w:r>
@@ -6359,51 +6359,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew L. Ferguson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Le Coq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Aymerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6473,291 +6473,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01019478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Legionella pneumophila&amp;lt;/em&amp;gt; LetA/LetS two-component system exhibits rheostat-like behavior</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Isotopologue profiling of &amp;lt;em&amp;gt;Legionella pneumophila&amp;lt;/em&amp;gt;: role of serine and glucose as carbon substrates.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Eylert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vroni Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele S. Swanson</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nadine Gillmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Lautner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/IAI.01107-09⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 285 (29), pp.22232-22243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M110.128678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02662798v1</w:t>
+                <w:t xml:space="preserve">hal-02661810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopologue profiling of &amp;lt;em&amp;gt;Legionella pneumophila&amp;lt;/em&amp;gt;: role of serine and glucose as carbon substrates.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Legionella pneumophila&amp;lt;/em&amp;gt; LetA/LetS two-component system exhibits rheostat-like behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel L Edwards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Gillmaier</w:t>
+                <w:t xml:space="preserve">Tobias Sahr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Buchrieser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monika Lautner</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michele S. Swanson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 285 (29), pp.22232-22243. </w:t>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 78 (6), pp.2571-2583. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M110.128678⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/IAI.01107-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02661810v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic fluxes during strong carbon catabolite repression by malate in &amp;lt;em&amp;gt;Bacillus subtilis&amp;lt;/em&amp;gt;</w:t>
               </w:r>
@@ -6782,64 +6782,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joerg M. Buescher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic L. Le Chat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane S. Aymerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 285 (3), pp.1587-1596. </w:t>
@@ -6871,364 +6871,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02663413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Legionella pneumophila&amp;lt;/em&amp;gt; F-box protein Lpp2082 (AnkB) modulates ubiquitination of the host protein parvin B and promotes intracellular replication.</w:t>
+                <w:t xml:space="preserve">pBaSysBioII: an integrative plasmid generating gfp transcriptional fusions for high-throughput analysis of gene expression in &amp;lt;em&amp;gt;Bacillus subtilis&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariella Lomma</w:t>
+                <w:t xml:space="preserve">Eric Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Dervins-Ravault</w:t>
+                <w:t xml:space="preserve">Mark Fogg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monica Rolando</w:t>
+                <w:t xml:space="preserve">Sjouke Piersma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Nora</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hayley J. Newton</w:t>
+                <w:t xml:space="preserve">Geoff Doherty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2010.01467.x⟩</w:t>
+              <w:t xml:space="preserve">Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 156 (Pt 6), pp.1600-1608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mic.0.035758-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02661576v1</w:t>
+                <w:t xml:space="preserve">hal-02663195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pBaSysBioII: an integrative plasmid generating gfp transcriptional fusions for high-throughput analysis of gene expression in &amp;lt;em&amp;gt;Bacillus subtilis&amp;lt;/em&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Legionella pneumophila&amp;lt;/em&amp;gt; F-box protein Lpp2082 (AnkB) modulates ubiquitination of the host protein parvin B and promotes intracellular replication.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariella Lomma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Botella</w:t>
+                <w:t xml:space="preserve">Delphine Dervins-Ravault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Fogg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jules</w:t>
+                <w:t xml:space="preserve">Monica Rolando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sjouke Piersma</w:t>
+                <w:t xml:space="preserve">T. Nora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoff Doherty</w:t>
+                <w:t xml:space="preserve">Hayley J. Newton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 156 (Pt 6), pp.1600-1608. </w:t>
+              <w:t xml:space="preserve">Cellular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12 (9), pp.1272-1291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/mic.0.035758-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2010.01467.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02663195v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two small ncRNAs jointly govern virulence and transmission in &amp;lt;em&amp;gt;Legionella pneumophila&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Sahr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holger Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariella Lomma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Albert-Weissenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7279,90 +7279,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Bacillus subtilis ywjI (glpX)&amp;lt;/em&amp;gt; gene encodes a class II fructose-1,6-bisphosphatase, functionally equivalent to the class III Fbp enzyme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic L. Le Chat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane S. Aymerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique D. Le Coq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 191 (9), pp.3168-3171. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7396,51 +7396,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Insights into Trehalose Metabolism by Saccharomyces cerevisiae: NTH2 Encodes a Functional Cytosolic Trehalase, and Deletion of TPS1 Reveals Ath1p-Dependent Trehalose Mobilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gemma Beltran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7513,51 +7513,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legionella pneumophila adaptation to intracellular life and the host response: clues from genomics and transcriptomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Buchrieser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7646,51 +7646,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holger Brüggemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arne Hagman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Sismeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7767,51 +7767,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acid trehalase in yeasts and filamentous fungi: Localization, regulation and physiological function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gemma Beltran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7871,51 +7871,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomous oscillations in Saccharomyces cerevisiae during batch cultures on trehalose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marie François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7975,51 +7975,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two Distinct Pathways for Trehalose Assimilation in the Yeast Saccharomyces cerevisiae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8176,51 +8176,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du Département Sciences de la Vie et Santé - AgroParisTech</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Palaiseau, France. 2025</w:t>
@@ -8307,51 +8307,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Loubat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Tavares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioSynSys 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8402,51 +8402,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8484,103 +8484,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-scale engineering of Bacillus subtilis yields emergent phenotypes and allows to revisit concepts of minimal genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosei Tanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chubukov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioengineering and Synthetic Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Gif-sur-Yvette | Île-de-France, France</w:t>
@@ -8609,77 +8609,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring mutational landscapes of Bacillus subtilis strains with increased replication error rate and/or impaired mismatch repair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ira Tanneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Subtillery 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Online conference, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8717,51 +8717,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanism of action of flavonoids in the Gram-positive bacterium Bacillus subtilis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Jacry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8812,51 +8812,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanism of action of flavonoids as antibacterial compounds in the Gram-positive bacterium Bacillus subtilis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Jacry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Planson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8920,64 +8920,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Goelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Muntel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chubukov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Prestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9045,51 +9045,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew L. Ferguson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Le Coq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bryan Chun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9198,51 +9198,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PLAN D’ACTION POUR LA RECHERCHE ET L’ENSEIGNEMENT APT/INRA EN BIOLOGIE DES SYSTEMES ET DE SYNTHESE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Denis Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] AgroParisTech - INRA. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -9433,51 +9433,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155548v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Wagner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Hoang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delumeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693592v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Guesdon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Gourgues" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Planson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sirand-Pugnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04269820v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Morin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Long" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dervyn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279297v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Borkowski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693946v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barret Julien" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Gourgues" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291770v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Laforge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ga&#235;lle Planson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316425v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosei Tanaka" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Chubukov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Gu&#233;rin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163622v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira Tanneur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316369v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298531v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316339v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738277v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Metais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ipoutcha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316382v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jacry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316454v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316478v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Noirot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316527v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mangan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852702v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schaffer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Calabre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike M&#228;der" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290351v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine V&#233;ron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170246v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328824v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Bidnenko" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chastanet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Redko-Hamel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pellegrini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366758v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kon Kam King" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03931118v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229886v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mildred Delaleau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Eveno" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergana Kostova" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnathan C Black" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf765" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05237953v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.5c00274" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986201v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf147" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322017v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lashermes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mathieu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marinelli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. L&#233;jard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dervyn" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18762891-bja00050" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773401v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2024.107905" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118475v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2023.05.025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094194v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad145" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03974108v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1010618" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04522926v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rideau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Manso-Silv&#225;n" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.3c00248" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342840v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Monmeyran" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Benyoussef" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thomen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dahmane" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baliarda" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-021-00233-4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334428v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Henriques" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcgovern" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanda Neef" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minia Antelo-Varela" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich G&#246;tz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00724-20" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940832v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sauveplane" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2020.194502" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02989817v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deloupy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sauveplane" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aymerich" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jules" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc3478" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617842v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauvry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couvert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Leguerinel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00322-19" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620319v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15698/mic2018.01.610" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01814500v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Charbonnier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Coq" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen T Mcgovern" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00976-17" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640581v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20156608" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639876v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guiziou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Ju Chang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clert&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Declerck" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw624" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536511v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Muntel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Prestel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2015.10.003" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01422856v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel L Edwards" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bryan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoru Harada" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Buchrieser" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00999-12" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204283v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Uhr" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Chat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelco J Kleijn" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/msb.2013.66" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000245v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Nicolas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike U. M&#228;der" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rochat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie A. Leduc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1206848" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004232v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew L. M. L. Ferguson" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Le Coq" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Aymerich" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu O. Radulescu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1110541108" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343060v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Mader" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rochat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leduc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204252v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie A&#239;chaoui" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Aymerich" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bts422" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03968015v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Martin Buescher" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram Liebermeister" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1206871" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019483v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik M. Meyer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix M. P. Mehne" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens J. Landmann" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06197-11" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647334v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vroni Herrmann" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Eidner" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Rydzewski" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Bl&#228;del" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmm.2010.08.016" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C7HQXC61-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019478v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew L. Ferguson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2011.08.017" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BXVZWFCG-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662798v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Sahr" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele S. Swanson" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.01107-09" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661810v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Eylert" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gillmaier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Lautner" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.128678" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663413v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelco J. Kleijn" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg M. Buescher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic L. Le Chat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.061747" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661576v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Lomma" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dervins-Ravault" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Rolando" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nora" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley J. Newton" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2010.01467.x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663195v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Botella" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fogg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sjouke Piersma" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Doherty" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.035758-0" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657418v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Br&#252;ggemann" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Albert-Weissenberger" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2009.06677.x" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658797v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01783-08" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02559752v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Beltran" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Parrou" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00557-07" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661231v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2007.05.026" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BRD2845B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661574v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Hagman" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sismeiro" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Dillies" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2006.00703.x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02559672v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsyr.2005.01.002" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02559635v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2005.04588.x" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02559418v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guillou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.5.2771-2778.2004" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339375v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cazals" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Collard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chiron" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111109v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Loubat" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Tavares" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316327v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123414v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111147v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316436v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316392v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798691v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190611v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Chun" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2010.12.1179" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01528033v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Faure" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155548v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Wagner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Hoang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delumeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693592v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Guesdon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Gourgues" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Planson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sirand-Pugnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693946v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barret Julien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Gourgues" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04269820v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Morin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Long" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dervyn" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279297v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Borkowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291770v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Laforge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ga&#235;lle Planson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163622v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira Tanneur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316425v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosei Tanaka" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Chubukov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Gu&#233;rin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316369v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04298531v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316339v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738277v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Metais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ipoutcha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316382v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jacry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316454v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316478v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Noirot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316527v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mangan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852702v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schaffer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Calabre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike M&#228;der" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290351v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine V&#233;ron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170246v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366758v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kon Kam King" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328824v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Bidnenko" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chastanet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Redko-Hamel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pellegrini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03931118v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229886v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mildred Delaleau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Eveno" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergana Kostova" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnathan C Black" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf765" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05237953v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.5c00274" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986201v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf147" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322017v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lashermes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mathieu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marinelli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. L&#233;jard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dervyn" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18762891-bja00050" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773401v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2024.107905" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118475v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2023.05.025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094194v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad145" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04522926v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rideau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Manso-Silv&#225;n" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.3c00248" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03974108v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1010618" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342840v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Monmeyran" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Benyoussef" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thomen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dahmane" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baliarda" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-021-00233-4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02940832v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sauveplane" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2020.194502" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334428v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Henriques" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcgovern" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanda Neef" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minia Antelo-Varela" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich G&#246;tz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00724-20" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02989817v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deloupy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sauveplane" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aymerich" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jules" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc3478" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617842v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauvry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couvert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Leguerinel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00322-19" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620319v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15698/mic2018.01.610" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01814500v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Charbonnier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Coq" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen T Mcgovern" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00976-17" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640581v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20156608" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639876v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guiziou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Ju Chang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clert&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Declerck" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw624" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536511v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Muntel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Prestel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2015.10.003" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01422856v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel L Edwards" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bryan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoru Harada" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Buchrieser" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00999-12" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204283v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Uhr" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Chat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelco J Kleijn" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/msb.2013.66" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004232v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew L. M. L. Ferguson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Le Coq" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Aymerich" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu O. Radulescu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1110541108" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000245v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Nicolas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike U. M&#228;der" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rochat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie A. Leduc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1206848" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343060v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Mader" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rochat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leduc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204252v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie A&#239;chaoui" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Aymerich" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bts422" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03968015v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Martin Buescher" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram Liebermeister" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1206871" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647334v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vroni Herrmann" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Eidner" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Rydzewski" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Bl&#228;del" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmm.2010.08.016" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C7HQXC61-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019483v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik M. Meyer" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix M. P. Mehne" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens J. Landmann" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.06197-11" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019478v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew L. Ferguson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2011.08.017" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BXVZWFCG-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661810v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Eylert" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gillmaier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Lautner" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.128678" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662798v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Sahr" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele S. Swanson" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.01107-09" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663413v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelco J. Kleijn" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg M. Buescher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic L. Le Chat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.061747" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663195v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Botella" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fogg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sjouke Piersma" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Doherty" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.035758-0" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661576v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Lomma" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dervins-Ravault" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Rolando" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nora" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley J. Newton" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2010.01467.x" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657418v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Br&#252;ggemann" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Albert-Weissenberger" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2009.06677.x" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658797v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01783-08" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02559752v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Beltran" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Parrou" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00557-07" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661231v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2007.05.026" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BRD2845B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661574v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Hagman" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sismeiro" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Dillies" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2006.00703.x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02559672v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsyr.2005.01.002" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02559635v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2005.04588.x" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02559418v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guillou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.5.2771-2778.2004" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339375v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cazals" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Collard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chiron" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111109v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Loubat" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Tavares" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316327v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123414v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111147v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316436v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316392v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798691v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190611v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Chun" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2010.12.1179" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01528033v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Faure" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>