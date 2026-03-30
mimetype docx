--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1387,265 +1387,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05449602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le nouveau pont de Mouli (Ouvéa, îles Loyauté, Pacifique Sud-Ouest). Vers la résolution d’une dynamique érosive impactant un bien inscrit au patrimoine mondial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Allenbach</w:t>
+                <w:t xml:space="preserve">Odyséîles : une nouvelle étape pour le suivi collaboratif du littoral de l’île d’Ouvéa (Iles Loyauté, Nouvelle-Calédonie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Baltzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Baouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Meaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIe Journées Nationales Génie Côtier - Génie Civil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5150/jngcgc.2024.065⟩</w:t>
+              <w:t xml:space="preserve">Journées Nationales Génie Cotier - Genie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Anglet, France. pp.653-662, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5150/jngcgc.2024.067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04909468v1</w:t>
+                <w:t xml:space="preserve">hal-04909471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odyséîles : une nouvelle étape pour le suivi collaboratif du littoral de l’île d’Ouvéa (Iles Loyauté, Nouvelle-Calédonie)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cédric Meaou</w:t>
+                <w:t xml:space="preserve">Le nouveau pont de Mouli (Ouvéa, îles Loyauté, Pacifique Sud-Ouest). Vers la résolution d’une dynamique érosive impactant un bien inscrit au patrimoine mondial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Allenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Duff</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Génie Cotier - Genie Civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Anglet, France. pp.653-662, </w:t>
+              <w:t xml:space="preserve">XVIIIe Journées Nationales Génie Côtier - Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Anglet (France), France. pp.631-642, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5150/jngcgc.2024.067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5150/jngcgc.2024.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909471v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialogue entre les parties prenantes : un levier dans la mutation de la science chahutée par l'anthropocène</w:t>
               </w:r>
@@ -2717,243 +2717,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03065854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction d’une base de données historique sur le risque cyclonique en Nouvelle-Calédonie.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude du rivage par photogrammétrie aéroportée à très haute résolution spatiale. Exemple à Ouvéa, Nouvelle-Calédonie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Duff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Allenbach</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kathleen Godet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international : Géohistoire de l’environnement et des paysages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">XIVeme Journées Nationales Génie Côtier - Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, le Centre Français du Littoral; le Pôle Mer Méditerranée; l’Université de Toulon, Jun 2016, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03049768v1</w:t>
+                <w:t xml:space="preserve">hal-03065862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du rivage par photogrammétrie aéroportée à très haute résolution spatiale. Exemple à Ouvéa, Nouvelle-Calédonie.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Cohen</w:t>
+                <w:t xml:space="preserve">Construction d’une base de données historique sur le risque cyclonique en Nouvelle-Calédonie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Duff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Allenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathleen Godet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIVeme Journées Nationales Génie Côtier - Génie Civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, le Centre Français du Littoral; le Pôle Mer Méditerranée; l’Université de Toulon, Jun 2016, Toulon, France</w:t>
+              <w:t xml:space="preserve">Colloque international : Géohistoire de l’environnement et des paysages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03065862v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03049768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse géohistorique du risque et des catastrophes cycloniques en Nouvelle-Calédonie, du 19ème siècle à nos jours.</w:t>
               </w:r>
@@ -2978,51 +2978,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Allenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathleen Godet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international : Survivre à la fin du monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5494,51 +5494,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C7B1C973"/>
+    <w:nsid w:val="383336F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5725,51 +5725,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-le-duff" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2241-2308" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420111v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Duff" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Retailleau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Peltier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Vagueresse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud H Dev&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909491v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer Sauvage" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miki Mori" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528710v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esm&#233;ralda Long&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09636625241235375" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049759v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allenbach" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.841.0059" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049751v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/physio-geo.9431" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534430v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabinot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Boudjema" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.24988" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049748v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.12.012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026280v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421209v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Roucour" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messie Dupont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420084v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449602v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Xavier Lamure" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonnefoy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.065" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909471v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cariou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Baouma" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Meaou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.067" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799523v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Mitja" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coudrain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barri&#232;re" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Begue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171785v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922519v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique B&#232;gue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Bonnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065861v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lendre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065845v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049773v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049772v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065850v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065858v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065854v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049768v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Godet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065862v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049771v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049770v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065851v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049767v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049766v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.1650.9042" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065847v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2016.015" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065859v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065852v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065853v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049765v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065848v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049775v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoibian" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909460v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049755v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049754v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50094-2_15" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065846v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03049783v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420122v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420120v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420117v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420126v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tr&#233;visan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420151v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420138v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420145v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379348v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-le-duff" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2241-2308" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420111v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Duff" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Retailleau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Peltier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Vagueresse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud H Dev&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909491v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer Sauvage" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miki Mori" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528710v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esm&#233;ralda Long&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09636625241235375" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049759v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allenbach" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.841.0059" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049751v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/physio-geo.9431" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534430v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabinot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Boudjema" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.24988" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049748v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.12.012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026280v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421209v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Roucour" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messie Dupont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420084v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449602v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Xavier Lamure" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonnefoy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909471v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cariou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Baouma" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Meaou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.067" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909468v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.065" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799523v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Mitja" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coudrain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barri&#232;re" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Begue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171785v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922519v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique B&#232;gue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Bonnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065861v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lendre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065845v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049773v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049772v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065850v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065858v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065854v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065862v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049768v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Godet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049771v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049770v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065851v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049767v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049766v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.1650.9042" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065847v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2016.015" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065859v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065852v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065853v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049765v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065848v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049775v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoibian" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909460v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049755v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049754v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50094-2_15" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065846v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03049783v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420122v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420120v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420117v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420126v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tr&#233;visan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420151v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420138v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420145v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379348v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>