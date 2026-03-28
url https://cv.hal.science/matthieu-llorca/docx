--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:151.1811023622px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> MATTHIEU LLORCA </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Jeux de Barcelone 1992 : un modèle d’héritage olympique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blin, O., Guignard, D. et Rapha, S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grandes dates et grandes figures du sport : réflexions plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université Toulouse Capitole, Collection Actes de colloques., pp.83-94, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l’héritage des Jeux Olympiques depuis Barcelone 1992 : enseignements pour Paris 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Llena, C. et Loirand, G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enjeux des Jeux. Contribution de la recherche en Sciences Sociales du Sport à l’analyse des Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edition AFRAPS, 2025, 2910448320, 9782910448325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des Jeux Olympiques sur le secteur immobilier de la ville hôte : le cas de Paris 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gouguet, J-J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la soutenabilité des Grands Évènements Sportifs Internationaux: enjeux et controverses.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edition Pulim, Collection Droit et Economie du Sport., pp.109-117, 2025, 978-2-84287-905-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport sponsoring in times of ‘polycrisis’. A discourse analysis of three contemporary crises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Fernández-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Names in Times of Crisis. Age of pandemics, energetic deficiency, and war</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Narr, pp.129-143, 2025, 9783381133338</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétitions européennes de football sous la menace du projet de Super Ligue : une analyse économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Jacotot et G. Simon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les juges de l’Union européenne et le sport : sens et portée des arrêts du 21 décembre 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 64, Edition LexisNexis, 2025, 271104260X, 9782711042609</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du marché, la valeur économique des clubs : le développement des cryptoactifs dans l’industrie du sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blin, O. et Guignard, D. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acteurs et valeurs du sport : réflexions plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université Toulouse Capitole, Collection Actes de colloques., pp.101-112, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement des crypotactifs dans l’industrie du sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Université Toulouse 1; Olivier Blin; Didier Guignard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acteurs et valeurs du sport - 7 Réflexions plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.101-112, 2024, 978-2-36170-293-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défis et impacts économiques de la réforme fiscale internationale sur les multinationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CREDIMI; Emmanuelle Juen; Hélène Tourard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’avènement d’un droit fiscal mondial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, pp.163-189, 2024, 9782711038367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’économie des sports collectifs nord-américains : analyse de la spécificité d’un modèle qui domine le sport business</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jéröme Visioli; Oriane Petiot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie des sports collectifs : regards croisés entre recherche et intervention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAPS, 2023, 978-2-910448-31-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et nationalité : les investisseurs étrangers dans les clubs de football professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CREDIMI; Cécile Chaussard; Charles Fortier; David Jacotot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport au carrefour des droits. Mélanges en l’honneur du Professeur Gérald Simon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, 2021, 978-2-7110-3493-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénéfices, coûts et héritages des Jeux Olympiques : Quels enseignements pour Paris 2024 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Chaix. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Jeux Olympiques de 1924 à 2024 : impacts, retombées économiques et héritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan; Campus Ouvert, pp.143-158, 2018, 979-10-90293-41-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique budgétaire et dette publique : les enjeux de l'intervention de l'Etat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Berr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orsola Constantini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Seccareccia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie post-keynésienne. Histoire, théories et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seuil, pp.311-333, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique budgétaire et dette publique : les enjeux de l’intervention de l’Etat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Berr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orsola Constantini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Seccareccia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Berr; Virginie Monvoisin; Jean-François Ponsot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie post-keynesienne : histoire, théories et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seuil, pp.310-334, 2018, 9782021377880</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External debt sustainability and vulnerabilities: evidence from a panel of 24 Asian countries and prospective analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N. Yoshino, P.J. Morgan, P.J. et P.B. Rana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Shocks and the new global and regional financial architecture: Asian Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Asian Development Bank Instiute Press, pp.195-218, 2018, ISBN 978-4-89974-069-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking fiscal policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Louis-Philippe Rochon; Sergio Rossi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Modern Guide to Rethinking Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.169-181, 2017, New Directions in Post-Keynesian Economics series, 978-1-78471-720-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'effectivité du discours du banquier central sur la conjoncture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Régis Vabres. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Banque centrale européenne : regards croisés, droit et économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruylant, pp.83-96, 2016, Droit de l'Union européenne, 9782802753377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of Global Recession in Western Balkan Countries a Comparison with the EU New Member States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redzepagic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claude Berthomieu, Jean-Paul Guichard, Dejan Eric and Srdjan Redzepagic. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financial Systems Integration of Balkan Countries in the European Financial System: Impact of Global Crisis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (Chapitre 2), Institute of Economic Sciences, pp.9-16, 2009, 978-2-7466-1290-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An assessment of US fiscal sustainability: findings from present-value and accounting approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Shinnick. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public finance, Monetary Policy and Market Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIT Verlag, pp.103-119, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation d’une identité collective à travers les chants de supporters de foot en Allemagne et en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Berron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : « Identités, fluidité et altérité : Perspectives pluridisciplinaires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège doctoral franco-allemand en Lettres, Langues, Sciences Humaines et Sociales Dijon-Mayence; Maison des Sciences sociales et des Humanités de Dijon; Centre Interlangues Texte, Image, Langage, Oct 2025, DIJON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing urban namescape: A quantitative analysis of European and North American stadium names</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAPPING THE FUTURE: INNOVATION, INCLUSION, AND SUSTAINABILITY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 32nd International Cartographic Conference | 32e Conférence cartographique internationale, Aug 2025, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanting for belonging: A contrastive content analysis of German and French football chants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Bastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Berron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Defining, Interpreting and Comparing Small Worlds of Football: Identities, Events, Styles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kristian Naglo, Sep 2025, Klagenfurt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stadium names between cultural heritage and commercialisation: A quantitative study of four European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th EUGEO Congress 2025 - Geographies of a Changing Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Austrian Academy of Sciences, Sep 2025, Vienne (AUT), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« What’s in a name ? ». L’évolution des noms des stades dans 8 pays européens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data-SHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUDD; PROGEDO; MSH Dijon, Dec 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stadium naming: between commodification and commemoration. A data mining-based analysis in France and Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communicating in and about Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gwen Le Cor; Marie-Pierre Jouannaud; Margaux Coutherut, May 2024, Paris, France. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.11611.37925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stadium names between commodification and cultural sustainability. A quantitative study of four European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Fernández-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Congress of Onomastic Sciences (ICOS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Helsiinki, Finland. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.22280.02569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FTX, Gazprom & Co : How do (global) crises affect the discourse around sponsorship in sport?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afef Selmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Names in the Economy - Names in Times of Crisis: age of pandemics, energetic deficiency, and war</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paola Cotticelli, Sep 2023, Verona, Italy. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.33464.93446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le phénomène du naming dans le sport européen. Une analyse « mixed-methods »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afef Selmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine DATA SHS 2023, PUD de Dijon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Dijon, Dec 2023, Dijon, France. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.12181.91364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « naming » des stades européens. Premières démarches d'une analyse « mixed-methods »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afef Selmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les lundis de LIDILE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’effectivité du discours du banquier central sur la conjoncture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Banque centrale européenne: regards croisés, droit et économie </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sous la direction de Régis Vabres (CREDIMI) et Ludovic Desmedt (LEDI), Jun 2015, Dijon, France. pp.83-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bank of Japan Communication in Time of Abenomics: Impacts on Financial Markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Economic Theory and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pr. TakashiYagi, Meiji University, Sep 2016, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’euro, le bourdon et le banquier central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Institutionalismes monétaires francophones : bilan, perspectives et regards internationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Lyon, Jun 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the ECB communication effective?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Money, Crises and Capitalism: International Post-Keynesian Conference, Grenoble University (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche en Économie de Grenoble (CREG), Grenoble Faculty of Economics, University Grenoble Alpes, Review of Keynesian Economics (ROKE), Dec 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the ECB communication Effective? Empirical Analysis on the Impacts of the Quantitative Easing Communication on Financial Markets and on the Real Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th international conference “The Long and Tortuous Path of the Euro Crisis: Institutional Innovations and Monetary Policy"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le banquier central, du mutisme à la communication permanente : la tonalité du discours de la B.C.E. et son impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Clévenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crise de l'euro, Effets discursifs et changements institutionnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01089003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscal policy under the stability growth and pact and the financial markets constraints.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques économiques post-keynésiennes / Post-keynesian principles of economic policies. Université de Bourgogne, Dijon, 30 novembre-1er décembre 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00269952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Political determinants of the fiscal sustainability: evidence from six individual developed countries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Berenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56 ème Congrès de l'AFSE, Université Paris 1 - Panthéon Sorbonne, 20 et 21 septembre 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Paris, France. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les éléphants blancs » aux JO d’hiver : une menace en recul mais des défis persistants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2025028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les multiples dimensions du stade olympique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esprit Critique : Revue Internationale de Sociologie et de Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Sports, jeux et olympisme Mens critica in corpore sano, 34 (1), pp.195-212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’usage et le rôle des cryptoactifs dans le sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 154 (2), pp.29-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Néologismes en discours spécialisé. Analyse comparée des noms de stades de football dans quatre pays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Fernández-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudios Románicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, La néologie et la néonymie dans les langues romanes, 31, pp.309-327. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6018/ER.510481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leader Dismissal or Continuity, President Longevity, Geographic Orientation of Owners and Team Performance: Insights from French Men’s Football, 1994–2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Scelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Risk and Financial Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (9), pp.439-456. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jrfm14090439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts économiques du report des Jeux Olympiques de Tokyo 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 208, pp.42-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Head coach change and team performance in the French men's football Ligue 1, 2000-2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Scelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (2), pp.920-937</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics between stock market movements and fiscal policy: empirical evidence from emerging Asian economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duy-Tung Bui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Mai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific-Basin Finance Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 51, pp.65-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie du football français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de droit fiscal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 36, pp.16-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effects of Financial Incentives on Women's Performance: The Tournament Theory Applied to Female Tennis Players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Barget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management and Economics Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (1), pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le grand bond en avant du football chinois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhaoyu Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bayle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 180, pp.41-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscal sustainability in Central and Latin American countries : evidence from a panel cointegration approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 37 (4), pp.2292-2300</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les banques aux prises avec les fintech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 75, pp.43-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défis à relever pour la politique budgétaire en Amérique latine en matiêre de stabilisation et de redistribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos de Economía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 35 (67), pp.119-147. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15446/cuad.econ.v35n67.52446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépenses salariales et performance dans l’industrie du football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (2), pp.125-145. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfe.162.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pouvoir des mots : émission et réception du discours du banquier central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Clévenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ei.1016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les tenniswomen répondent-elles aux incitations financières ? Une application de la théorie des tournois aux joueuses du Top 30 à la WTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Barget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne de Management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47, pp.7-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges à relever pour la politique budgétaire en Amérique latine en matière de stabilisation et de redistribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos de Economía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Special Issue « Fiscal policy »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01228048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement du système du Shadow Banking et risques induits sur la stabilité financière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale des Services Financiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.7-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mercato d’été au ralenti dans le Big Five</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 110, pp.42-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie des tournois appliquée aux joueurs de tennis professionnels : peut-on encore parler d’incitations à la performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Barget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 121 (3), pp.347-370. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/redp.213.0347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des changements d’entraîneur sur les performances sportives des équipes de football : le cas du championnat de France de Ligue 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne de Management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SO2 emissions and the environmental Kuznets curve: the case of Chinese provinces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Meunié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chinese Economic and Business Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14765280802604656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debt sustainability in the EU New Member States: empirical evidence from a panel of eight Central and East European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redžepagić</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Post-Communist Economies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 20 (2), pp.159-172. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14631370802018882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00338097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sustainability of fiscal policy: evidence from a panel of six South-Mediterranean countries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 15 (10), pp.797-803. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13504850600749156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00338063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sustainability of fiscal policy: evidence from a panel of six South Mediterranean countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 15 (10), pp.797-803</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debt sustainability in the EU New Member States: empirical evidence from a panel of eight Central and East European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redzepagic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Post-Communist Economies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 20 (2), pp.159-172. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14631370802018882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les alliances socialement responsables : enjeux stratégiques et conditions de succès pour les entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Seltène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue des xciences de gestion, Direction et gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 231-232, pp.155-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00340336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les alliances socialement responsables : enjeux stratégiques et conditions de succès pour les entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Seltene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion, Direction et Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 231-232 (3-4), pp.155-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sustainability of the external debt: evidence from a panel of seven South-Mediterranean countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Empirical Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 6 (1), pp.59-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does politics matter in the conduct of fiscal policy ? Political determinants of the fiscal sustainability: evidence from seven individual Central and Eastern European countries (CEEC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redzepagic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Panoeconomicus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 54 (4), pp.489-500. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/PAN0704489R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does Politics Matter in the Conduct of Fiscal Policy? Political Determinants of the Fiscal Sustainability: Evidence from Seven Individual Central and Eastern European Countries (CEEC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redžepagić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Panoeconomicus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 4, pp.489-500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00260148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mascottes olympiques au fil des Jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « crunch », bien plus qu’un match de rugby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 100 mots des Jeux Olympiques en 24 thématiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions universitaires de Dijon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.130, 2024, Essais, 9782364415195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renommer un stade : opportunité économique, défi linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Fernandez-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric impacts of global recession in Central and Eastern European Countries: Soft Landing VS. Hard Landing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redzepagic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Scientific Conference "Economic Policy and Global Recession"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.167-174, 2009, 978-86-403-1011-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainability and Financing of the US current account: the role of Asian Central Banks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business &amp; Economics Anthology 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.161-170, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId129"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:151.1811023622px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> MATTHIEU LLORCA </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Jeux de Barcelone 1992 : un modèle d’héritage olympique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blin, O., Guignard, D. et Rapha, S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grandes dates et grandes figures du sport : réflexions plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université Toulouse Capitole, Collection Actes de colloques., pp.83-94, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l’héritage des Jeux Olympiques depuis Barcelone 1992 : enseignements pour Paris 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Llena, C. et Loirand, G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enjeux des Jeux. Contribution de la recherche en Sciences Sociales du Sport à l’analyse des Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edition AFRAPS, 2025, 2910448320, 9782910448325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des Jeux Olympiques sur le secteur immobilier de la ville hôte : le cas de Paris 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gouguet, J-J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la soutenabilité des Grands Évènements Sportifs Internationaux: enjeux et controverses.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edition Pulim, Collection Droit et Economie du Sport., pp.109-117, 2025, 978-2-84287-905-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport sponsoring in times of ‘polycrisis’. A discourse analysis of three contemporary crises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Fernández-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Names in Times of Crisis. Age of pandemics, energetic deficiency, and war</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Narr, pp.129-143, 2025, 9783381133338</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétitions européennes de football sous la menace du projet de Super Ligue : une analyse économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Jacotot et G. Simon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les juges de l’Union européenne et le sport : sens et portée des arrêts du 21 décembre 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 64, Edition LexisNexis, 2025, 271104260X, 9782711042609</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du marché, la valeur économique des clubs : le développement des cryptoactifs dans l’industrie du sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blin, O. et Guignard, D. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acteurs et valeurs du sport : réflexions plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université Toulouse Capitole, Collection Actes de colloques., pp.101-112, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement des crypotactifs dans l’industrie du sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Université Toulouse 1; Olivier Blin; Didier Guignard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acteurs et valeurs du sport - 7 Réflexions plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.101-112, 2024, 978-2-36170-293-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défis et impacts économiques de la réforme fiscale internationale sur les multinationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CREDIMI; Emmanuelle Juen; Hélène Tourard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’avènement d’un droit fiscal mondial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, pp.163-189, 2024, 9782711038367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’économie des sports collectifs nord-américains : analyse de la spécificité d’un modèle qui domine le sport business</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jéröme Visioli; Oriane Petiot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie des sports collectifs : regards croisés entre recherche et intervention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFRAPS, 2023, 978-2-910448-31-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et nationalité : les investisseurs étrangers dans les clubs de football professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CREDIMI; Cécile Chaussard; Charles Fortier; David Jacotot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport au carrefour des droits. Mélanges en l’honneur du Professeur Gérald Simon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LexisNexis, 2021, 978-2-7110-3493-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique budgétaire et dette publique : les enjeux de l’intervention de l’Etat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Berr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orsola Constantini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Seccareccia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Berr; Virginie Monvoisin; Jean-François Ponsot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie post-keynesienne : histoire, théories et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seuil, pp.310-334, 2018, 9782021377880</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique budgétaire et dette publique : les enjeux de l'intervention de l'Etat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Berr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orsola Constantini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Monvoisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Seccareccia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie post-keynésienne. Histoire, théories et politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seuil, pp.311-333, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénéfices, coûts et héritages des Jeux Olympiques : Quels enseignements pour Paris 2024 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Chaix. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Jeux Olympiques de 1924 à 2024 : impacts, retombées économiques et héritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan; Campus Ouvert, pp.143-158, 2018, 979-10-90293-41-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External debt sustainability and vulnerabilities: evidence from a panel of 24 Asian countries and prospective analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N. Yoshino, P.J. Morgan, P.J. et P.B. Rana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Shocks and the new global and regional financial architecture: Asian Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Asian Development Bank Instiute Press, pp.195-218, 2018, ISBN 978-4-89974-069-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05200429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking fiscal policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Louis-Philippe Rochon; Sergio Rossi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Modern Guide to Rethinking Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.169-181, 2017, New Directions in Post-Keynesian Economics series, 978-1-78471-720-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'effectivité du discours du banquier central sur la conjoncture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Régis Vabres. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Banque centrale européenne : regards croisés, droit et économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruylant, pp.83-96, 2016, Droit de l'Union européenne, 9782802753377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of Global Recession in Western Balkan Countries a Comparison with the EU New Member States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redzepagic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claude Berthomieu, Jean-Paul Guichard, Dejan Eric and Srdjan Redzepagic. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financial Systems Integration of Balkan Countries in the European Financial System: Impact of Global Crisis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 (Chapitre 2), Institute of Economic Sciences, pp.9-16, 2009, 978-2-7466-1290-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An assessment of US fiscal sustainability: findings from present-value and accounting approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Shinnick. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public finance, Monetary Policy and Market Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIT Verlag, pp.103-119, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing urban namescape: A quantitative analysis of European and North American stadium names</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAPPING THE FUTURE: INNOVATION, INCLUSION, AND SUSTAINABILITY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 32nd International Cartographic Conference | 32e Conférence cartographique internationale, Aug 2025, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation d’une identité collective à travers les chants de supporters de foot en Allemagne et en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Berron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : « Identités, fluidité et altérité : Perspectives pluridisciplinaires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège doctoral franco-allemand en Lettres, Langues, Sciences Humaines et Sociales Dijon-Mayence; Maison des Sciences sociales et des Humanités de Dijon; Centre Interlangues Texte, Image, Langage, Oct 2025, DIJON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanting for belonging: A contrastive content analysis of German and French football chants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Bastian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Berron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Defining, Interpreting and Comparing Small Worlds of Football: Identities, Events, Styles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kristian Naglo, Sep 2025, Klagenfurt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stadium names between cultural heritage and commercialisation: A quantitative study of four European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th EUGEO Congress 2025 - Geographies of a Changing Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Austrian Academy of Sciences, Sep 2025, Vienne (AUT), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stadium naming: between commodification and commemoration. A data mining-based analysis in France and Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communicating in and about Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gwen Le Cor; Marie-Pierre Jouannaud; Margaux Coutherut, May 2024, Paris, France. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.11611.37925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« What’s in a name ? ». L’évolution des noms des stades dans 8 pays européens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data-SHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUDD; PROGEDO; MSH Dijon, Dec 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stadium names between commodification and cultural sustainability. A quantitative study of four European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Fernández-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Congress of Onomastic Sciences (ICOS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Helsiinki, Finland. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.22280.02569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le phénomène du naming dans le sport européen. Une analyse « mixed-methods »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afef Selmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine DATA SHS 2023, PUD de Dijon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Dijon, Dec 2023, Dijon, France. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.12181.91364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FTX, Gazprom & Co : How do (global) crises affect the discourse around sponsorship in sport?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afef Selmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Names in the Economy - Names in Times of Crisis: age of pandemics, energetic deficiency, and war</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paola Cotticelli, Sep 2023, Verona, Italy. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.33464.93446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « naming » des stades européens. Premières démarches d'une analyse « mixed-methods »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afef Selmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les lundis de LIDILE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’effectivité du discours du banquier central sur la conjoncture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Banque centrale européenne: regards croisés, droit et économie </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sous la direction de Régis Vabres (CREDIMI) et Ludovic Desmedt (LEDI), Jun 2015, Dijon, France. pp.83-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bank of Japan Communication in Time of Abenomics: Impacts on Financial Markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Economic Theory and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pr. TakashiYagi, Meiji University, Sep 2016, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’euro, le bourdon et le banquier central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Institutionalismes monétaires francophones : bilan, perspectives et regards internationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Lyon, Jun 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the ECB communication effective?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Money, Crises and Capitalism: International Post-Keynesian Conference, Grenoble University (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche en Économie de Grenoble (CREG), Grenoble Faculty of Economics, University Grenoble Alpes, Review of Keynesian Economics (ROKE), Dec 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the ECB communication Effective? Empirical Analysis on the Impacts of the Quantitative Easing Communication on Financial Markets and on the Real Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th international conference “The Long and Tortuous Path of the Euro Crisis: Institutional Innovations and Monetary Policy"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le banquier central, du mutisme à la communication permanente : la tonalité du discours de la B.C.E. et son impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Clévenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crise de l'euro, Effets discursifs et changements institutionnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01089003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Political determinants of the fiscal sustainability: evidence from six individual developed countries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Berenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56 ème Congrès de l'AFSE, Université Paris 1 - Panthéon Sorbonne, 20 et 21 septembre 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Paris, France. pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscal policy under the stability growth and pact and the financial markets constraints.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques économiques post-keynésiennes / Post-keynesian principles of economic policies. Université de Bourgogne, Dijon, 30 novembre-1er décembre 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00269952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les éléphants blancs » aux JO d’hiver : une menace en recul mais des défis persistants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2025028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’usage et le rôle des cryptoactifs dans le sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 154 (2), pp.29-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les multiples dimensions du stade olympique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esprit Critique : Revue Internationale de Sociologie et de Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Sports, jeux et olympisme Mens critica in corpore sano, 34 (1), pp.195-212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Néologismes en discours spécialisé. Analyse comparée des noms de stades de football dans quatre pays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Fernández-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudios Románicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, La néologie et la néonymie dans les langues romanes, 31, pp.309-327. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6018/ER.510481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leader Dismissal or Continuity, President Longevity, Geographic Orientation of Owners and Team Performance: Insights from French Men’s Football, 1994–2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Scelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Risk and Financial Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (9), pp.439-456. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jrfm14090439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts économiques du report des Jeux Olympiques de Tokyo 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 208, pp.42-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Head coach change and team performance in the French men's football Ligue 1, 2000-2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Scelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (2), pp.920-937</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics between stock market movements and fiscal policy: empirical evidence from emerging Asian economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duy-Tung Bui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Mai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific-Basin Finance Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 51, pp.65-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie du football français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de droit fiscal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 36, pp.16-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscal sustainability in Central and Latin American countries : evidence from a panel cointegration approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 37 (4), pp.2292-2300</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le grand bond en avant du football chinois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhaoyu Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bayle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 180, pp.41-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effects of Financial Incentives on Women's Performance: The Tournament Theory Applied to Female Tennis Players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Barget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management and Economics Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (1), pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les banques aux prises avec les fintech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 75, pp.43-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défis à relever pour la politique budgétaire en Amérique latine en matiêre de stabilisation et de redistribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos de Economía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 35 (67), pp.119-147. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15446/cuad.econ.v35n67.52446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépenses salariales et performance dans l’industrie du football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (2), pp.125-145. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfe.162.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pouvoir des mots : émission et réception du discours du banquier central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Clévenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Desmedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22, pp.1-24. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ei.1016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges à relever pour la politique budgétaire en Amérique latine en matière de stabilisation et de redistribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos de Economía</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Special Issue « Fiscal policy »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01228048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les tenniswomen répondent-elles aux incitations financières ? Une application de la théorie des tournois aux joueuses du Top 30 à la WTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Barget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne de Management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47, pp.7-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement du système du Shadow Banking et risques induits sur la stabilité financière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale des Services Financiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.7-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mercato d’été au ralenti dans le Big Five</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 110, pp.42-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie des tournois appliquée aux joueurs de tennis professionnels : peut-on encore parler d’incitations à la performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Barget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 121 (3), pp.347-370. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/redp.213.0347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des changements d’entraîneur sur les performances sportives des équipes de football : le cas du championnat de France de Ligue 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne de Management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SO2 emissions and the environmental Kuznets curve: the case of Chinese provinces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Meunié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chinese Economic and Business Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14765280802604656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debt sustainability in the EU New Member States: empirical evidence from a panel of eight Central and East European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redžepagić</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Post-Communist Economies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 20 (2), pp.159-172. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14631370802018882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00338097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debt sustainability in the EU New Member States: empirical evidence from a panel of eight Central and East European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redzepagic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Post-Communist Economies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 20 (2), pp.159-172. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14631370802018882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les alliances socialement responsables : enjeux stratégiques et conditions de succès pour les entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Seltène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue des xciences de gestion, Direction et gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 231-232, pp.155-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00340336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sustainability of fiscal policy: evidence from a panel of six South-Mediterranean countries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 15 (10), pp.797-803. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13504850600749156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00338063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sustainability of fiscal policy: evidence from a panel of six South Mediterranean countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 15 (10), pp.797-803</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les alliances socialement responsables : enjeux stratégiques et conditions de succès pour les entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Seltene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion, Direction et Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 231-232 (3-4), pp.155-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does politics matter in the conduct of fiscal policy ? Political determinants of the fiscal sustainability: evidence from seven individual Central and Eastern European countries (CEEC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redzepagic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Panoeconomicus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 54 (4), pp.489-500. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/PAN0704489R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sustainability of the external debt: evidence from a panel of seven South-Mediterranean countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Empirical Economics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 6 (1), pp.59-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does Politics Matter in the Conduct of Fiscal Policy? Political Determinants of the Fiscal Sustainability: Evidence from Seven Individual Central and Eastern European Countries (CEEC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redžepagić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Panoeconomicus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 4, pp.489-500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00260148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « crunch », bien plus qu’un match de rugby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mascottes olympiques au fil des Jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 100 mots des Jeux Olympiques en 24 thématiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions universitaires de Dijon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.130, 2024, Essais, 9782364415195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renommer un stade : opportunité économique, défi linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Fernandez-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric impacts of global recession in Central and Eastern European Countries: Soft Landing VS. Hard Landing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srdjan Redzepagic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Scientific Conference "Economic Policy and Global Recession"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.167-174, 2009, 978-86-403-1011-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainability and Financing of the US current account: the role of Asian Central Banks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Llorca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business &amp; Economics Anthology 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.161-170, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId129"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200437v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Llorca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200213v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200202v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215322v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Koch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gautier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Fern&#225;ndez-Cruz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sebin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200183v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200433v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704665v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704662v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704560v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704566v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704570v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146527v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Berr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orsola Constantini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monvoisin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Seccareccia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704670v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Berr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200429v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04711792v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04711818v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Desmedt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04712007v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdjan Redzepagic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04712142v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334924v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Berron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219934v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242002v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bastian" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247416v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842857v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584001v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11611.37925" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680022v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22280.02569" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225774v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Selmi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.33464.93446" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04349853v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.12181.91364" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296487v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01430352v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01430370v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01430375v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01431185v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01431197v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089003v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Cl&#233;venot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00269952v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268966v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berenger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218723v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2025028" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654763v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704530v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03657635v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bach" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6018/ER.510481" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704531v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Scelles" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jrfm14090439" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704533v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704532v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704551v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy-Tung Bui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mai" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704534v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704537v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barget" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Teste" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704535v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyu Gao" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bayle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704604v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ehrhart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704607v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704615v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15446/cuad.econ.v35n67.52446" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704538v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.162.0125" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04711754v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.1016" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704550v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228048v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704616v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704552v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704556v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/redp.213.0347" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704557v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704617v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Meuni&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14765280802604656" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00338097v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdjan Red&#382;epagi&#263;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14631370802018882" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00338063v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504850600749156" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704634v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392643v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00340336v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Selt&#232;ne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704618v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Seltene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704652v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704660v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/PAN0704489R" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00260148v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858163v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539611v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618873v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542491v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Fernandez-Cruz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04712122v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04712149v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200437v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Llorca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200213v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200202v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215322v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Koch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gautier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Fern&#225;ndez-Cruz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sebin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200183v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200433v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704665v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704662v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704560v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704566v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704670v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Berr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orsola Constantini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monvoisin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Seccareccia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146527v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Berr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704570v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200429v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04711792v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04711818v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Desmedt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04712007v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdjan Redzepagic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04712142v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219934v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334924v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Berron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242002v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bastian" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247416v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584001v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11611.37925" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842857v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680022v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22280.02569" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04349853v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Selmi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.12181.91364" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225774v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.33464.93446" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296487v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01430352v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01430370v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01430375v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01431185v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01431197v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089003v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Cl&#233;venot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268966v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berenger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00269952v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218723v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2025028" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704530v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654763v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03657635v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bach" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6018/ER.510481" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704531v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Scelles" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jrfm14090439" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704533v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704532v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704551v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy-Tung Bui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mai" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704534v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704604v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ehrhart" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704535v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyu Gao" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bayle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704537v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barget" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Teste" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704607v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704615v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15446/cuad.econ.v35n67.52446" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704538v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.162.0125" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04711754v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.1016" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228048v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704550v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704616v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704552v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704556v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/redp.213.0347" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704557v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704617v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Meuni&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14765280802604656" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00338097v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srdjan Red&#382;epagi&#263;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14631370802018882" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392643v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00340336v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Selt&#232;ne" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00338063v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504850600749156" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704634v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704618v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Seltene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704660v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/PAN0704489R" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704652v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00260148v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539611v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858163v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618873v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542491v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Fernandez-Cruz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04712122v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04712149v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>