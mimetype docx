--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -611,291 +611,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04088547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of temperature and substrate geometry on single aluminium weld bead geometry deposited by Wire Arc Additive Manufacturing: Proposition of an experimental procedure</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manufacturing of a Schwarz-P pattern by multi-axis WAAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supasit Manokruang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Vignat</w:t>
+                <w:t xml:space="preserve">Sébastien Campocasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Chalvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIRP Journal of Manufacturing Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cirpj.2023.06.010⟩</w:t>
+              <w:t xml:space="preserve">CIRP Annals - Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72 (1), pp.377-380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cirp.2023.04.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04140665v1</w:t>
+                <w:t xml:space="preserve">hal-04156463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manufacturing of a Schwarz-P pattern by multi-axis WAAM</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Chalvin</w:t>
+                <w:t xml:space="preserve">Effect of temperature and substrate geometry on single aluminium weld bead geometry deposited by Wire Arc Additive Manufacturing: Proposition of an experimental procedure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Limousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ugo Bourgon</w:t>
+                <w:t xml:space="preserve">Supasit Manokruang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vignat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hugel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christelle Grandvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIRP Annals - Manufacturing Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 72 (1), pp.377-380. </w:t>
+              <w:t xml:space="preserve">CIRP Journal of Manufacturing Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 45, pp.61-68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cirp.2023.04.058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cirpj.2023.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156463v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04140665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast simulation for powder bed fusion process based on thermal field pattern repetitions: application on electron beam melting process</w:t>
               </w:r>
@@ -920,51 +920,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soukaina Ghaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Ballu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Grandvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1009,265 +1009,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04098971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometrical defect analysis of overhang geometry produced by electron beam melting: experimental and statistical investigations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new method with ultrasonic mechanism for efficient depowdering of parts produced by electron beam melting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh Hoang Vo</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre-Thomas Doutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Grandvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Museau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23, pp.22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00170-022-10040-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/meca/2022023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03767332v1</w:t>
+                <w:t xml:space="preserve">hal-03744450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method with ultrasonic mechanism for efficient depowdering of parts produced by electron beam melting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geometrical defect analysis of overhang geometry produced by electron beam melting: experimental and statistical investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soukaina Ghaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Thomas Doutre</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thanh Hoang Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Ballu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23, pp.22. </w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/meca/2022023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00170-022-10040-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03744450v1</w:t>
+                <w:t xml:space="preserve">hal-03767332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of geometrical defects in overhang fabrications in electron beam melting based on thermomechanical simulations and experimental validations</w:t>
               </w:r>
@@ -1305,51 +1305,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Hoang Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Additive Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 36, pp.101557. </w:t>
@@ -1426,51 +1426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Thomas Doutre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Manufacturing Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 34, Part A, pp.1 - 6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2372,1324 +2372,1324 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification de la consommation énergétique de l'EBM : Analyse et proposition d'un modèle d'estimation</w:t>
+                <w:t xml:space="preserve">Gamme de fabrication hybride additive-usinage : vers une meilleure gestion des contraintes résiduelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Bensrhir -Caloustian</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Vignat</w:t>
+                <w:t xml:space="preserve">Adrien Dereims</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Haddi Mechekour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMART : recherche et enseignement agiles pour une industrie soutenable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, S.MART, May 2025, Voguë, France</w:t>
+              <w:t xml:space="preserve">Colloque S.Mart 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS S.Mart RAO, May 2025, Vogüé (Ardèche - France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05111950v1</w:t>
+                <w:t xml:space="preserve">hal-05244936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gamme de fabrication hybride additive-usinage : vers une meilleure gestion des contraintes résiduelles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Dereims</w:t>
+                <w:t xml:space="preserve">Quantification de la consommation énergétique de l'EBM : Analyse et proposition d'un modèle d'estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Bensrhir -Caloustian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Thomas Doutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">El-Haddi Mechekour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque S.Mart 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GIS S.Mart RAO, May 2025, Vogüé (Ardèche - France), France</w:t>
+              <w:t xml:space="preserve">SMART : recherche et enseignement agiles pour une industrie soutenable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S.MART, May 2025, Voguë, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244936v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05111950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche phénoménologique du contrôle de la géométrie de cordons en WAAM</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Béraud</w:t>
+                <w:t xml:space="preserve">Une nouvelle méthode pour dépoudrer des pièces issues du procédé de fusion par faisceau d'électrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Thomas Doutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Grandvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lavernhe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème colloque national Smart</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GIS S.mart, Apr 2023, Carry-le-Rouet, France</w:t>
+              <w:t xml:space="preserve">S-MART 2023 -18ème colloque national S.mart, 4-6 avril 2023, Carry le Rouet, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arts et Métiers Paristech ENSAM Aix-en-Provence; Université de Toulon, Apr 2023, Carry-Le-Rouet (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04131351v1</w:t>
+                <w:t xml:space="preserve">hal-04284186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Support-Free-Material Path Generation for DED Processes from Facetized Data</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Campocasso</w:t>
+                <w:t xml:space="preserve">Approche phénoménologique du contrôle de la géométrie de cordons en WAAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Verbist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vignat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lavernhe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th CIRP Conference on Intelligent Computation in Manufacturing Engineering (CIRP ICME)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">18ème colloque national Smart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS S.mart, Apr 2023, Carry-le-Rouet, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04197344v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04131351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle méthode pour dépoudrer des pièces issues du procédé de fusion par faisceau d'électrons</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christelle Grandvallet</w:t>
+                <w:t xml:space="preserve">Support-Free-Material Path Generation for DED Processes from Facetized Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lewis Andurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Campocasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">S-MART 2023 -18ème colloque national S.mart, 4-6 avril 2023, Carry le Rouet, France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16th CIRP Conference on Intelligent Computation in Manufacturing Engineering (CIRP ICME)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Online, Italy. pp.632-637, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2023.06.108⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04284186v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication d’un motif de Schwarz-P par procédé WAAM multi-axes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Hugel</w:t>
+                <w:t xml:space="preserve">Equivalent Material analysis of Triply Periodic Minimal Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Adrian Ramirez Salazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Béraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Pourroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Manufacturing'21</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Besançon, France</w:t>
+              <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03687632v1</w:t>
+                <w:t xml:space="preserve">hal-04102619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalent Material analysis of Triply Periodic Minimal Surfaces</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Villeneuve</w:t>
+                <w:t xml:space="preserve">Fabrication d’un motif de Schwarz-P par procédé WAAM multi-axes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Campocasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Chalvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">Journées Manufacturing'21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04102619v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03687632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design parameters effects on relative density of triply periodic minimal surfaces for additive manufacturing</w:t>
+                <w:t xml:space="preserve">Influence des paramètres de conception sur la densité relative de cellules à base de surfaces minimales triplement périodiques (TPMS) pour la fabrication additive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.A. Ramírez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Pourroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st CIRP Design Conference 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">17e Colloque National S-mart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, en visioconférence, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03247860v1</w:t>
+                <w:t xml:space="preserve">hal-03290639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model of Weld Beads Geometry Produced on Surface Temperatures by Wire and Arc Additive Manufacturing (WAAM)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Vignat</w:t>
+                <w:t xml:space="preserve">Design parameters effects on relative density of triply periodic minimal surfaces for additive manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.A. Ramírez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Béraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Pourroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Limousin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Manufacturing Science and Technology (ICMST 2020) 22nd-24th September 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1757-899x/1063/1/012008⟩</w:t>
+              <w:t xml:space="preserve">31st CIRP Design Conference 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Twente, France. pp.13-18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2021.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03114712v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A guide to select strain sensors to be embedded in smart metal parts built by WAAM</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Béraud</w:t>
+                <w:t xml:space="preserve">Model of Weld Beads Geometry Produced on Surface Temperatures by Wire and Arc Additive Manufacturing (WAAM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supasit Manokruang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Henri Paris</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Limousin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Manufacturing 21</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Manufacturing Science and Technology (ICMST 2020) 22nd-24th September 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Liverpool, United Kingdom. pp.012008, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1757-899x/1063/1/012008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03350560v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03114712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence des paramètres de conception sur la densité relative de cellules à base de surfaces minimales triplement périodiques (TPMS) pour la fabrication additive</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">A guide to select strain sensors to be embedded in smart metal parts built by WAAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17e Colloque National S-mart</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, en visioconférence, France</w:t>
+              <w:t xml:space="preserve">Conférence Manufacturing 21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Angers (Virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03290639v1</w:t>
+                <w:t xml:space="preserve">hal-03350560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Process parameters effect on weld beads geometry deposited by Wire and Arc Additive Manufacturing (WAAM)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supasit Manokruang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3756,398 +3756,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02933654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recouvrement acier par technologie CMT : Réalisation et propriétés mécaniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Robert</w:t>
+                <w:t xml:space="preserve">Analyse de la variation géométrique des pièces produites en fabrication additive EBM - Cas de pièces avec volume surplombant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soukaina Ghaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Ballu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Colloque National S.mart</w:t>
+              <w:t xml:space="preserve">16e Colloque National S-mart</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Les Karellis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03192506v1</w:t>
+                <w:t xml:space="preserve">hal-02106747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation thermomécanique de l'apparition des défauts géométriques sur des pièces produites en fabrication additive EBM</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Andrzej Kusiak</w:t>
+                <w:t xml:space="preserve">Recouvrement acier par technologie CMT : Réalisation et propriétés mécaniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis van Wesemael</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Gostiaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">16ème Colloque National S.mart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Les Karellis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945749v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la variation géométrique des pièces produites en fabrication additive EBM - Cas de pièces avec volume surplombant</w:t>
+                <w:t xml:space="preserve">Simulation thermomécanique de l'apparition des défauts géométriques sur des pièces produites en fabrication additive EBM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soukaina Ghaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Ballu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thanh Hoang</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrzej Kusiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16e Colloque National S-mart</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Les Karellis, France</w:t>
+              <w:t xml:space="preserve">24ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02106747v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Temperature on the Quality of Welding Beads Deposited with CMT Technology</w:t>
               </w:r>
@@ -4366,73 +4366,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Congrés Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">15 ème Colloque National AIP PRIMECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, La Plagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01576201v1</w:t>
+                <w:t xml:space="preserve">hal-01576196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Depowdering of lattice structures manufactured by Electron Beam Melting</w:t>
               </w:r>
@@ -4444,51 +4444,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Thomas Doutre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Colloque National AIP-Priméca</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, La Plagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4556,73 +4556,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15 ème Colloque National AIP PRIMECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, La Plagne, France</w:t>
+              <w:t xml:space="preserve">23ème Congrés Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01576196v1</w:t>
+                <w:t xml:space="preserve">hal-01576201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufacturing Space Homogeneity in Additive Manufacturing – Electron Beam Melting Case</w:t>
               </w:r>
@@ -6146,51 +6146,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication additive par dépôt direct multi-axes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Campocasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6253,90 +6253,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufacturing of a Schwarz-P pattern by multi-axis WAAM (Video)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Campocasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Chalvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugo Bourgon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Museau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6536,51 +6536,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499611v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Verbist" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vignat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Museau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lavernhe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-025-17155-6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282470v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Mateos-Canseco" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Kusiak" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battaglia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villeneuve" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0272083" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847823v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0225690" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088547v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Robert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beraud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Limousin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Paris" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2023014" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140665v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supasit Manokruang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Grandvallet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2023.06.010" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156463v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Campocasso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chalvin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Bourgon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hugel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirp.2023.04.058" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098971v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ledoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Ghaoui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Ballu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-11142-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767332v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hoang Vo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-10040-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744450v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Thomas Doutre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2022023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945570v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2020.101557" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803858v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carr&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2018.05.025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576205v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Piaget" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5545/sv-jme.2017.4365" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300992v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Mokhtarian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coatan&#233;a" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inigo Flores Ituarte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirp.2016.04.036" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFN3S84L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691373v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574306v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suthep Butdee" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396437v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de Grave" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masclet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187062v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Tichkiewitch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-007-0017-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371582v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#382;ko Valentincic" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oki Blatnik" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davorin Kramar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Orbanic" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560015v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111950v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bensrhir -Caloustian" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244936v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dereims" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Haddi Mechekour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131351v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;raud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197344v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Andurand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2023.06.108" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284186v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687632v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102619v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Adrian Ramirez Salazar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pourroy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247860v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Ram&#237;rez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.05.002" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114712v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1063/1/012008" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350560v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290639v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933654v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70566-4_3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192506v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis van Wesemael" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gostiaux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945749v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106747v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hoang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902590v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804820v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576201v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520004v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576196v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390804v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113233v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ai Lanh Nguyen Thi Ai" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786129v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ai Lanh Nguyen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762003v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394161v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thomann" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Di Donato" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cordier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Thony" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451842v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahi Rasoulifar" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana de Castro Perez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182544v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186511v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381830v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Orbanic" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375379v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jurisevic" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Valentincic" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Blatnik" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376062v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375196v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912823v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Vo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ledoux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.04.033" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00425084v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01862901v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736910v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499611v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Verbist" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vignat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Museau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lavernhe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-025-17155-6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282470v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Mateos-Canseco" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Kusiak" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battaglia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villeneuve" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0272083" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847823v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0225690" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088547v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Robert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beraud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Limousin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Paris" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2023014" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156463v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Campocasso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chalvin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Bourgon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hugel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirp.2023.04.058" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140665v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supasit Manokruang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Grandvallet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirpj.2023.06.010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098971v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ledoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Ghaoui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Ballu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-11142-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744450v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Thomas Doutre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2022023" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767332v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hoang Vo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-10040-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945570v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2020.101557" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803858v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carr&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2018.05.025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576205v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Piaget" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5545/sv-jme.2017.4365" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300992v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Mokhtarian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coatan&#233;a" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inigo Flores Ituarte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cirp.2016.04.036" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFN3S84L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691373v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574306v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suthep Butdee" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396437v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de Grave" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masclet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187062v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Tichkiewitch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-007-0017-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371582v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#382;ko Valentincic" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oki Blatnik" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davorin Kramar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Orbanic" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560015v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244936v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dereims" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Haddi Mechekour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111950v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bensrhir -Caloustian" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284186v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131351v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;raud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197344v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Andurand" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2023.06.108" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102619v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Adrian Ramirez Salazar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pourroy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687632v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290639v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Ram&#237;rez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247860v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.05.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114712v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1063/1/012008" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350560v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933654v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70566-4_3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106747v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Hoang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192506v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis van Wesemael" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gostiaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945749v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902590v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804820v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576196v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520004v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576201v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390804v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113233v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ai Lanh Nguyen Thi Ai" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786129v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ai Lanh Nguyen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762003v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394161v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thomann" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Di Donato" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cordier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Thony" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451842v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahi Rasoulifar" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana de Castro Perez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182544v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186511v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381830v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Orbanic" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375379v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jurisevic" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Valentincic" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Blatnik" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376062v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375196v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912823v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Vo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ledoux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.04.033" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00425084v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01862901v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736910v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>