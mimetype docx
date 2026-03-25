--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -157,5805 +157,35361 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (222)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing the benefits of part-night lighting on a tropical bat species endemic to Reunion Island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Mariton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Fourasté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Milian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 317, pp.111797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2026.111797⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obscurité en danger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Michalczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Challéat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CNRS Le journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05506907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acceleration and transport of relativistic electrons in the jets of the microquasar SS 433</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aschersleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 383 (6681), pp.402-406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.adi2048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evidence for γ-ray emission from the remnant of Kepler's supernova based on deep H.E.S.S. observations (Corrigendum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 683, pp.C1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348902e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04818055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectrum and extension of the inverse-Compton emission of the Crab Nebula from a combined Fermi-LAT and H.E.S.S. analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aschersleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 686, pp.A308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348651⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Very-high-energy $\gamma$-ray emission from young massive star clusters in the Large Magellanic Cloud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aschersleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 970 (1), pp.L21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/ad5e67⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unveiling extended gamma-ray emission around HESS J1813-178</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aschersleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 686, pp.A149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348374⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early-time gamma-ray constraints on cosmic-ray acceleration in the core-collapse SN 2023ixf with the Fermi Large Area Telescope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Martí-Devesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.C Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Di Lalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Principe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 686, pp.A254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202349061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04556494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prospects for a survey of the Galactic plane with the Cherenkov Telescope Array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Abhir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Abhishek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Acharyya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JCAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2024/10/081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of a Radiation Component from the Vela Pulsar Reaching 20 Teraelectronvolts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aschersleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Astron.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (11), pp.1341-1350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41550-023-02052-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensitivity of the Cherenkov Telescope Array to spectral signatures of hadronic PeVatrons with application to Galactic Supernova Remnants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Acharyya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aguasca-Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Agudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 150, pp.102850. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.astropartphys.2023.102850⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. follow-up observations of GRB221009A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aschersleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 946 (1), pp.L27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/acc405⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraining the cosmic-ray pressure in the inner Virgo Cluster using H.E.S.S. observations of M 87</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Arcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aschersleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 675, pp.A138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202346056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04111745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construire et travailler un objet de recherche en interdisciplinarité : l’exemple de l’environnement nocturne à La Réunion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Challéat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Lapostolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Milian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bénos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22, pp.23-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/traces.14581⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04160274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiwavelength Observations of the Blazar PKS 0735+178 in Spatial and Temporal Coincidence with an Astrophysical Neutrino Candidate IceCube-211208A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Acharyya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.B Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Archer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Bangale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.T Bartkoske</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrophys.J.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 954 (1), pp.70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ace327⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04160420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of extended gamma-ray emission around the Geminga pulsar with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aschersleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 673, pp.A148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202245776⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04080197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HESS J1809$-$193: a halo of escaped electrons around a pulsar wind nebula?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Aschersleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 672, pp.A103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202245459⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04019936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A deep spectromorphological study of the $\gamma$-ray emission surrounding the young massive stellar cluster Westerlund 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Barbosa Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Becherini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 666, pp.A124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244323⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03771735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au sein du CNRS, un Observatoire de l’environnement nocturne pour accompagner la territorialisation de la lutte contre la pollution lumineuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Challéat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Lapostolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Milian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bénos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Clairaut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 178, pp.27-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03748363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gamma-ray observations of MAXI J1820+070 during the 2018 outburst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.A. Acciari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Aniello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ansoldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mon.Not.Roy.Astron.Soc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 517 (4), pp.4736-4751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stac2686⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evidence for γ-ray emission from the remnant of Kepler’s supernova based on deep H.E.S.S. observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Anguner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 662, pp.A65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202243096⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03583160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The first days of Type II-P core collapse supernovae in the gamma-ray range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Cristofari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marcowith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.V. Dwarkadas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Tatischeff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 511 (3), pp.3321-3329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stac217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Time-resolved hadronic particle acceleration in the recurrent nova RS Ophiuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Backes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 376 (6588), pp.abn0567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.abn0567⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for Dark Matter Annihilation Signals in the H.E.S.S. Inner Galaxy Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phys.Rev.Lett.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 129 (11), pp.111101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.111101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CTA – the World’s largest ground-based gamma-ray observatory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Zanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abusleme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PoS - Proceedings of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22323/1.395.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">obspm-04060187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Searching for TeV Gamma-Ray Emission from SGR 1935+2154 during Its 2020 X-Ray and Radio Bursting Phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 919 (2), pp.106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac0fe1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis of radioactive elements in novae and supernovae and their use as a diagnostic tool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Isern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hernanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grebenev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Astronomy Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92, pp.101606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.newar.2020.101606⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03122287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. follow-up observations of binary black hole coalescence events during the second and third gravitational-wave observing runs of advanced LIGO and advanced Virgo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrophys.J.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 923 (1), pp.109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac2e04⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TeV Emission of Galactic Plane Sources with HAWC and H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 917 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/abf64b⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03414763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiwavelength constraints on the unidentified Galactic TeV sources HESS J1427$-$608, HESS J1458$-$608, and new VHE $\gamma$-ray source candidates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Devin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lemoine-Goumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Vasileiadis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 647, pp.A68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202039563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03129437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. and MAGIC observations of a sudden cessation of a very-high-energy $\gamma$-ray flare in PKS 1510−089 in May 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 648, pp.A23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038949⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03210326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evidence of 100 TeV $\gamma$-ray emission from HESS J1702-420: A new PeVatron candidate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 653, pp.A152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140962⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03263207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revealing x-ray and gamma ray temporal and spectral similarities in the GRB 190829A afterglow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Arcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 372 (6546), pp.1081-1085. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.abe8560⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03260812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observation of the Gamma-Ray Binary HESS J0632+057 with the H.E.S.S., MAGIC, and VERITAS Telescopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.B. Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Benbow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.H. Buckley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Capasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrophys.J.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 923 (2), pp.241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac29b7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03522381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for dark matter annihilation signals from unidentified Fermi-LAT objects with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrophys.J.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 918, pp.17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/abff59⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03262638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LMC N132D: A mature supernova remnant with a power-law gamma-ray spectrum extending beyond 8 TeV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astron.Astrophys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 655, pp.A7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141486⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03580207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for dark matter annihilation in the Wolf-Lundmark-Melotte dwarf irregular galaxy with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phys.Rev.D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (10), pp.102002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.103.102002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Broadband Multi-wavelength Properties of M87 during the 2017 Event Horizon Telescope Campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Algaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Anczarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Asada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baloković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 911 (1), pp.L11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/abef71⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03210362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resolving the Crab pulsar wind nebula at teraelectronvolt energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (2), pp.167-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41550-019-0910-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02483963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Would SN1993J Have Been Detected by Next-generation Cerenkov Instruments?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Cristofari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Marcowith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.V. Dwarkadas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Tatischeff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Res.Notes AAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (7), pp.115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2515-5172/aba839⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simultaneous observations of the blazar PKS 2155−304 from ultra-violet to TeV energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 639, pp.A42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936900⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02892930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for dark matter signals towards a selection of recently detected DES dwarf galaxy satellites of the Milky Way with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (6), pp.062001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.102.062001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02939975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire du rayonnement cosmique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Clairaut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, CC171, pp.10-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing the magnetic field in the GW170817 outflow using H.E.S.S. observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 894 (2), pp.L16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/ab8b59⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03713189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Time-dependent high-energy gamma-ray signal from accelerated particles in core-collapse supernovae: the case of SN 1993J</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Cristofari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marcowith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.V. Dwarkadas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Tatischeff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 494 (2), pp.2760-2765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staa984⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02550025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. detection of very high-energy γ-ray emission from the quasar PKS 0736+017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 633, pp.A162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201935906⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02458766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Very high energy $\gamma$-ray emission from two blazars of unknown redshift and upper limits on their distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 494 (4), pp.5590-5602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staa999⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03178771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resolving acceleration to very high energies along the jet of Centaurus A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 582 (7812), pp.356-359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-020-2354-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03099102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of very-high-energy γ-ray emission from the colliding wind binary η Car with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 635, pp.A167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936761⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03705219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prospects on high-energy source searches based on pattern recognition: Object detection in the H.E.S.S. Galactic Plane Survey and catalogue cross-matches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.A. Gallant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 122, pp.102462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.astropartphys.2020.102462⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. and Fermi-LAT observations of PSR B1259-63/LS 2883 during its 2014 and 2017 periastron passages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 633, pp.A102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936621⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An extreme particle accelerator in the Galactic plane: HESS J1826−130</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 644, pp.A112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03371639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Upper limits on very-high-energy gamma-ray emission from core-collapse supernovae observed with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 626, pp.A57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201935242⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02154704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. observations of the flaring gravitationally lensed galaxy PKS 1830–211</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 486 (3), pp.3886-3891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz1031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. and $Suzaku$ observations of the Vela X pulsar wind nebula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 627, pp.A100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201935458⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02177383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VHE $\gamma$-ray discovery and multiwavelength study of the blazar 1ES 2322−409</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 482 (3), pp.3011-3022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/sty2686⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01921605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The 2014 TeV $\gamma$-Ray Flare of Mrk 501 Seen with H.E.S.S.: Temporal and Spectral Constraints on Lorentz Invariance Violation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 870 (2), pp.93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aaf1c4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A very-high-energy component deep in the $\gamma$-ray burst afterglow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 575 (7783), pp.464-467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-019-1743-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02381934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraints on the emission region of 3C 279 during strong flares in 2014 and 2015 through VHE γ-ray observations with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 627, pp.A159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201935704⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02186154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Particle Transport within the Pulsar Wind Nebula HESS J1825-137</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 621, pp.A116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201834335⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Population of TeV Pulsar Wind Nebulae in the H.E.S.S. Galactic Plane Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fiasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Krayzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201629377⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01480223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. observations of RX J1713.7-3946 with improved angular and spectral resolution; evidence for gamma-ray emission extending beyond the X-ray emitting shell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fiasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Krayzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201629790⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01375701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Systematic search for very-high-energy gamma-ray emission from bow shocks of runaway stars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201630151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-02019707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First Ground-based Measurement of Sub-20 GeV to 100 GeV $\gamma$-rays from the Vela Pulsar with H.E.S.S. II</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 620, pp.A66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201732153⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A search for new supernova remnant shells in the Galactic plane with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201730737⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of variable VHE $\gamma$-ray emission from the extra-galactic $\gamma$-ray binary LMC P3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 610, pp.L17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201732426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01703478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraints on particle acceleration in SS433/W50 from MAGIC and H.E.S.S. observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L. Ahnen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ansoldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.A. Antonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Babić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201731169⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01802098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. discovery of very high energy $\gamma$-ray emission from PKS 0625−354</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 476 (3), pp.4187-4198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/sty439⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01737884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The supernova remnant W49B as seen with H.E.S.S. and Fermi-LAT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201527843⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detailed spectral and morphological analysis of the shell type supernova remnant RCW 86</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201526545⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01272839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The $\gamma$-ray spectrum of the core of Centaurus A as observed with H.E.S.S. and Fermi-LAT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 619, pp.A71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201832640⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01867378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The H.E.S.S. Galactic plane survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201732098⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01781990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extended VHE $\gamma$-ray emission towards SGR1806−20, LBV 1806−20, and stellar cluster Cl* 1806−20</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201628695⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01797874v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HESS J1741−302: a hidden accelerator in the Galactic plane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201730581⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01797468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for $\gamma$-Ray Line Signals from Dark Matter Annihilations in the Inner Galactic Halo from 10 Years of Observations with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120 (20), pp.201101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.201101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Core collapse supernovae as Cosmic Ray sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Marcowith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vikram Dwarkadas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Tatischeff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenael Giacinti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 479 (4), pp.4470-4485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/sty1743⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01833790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A search for very high-energy flares from the microquasars GRS 1915+105, Circinus X-1, and V4641 Sgr using contemporaneous H.E.S.S. and RXTE observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fiasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Krayzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201527773⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01346019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The starburst galaxy NGC 253 revisited by H.E.S.S. and Fermi-LAT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 617, pp.A73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201833202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01833680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Population study of Galactic supernova remnants at very high γ-ray energies with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201732125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01724846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multimessenger observations of a flaring blazar coincident with high-energy neutrino IceCube-170922A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.G. Aartsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ackermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ahlers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 361 (6398), pp.eaat1378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aat1378⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01863307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Searches for gamma-ray lines and 'pure WIMP' spectra from Dark Matter annihilations in dwarf galaxies with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11, pp.037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2018/11/037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01897209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterising the VHE diffuse emission in the central 200 parsecs of our Galaxy with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201730824⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01815286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deeper H.E.S.S. observations of Vela Junior (RX J0852.04622): Morphology studies and resolved spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.A7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201630002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosmic Rays and Non-thermal Emission Induced by Accretion of Cool Gas onto the Galactic Disk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susumu Inoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasunobu Uchiyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masanori Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keiichi Wada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 849 (1), pp.22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa8dfa⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01645719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First limits on the very-high energy gamma-ray afterglow emission of a fast radio burst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jill Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fiasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lamanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 597, pp.A115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201629117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01447669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">325 and 610 MHz radio counterparts of SNR G353.6−0.7 also known as HESS J1731−347</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.J. Nayana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poonam Chandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subhashis Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David A. Green</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 467 (1), pp.155-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stx044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01554403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurement of the EBL spectral energy distribution using the VHE $\gamma$-ray spectra of H.E.S.S. blazars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 606, pp.A59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201731200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01645741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prospects for Cherenkov Telescope Array Observations of the Young Supernova Remnant RX J1713.7−3946</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Aloisio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Amans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Amato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.A. Antonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrophys.J.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 840 (2), pp.74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa6d67⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02192570v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-messenger Observations of a Binary Neutron Star Merger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.P. Abbott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Abbott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.D. Abbott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Acernese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ackley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astrophys.J.Lett.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 848 (2), pp.L12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/aa91c9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01646052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterizing the γ-ray long-term variability of PKS 2155−304 with H.E.S.S. and Fermi-LAT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jill Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fiasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Krayzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 598, pp.A39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201629419⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01379906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TeV gamma-ray observations of the binary neutron star merger GW170817 with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 850 (2), pp.L22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/aa97d2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01669863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The first Fermi lat supernova remnant catalog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Ackermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Ajello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Baldini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Ballet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 224, pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/0067-0049/224/1/8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01362303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. limits on line-like dark matter signatures in the 100 GeV to 2 TeV energy range close to the Galactic Centre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jill Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fiasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Krayzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 117, pp.151302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.151302⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01375706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gamma-Ray emission from SN2014J near maximum optical light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Isern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jürgen Knödlseder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 588, pp.A67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201526941⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01554942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acceleration of petaelectronvolt protons in the Galactic Centre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fiasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Krayzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lamanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 531, pp.476-479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature17147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01303680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The exceptionally powerful TeV γ-ray emitters in the Large Magellanic Cloud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 347 (6220), pp.406-412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1261313⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01109515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of the VHE gamma-ray source HESS J1832-093 in the vicinity of SNR G22.7-0.2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 446, pp.1163-1169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stu2148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01085027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraints on an Annihilation Signal from a Core of Constant Dark Matter Density around the Milky Way Center with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 114, pp.081301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.081301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01118897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. detection of TeV emission from the interaction region between the supernova remnant G349.7 0.2 and a molecular cloud (Corrigendum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 580, pp.C1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201425070e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03818325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. detection of TeV emission from the interaction region between the supernova remnant G349.7+0.2 and a molecular cloud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 574, pp.A100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201425070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02478856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The 2012 flare of PG 1553+113 seen with H.E.S.S. and Fermi-LAT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 802, pp.65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/802/1/65⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01119861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. reveals a lack of TeV emission from the supernova remnant Puppis A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 575, pp.A81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201424805⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01108646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The high-energy $\gamma$-ray emission of AP Librae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fiasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Komin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Krayzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lamanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 573, pp.A31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201321436⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01082768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of variable VHE gamma-ray emission from the binary system 1FGL J1018.6-5856</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 577, pp.A131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525699⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01139213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of TeV shell supernova remnants at gamma-ray energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lemoine-Goumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Ballet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. W. Hewitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 580, pp.A74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525932⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01383660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing the gamma-ray emission from HESS J1834-087 using H.E.S.S. and Fermi LAT observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 574, pp.A27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201322694⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01025854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flux upper limits for 47 AGN observed with H.E.S.S. in 2004-2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 564, pp.A9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201322897⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00947917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long-term monitoring of PKS 2155-304 with ATOM and H.E.S.S.: investigation of optical/gamma-ray correlations in different spectral states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 571, pp.A39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201424142⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01061878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HESS J1818-154, a new composite supernova remnant discovered in TeV gamma rays and X-rays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 562, pp.A40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201322914⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00907620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TeV γ-ray observations of the young synchrotron-dominated SNRs G1.9+0.3 and G330.2+1.0 with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 441 (1), pp.790-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stu459⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00975408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diffuse Galactic gamma-ray emission with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90 (12), pp.122007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.90.122007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01091552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erratum: HESS J1640-465 - an exceptionally luminous TeV γ-ray supernova remnant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.3640-3642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stu826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03618551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for extended γ-ray emission around AGN with H.E.S.S. and Fermi-LAT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 562, pp.A145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201322510⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00947902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HESS J1640-465 - an exceptionally luminous TeV γ-ray supernova remnant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 439, pp.2828-2836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stu139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00947889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for dark matter annihilation signatures in H.E.S.S. observations of Dwarf Spheroidal Galaxies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90 (11), pp.112012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.90.112012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01082757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of the hard spectrum VHE gamma-ray source HESS J1641-463</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. O. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 794 (1), pp.L1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2041-8205/794/1/L1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01061876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First Detection of 56Co Gamma-Ray Lines from Type Ia Supernova (SN 2014J) with INTEGRAL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Churazov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sunyaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Isern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jürgen Knödlseder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 512, pp.406-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature13672⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for TeV Gamma-ray Emission from GRB 100621A, an extremely bright GRB in X-rays, with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 565, pp.A16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201322984⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01020011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long-term TeV and X-ray Observations of the Gamma-ray Binary HESS J0632+057</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Aliu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Archambault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Aune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beilicke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 780 (2), pp.168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/780/2/168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00950495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. Observations of the Crab during its March 2013 GeV Gamma-Ray Flare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 562, pp.L4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201323013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00907621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new nearby pulsar wind nebula overlapping the RX J0852.0−4622 supernova remnant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Gallant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Ballet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 551, pp.A7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201220799⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01094458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introducing the CTA concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.S. Acharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Actis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Aghajani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Agnetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 43, pp.3-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.ASTROPARTPHYS.2013.01.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00813224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraints on axionlike particles with H.E.S.S. from the irregularity of the PKS 2155-304 energy spectrum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88, pp.102003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.88.102003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00907630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S and Fermi-LAT discovery of gamma rays from the blazar 1ES 1312-423</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 434, pp.1889-1901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stt1081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00838140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. Observations of the Binary System PSR B1259-63/LS 2883 around the 2010/2011 Periastron Passage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 551, pp.A94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201220612⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00780750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for photon line-like signatures from Dark Matter annihilations with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110, pp.041301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.110.041301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00780746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surveys with the Cherenkov Telescope Array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Dubus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J L Contreras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Funk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Gallant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 43, pp.317 - 330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.astropartphys.2012.05.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of TeV γ-ray emission from PKS 0447-439 and derivation of an upper limit on its redshift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Balenderan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 552, pp.A118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201321108⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01094464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of high and very high-energy emission from the BL Lacertae object SHBL J001355.9–185406</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Angüner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 554, pp.A72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201220996⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01135393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. discovery of VHE γ-rays from the quasar PKS 1510−089</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 554, pp.A107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201321135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01135395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observation of SN2011fe with INTEGRAL. I. Pre-maximum phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Isern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Diehl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jürgen Knödlseder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 552, pp.A97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201220303⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02548160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurement of the extragalactic background light imprint on the spectra of the brightest blazars observed with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 550, pp.A4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201220355⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00765959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for very-high-energy γ-ray emission from Galactic globular clusters with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 551, pp.A26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201220719⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01094457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gamma-ray signatures of cosmic ray acceleration, propagation, and confinement in the era of CTA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. de Cea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. de Oña Wilhelmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 43, pp.276-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.ASTROPARTPHYS.2012.05.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00908249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of very high energy γ-ray emission from the BL Lacertae object PKS 0301−243 with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ait Benkhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 559, pp.A136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201321639⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00907615v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of TeV gamma-ray emission from PKS 0447-439 and derivation of an upper limit on its redshift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Balenderan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 552, pp.A118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201321108⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00798116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A multiwavelength view of the flaring state of PKS 2155-304 in 2006</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 539, pp.A149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201117509⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00679463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of VHE emission towards the Carina arm region with the H.E.S.S. telescope array: HESS J1018-589</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 541, pp.A5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201218843⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00684777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of hard-spectrum γ-ray emission from the BL Lacertae object 1ES 0414+009</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 538, pp.A103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201118406⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00660462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectral analysis and interpretation of the gamma-ray emission from the Starburst galaxy NGC 253</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 757, pp.158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/757/2/158⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00713837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for Dark Matter Annihilation Signals from the Fornax Galaxy Cluster with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 750, pp.123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/750/2/123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00679476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of HESS J1303-631 as a Pulsar Wind Nebula through gamma-ray, X-ray and radio observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 548, pp.A46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201219814⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00748538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of extended VHE γ-ray emission from the vicinity of the young massive stellar cluster Westerlund 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 537, pp.A114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201117928⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00640986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. observations of the Carina nebula and its enigmatic colliding wind binary Eta Carinae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 424, pp.128-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2012.21180.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00697570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The 2010 Very High Energy γ-Ray Flare and 10 Years of Multi-wavelength Observations of M 87</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 746, pp.151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/746/2/151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00652853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraints on the gamma-ray emission from the cluster-scale AGN outburst in the Hydra A galaxy cluster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 545, pp.A103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201219655⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00725521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing the extent of the non-thermal emission from the Vela X region at TeV energies with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 548, pp.A38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201219919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00748534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraints on cosmic-ray efficiency in the supernova remnant RCW 86 using multi-wavelength observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lemoine-Goumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. E. Allen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 545, pp.A28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201219896⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00767708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of gamma-ray emission from the extragalactic pulsar wind nebula N 157B with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 545, pp.L2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201219906⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00725528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of VHE gamma-ray emission and multi-wavelength observations of the BL Lacertae object 1RXS J101015.9-311909</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 542, pp.A94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201218910⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00690898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. observations of the globular clusters NGC 6388 and M 15 and search for a Dark Matter signal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 735, pp.12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/735/1/12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00591116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simultaneous multi-wavelength campaign on PKS 2005-489 in a high state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 533, pp.A110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201016170⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00630645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extended Hard X-Ray Emission from the Vela Pulsar Wind Nebula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mattana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Götz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ponti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 743, pp.L18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2041-8205/743/1/L18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00670171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new SNR with TeV shell-type morphology: HESS J1731-347</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 531, pp.A81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201016425⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00596124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HESS J1943+213: a candidate extreme BL Lacertae object</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 529, pp.A49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201116545⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00580720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiting the Westerlund 2 Field with the H.E.S.S. Telescope Array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 525, pp.A46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201015290⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00519435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of very-high-energy gamma-ray emission from the vicinity of PSR B1706-44 and G343.1-2.3 with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 528, pp.A143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201015381⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00563803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Very-high-energy gamma-ray emission from the direction of the Galactic globular cluster Terzan 5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 531, pp.L18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201117171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00607259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of the source HESS J1356-645 associated with the young and energetic PSR J1357-6429</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 533, pp.A103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201117445⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00629030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design concepts for the Cherenkov Telescope Array CTA: an advanced facility for ground-based high-energy gamma-ray astronomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Actis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Agnetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aleksić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32, pp.193-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/S10686-011-9247-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00656159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for a Dark Matter annihilation signal from the Galactic Center halo with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 106, pp.161301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.106.161301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00580801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for Lorentz Invariance breaking with a likelihood fit of the PKS 2155-304 Flare Data Taken on MJD 53944</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 34, pp.738-747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.astropartphys.2011.01.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00561756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of gamma- and X-ray pulsations from the young and energetic PSR J1357−6429 with Fermi and XMM-Newton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lemoine-Goumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. E. Zavlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-H. Grondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Shannon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Stanley Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 533, pp.A102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201117413⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00656586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery and follow-up studies of the extended, off-plane, VHE gamma-ray source HESS J1507-622</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 525, pp.A45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201015187⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00538908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. constraints on Dark Matter annihilations towards the Sculptor and Carina Dwarf Galaxies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 34, pp.608-616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.astropartphys.2010.12.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00562644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VHE gamma-ray emission of PKS 2155-304: spectral and temporal variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 520, pp.A83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014484⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00496200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First detection of VHE gamma-rays from SN 1006 by H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 516, pp.A62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200913916⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00496202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Fourth IBIS/ISGRI Soft Gamma-ray Survey Catalog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Bird</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bazzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Capitanio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fiocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 186, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0067-0049/186/1/1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00670188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of VHE γ-rays from the BL Lacertae object PKS 0548-322</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 521, pp.A69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200912363⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00496192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PKS 2005-489 at VHE: Four Years of Monitoring with HESS and Simultaneous Multi-wavelength Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 511, pp.A52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200913073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00445182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Localizing the VHE gamma-ray source at the Galactic Centre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 402, pp.1877</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00631791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of a Highly Energetic Pulsar Associated with IGR J14003-6326 in the Young Uncataloged Galactic Supernova Remnant G310.6-1.6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Marandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. V. Gotthelf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 716, pp.663-670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/716/1/663⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00670165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First detection of VHE gamma-rays from SN 1006 by HESS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 516, pp.A62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00631853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-wavelength Observations of H 2356-309</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abramowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 516, pp.A56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201014321⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00496913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Localizing the VHE γ-ray source at the Galactic Centre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 402, pp.1877 - 1882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2966.2009.16014.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00460883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. upper limit on the very high energy gamma-ray emission from the globular cluster 47 Tucanae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 499, pp.273-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200811564⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00392048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radio Imaging of the Very-High-Energy γ-Ray Emission Region in the Central Engine of a Radio Galaxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.A. Acciari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Aliu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Arlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beilicke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 325, 5939, pp.444-448. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1175406⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00414261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraints on the kinematics of the 44Ti ejecta of Cassiopeia A from INTEGRAL/SPI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Knödlseder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacco Vink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Decourchelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 502, pp.131-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200809735⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03785707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. observations of gamma-ray bursts in 2003-2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Becherini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 495, pp.505-512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:200811072⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00354648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A search for a dark matter annihilation signal towards the Canis Major overdensity with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 691, pp.175-181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/691/1/175⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00324687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of very high energy gamma-ray emission from Centaurus A with H.E.S.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 695, pp.L40-L44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/695/1/L40⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00367126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of very high energy radiation from HESS J1908+063 confirms the Milagro unidentified source MGRO J1908+06</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 499, pp.723-728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200811357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00393808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing the ATIC peak in the cosmic-ray electron spectrum with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 508, pp.561-564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200913323⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00380853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraints on the multi-TeV particle population in the Coma Galaxy Cluster with H.E.S.S. observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 502, pp.437-443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200912086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00402427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectrum and variability of the Galactic Center VHE gamma-ray source HESS J1745-290</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 503, pp.817-825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200811569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00410625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Very high energy gamma-ray observations of the galaxy clusters Abell 496 and Abell 85 with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 495, pp.27-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:200811372⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00345966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simultaneous observations of PKS 2155-304 with H.E.S.S., Fermi, RXTE and ATOM: spectral energy distributions and variability in a low state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 696, pp.L150-L155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/696/2/L150⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00378403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HESS upper limits on very high energy gamma-ray emission from the microquasar GRS 1915+105</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 508, pp.1135-1140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200913389⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00445870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simultaneous multiwavelength observations of the second exceptional gamma-ray flare of PKS 2155-304 in July 2006</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 502, pp.749-770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200912128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00410643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of gamma-ray emission from the shell-type supernova remnant RCW 86 with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 692, pp.1500-1505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/692/2/1500⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00331427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. Observations of the Prompt and Afterglow Phases of GRB 060602B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 690, pp.1068-1073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/690/2/1068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00321879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of Gamma Rays From a Starburst Galaxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Acero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 326, 5956, pp.1080-1082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1178826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00420843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Very high energy gamma-ray observations of the binary PSR B1259-63/SS2883 around the 2007 Periastron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 507, pp.389-396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/200912339⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00438793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of VHE gamma-rays from the high-frequency-peaked BL Lac object RGB J0152+017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 481, pp.L103-L107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:200809603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00263434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simultaneous H.E.S.S. and Chandra observations of Sagittarius A* during an X-ray flare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Becherini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 492, pp.L25-L28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:200810912⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00348809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of very high energy gamma-ray emission coincident with molecular clouds in the W28 (G6.4-0.1) field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beilicke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 481, pp.401-410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20077765⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00221478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The energy spectrum of cosmic-ray electrons at TeV energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Becherini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 101, pp.261104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.261104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00341406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of a VHE gamma-ray source coincident with the supernova remnant CTB 37A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 490, pp.685-693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:200809722⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00274401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limits on an Energy Dependence of the Speed of Light from a Flare of the Active Galaxy PKS 2155-304</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 101, pp.170402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.170402⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00332607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HESS very-high-energy gamma-ray sources without identified counterparts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 477, pp.353-363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20078516⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00196769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of very-high-energy gamma-ray emission from the vicinity of PSR J1913+1011 with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 484, pp.435-440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20078715⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00260702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring a SNR/Molecular Cloud Association Within HESS J1745-303</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 483, pp.509-517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20079230⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00274380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HESS Observations and VLT Spectroscopy of PG 1553+113</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 477, pp.481-489. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20078603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00184500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E.S.S. upper limits for Kepler's supernova remnant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 488, pp.219-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:200809401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00289653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Search for Gamma-rays from Dark Matter annihilations around Intermediate Mass Black Holes with the H.E.S.S. experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 78, pp.072008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.78.072008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00288992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandra and H.E.S.S. observations of the Supernova Remnant CTB 37B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 486, pp.829-836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:200809655⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00263525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Upper Limits from HESS active galactic nuclei Observations in 2005-2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 478, pp.387-393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20078604⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00189509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The 3rd IBIS/ISGRI soft gamma-ray survey catalog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Bird</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Malizia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bazzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. J. Barlow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 170, pp.175-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/513148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00124528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New constraints on the Mid-IR EBL from the HESS discovery of VHE gamma rays from 1ES 0229+200</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 475, pp.L9-L13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20078462⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00175791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of VHE gamma-rays from the distant BL Lacertae 1ES 0347-121</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Aharonian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Akhperjanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Barres de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R. Bazer-Bachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Behera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 473, pp.L25-L28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20078412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00177454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High-energy particles in the wind nebula of pulsar B1509-58 as seen by INTEGRAL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Forot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Hermsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 651, pp.L45-L48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/509077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00126682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Second IBIS/ISGRI Soft Gamma-Ray Survey Catalog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Bird</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. J. Barlow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bazzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bélanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 636, pp.765-776. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/498090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00138814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INTEGRAL detection of hard X-rays from NGC 6334: Nonthermal emission from colliding winds or an AGN?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Bykov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId623" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Krassilchtchikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu.A. Uvarov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 449, pp.917-923. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId625" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20054361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00025311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the nature of the hard X-ray source IGR J2018+4043</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. M. Bykov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. M. Krassilchtchikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu. A. Uvarov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. A. Kennea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. G. Pavlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 649, pp.L21-L24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId632" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/508327⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00104572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coma revealed as an extended hard X-rays source by INTEGRAL IBIS/ISGRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bélanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 453 (1), pp.L5 - L8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20065157⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00078457v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X-Ray Observations of SN 1006 with Integral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Kalemci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. P. Reynolds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. E. Boggs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chenevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 644, pp.274-278</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00025897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imaging extended sources with coded mask telescopes: Application to the INTEGRAL IBIS/ISGRI instrument</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId643" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Goldwurm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 456 (1), pp.389-394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20065156⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00078453v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId646" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G0.57-0.018: A young supernova remnant? INTEGRAL and VLA observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Paron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dubner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 638, pp.200-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId649" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/498702⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId646" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00024872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Persistent High-Energy Flux from the Heart of the Milky Way : Integral's view of the Galactic Center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bélanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Goldwurm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId651" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulvio Melia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 636, pp.275-289</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00007740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Signature of ^44Ti in Cassiopeia A Revealed by IBIS/ISGRI on INTEGRAL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Decourchelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. R. Den Hartog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 647, pp.L41-L44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/507300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00138805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId655" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INTEGRAL IGR J18135-1751=HESS J1813-178: A new cosmic high energy accelerator from keV to TeV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId656" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ubertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Malizia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bazzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Bird</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 629, pp.L109-L112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId657" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/447766⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId655" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00183352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId658" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Particle effects on the ISGRI instrument on-board the INTEGRAL satellite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId659" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Claret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId660" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Limousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId661" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Lugiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId662" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 51 (6), pp.3413-3419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId663" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNS.2004.839158⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId658" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (46)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deploying dense Artificial Light At Night (ALAN) monitoring networks for territorial actions: the cases of Réunion Island and La Brière region, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Delsaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference On Artificial Light At Night ALAN 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dark Sky Ireland; Friends of Mayo Dark Skies, Oct 2025, Westport, Ireland. https://artificiallightatnight.org/alan-conference-2025/venue-alan-2025/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05343777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitigation de la pression lumineuse : vers l'adaptation en temps réel de l'éclairage public aux enjeux écologiques transitoires du Parc naturel régional de Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Jéchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de restitution des programmes financés par l’appel à projets 2024 “Pollution et dépollution : solutions et trajectoires” de la MITI du CNRS (année 1)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mission pour les initiatives transverses et interdisciplinaires (MITI) du CNRS, Jan 2025, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04883849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LPM·Net. Deux réseaux denses de suivi long terme de la pression lumineuse à La Réunion et en Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Delsaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du GDR 2202 LUMEN (2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR2202 LUMEN (Lumière &amp; environnement nocturne, CNRS), Dec 2025, Aubervillers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05505874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light pollution, a complex real-world problem to be tackled through an interdisciplinary approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Renaud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GA 2024: 32. IAU General Assembly, Session of the Executive Committee Working Group Dark and Quiet Sky Protection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAU (International Astronomical Union), Aug 2024, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04671593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photographier et phonographier : garder trace des paysages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Challéat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Farrugia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bénos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Challéat</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Léa Mariton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Sociétés Images &amp; Sons</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENSFEA; Université Toulouse - Jean Jaurès; UMR5193 LISST (équipe Dynamiques Rurales), Jan 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Observatoire de l'environnement nocturne et le Réseau de suivi de la pression lumineuse à La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de l'Observatoire volcanologique du Piton de la Fournaise (OVPF-IPGP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Observatoire volcanologique du Piton de la Fournaise (OVPF-IPGP), Nov 2024, Bourg-Murat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astronomy education projects in Reunion Island: an overview of past, recent and upcoming activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Perrigault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId679" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId680" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic K-Bidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise-Marie Dandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GA 2024: XXXII IAU General Assembly, Session of the Office of Astronomy for Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAU (International Astronomical Union), Aug 2024, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04672213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitigation de la pression lumineuse (MITI·PLUM) : vers l’adaptation en temps réel de l’éclairage public aux enjeux écologiques transitoires du PNR de Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId671" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Jéchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comité des partenaires Trame Noire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Parc naturel régional de Brière, Oct 2024, Pontchâteau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04745666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Observatoire de l’environnement nocturne du CNRS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire de la Fédération des Parcs naturels régionaux de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération des Parcs naturels régionaux de France, Jun 2023, À distance, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching for gamma-ray counterparts of FRBs with H.E.S.S.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Aharonian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ait Benkhali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId685" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Alkan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Aschersleben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Ashkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Nagoya, Japan. pp.776, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.444.0776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04185284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId687" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explorer les systèmes socio-écologiques nocturnes par les paysages sonores</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Habiter les paysages nocturnes dans les Hauts de La Réunion. Une expérimentation fondée sur l’approche mésologique de l’environnement nocturne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kévin Barré</w:t>
+            <w:hyperlink r:id="rId666" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de restitution de l’appel à projets 2022 “Sciences participatives en situation d’interdisciplinarité”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mission pour les initiatives transverses et interdisciplinaires (MITI) du CNRS, Jan 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Pratiquer l'océan Indien la nuit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de La Réunion, Nov 2023, Saint-Denis, La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04378763v1</w:t>
+            <w:hyperlink r:id="rId687" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habiter les paysages nocturnes dans les Hauts de La Réunion. Une expérimentation fondée sur l’approche mésologique de l’environnement nocturne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Explorer les systèmes socio-écologiques nocturnes par les paysages sonores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Milian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Farrugia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bénos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Renaud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiquer l'océan Indien la nuit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de La Réunion, Nov 2023, Saint-Denis, La Réunion</w:t>
+              <w:t xml:space="preserve">Journée de restitution de l’appel à projets 2022 “Sciences participatives en situation d’interdisciplinarité”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mission pour les initiatives transverses et interdisciplinaires (MITI) du CNRS, Jan 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04377044v1</w:t>
+            <w:hyperlink r:id="rId688" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04378763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Observatoire réunionnais de l'environnement nocturne. Discussion autour d’une démarche collective et transdisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId667" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Delsaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de la Fédération de Recherche "Environnement et Société"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération de Recherche "Environnement et Société" (FR CNRS 3041), May 2023, Corte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04098055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The gamma-ray signal from type IIP core-collapse supernovae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cristofari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Marcowith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tatischeff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vikram Dwarkadas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.926, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId692" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.395.0926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.E.S.S. ToO program on nearby core-collapse Supernovae: search for very-high energy $\gamma$-ray emission towards the SN candidate AT2019krl in M74</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId694" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nukri Komin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Simoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart Ryder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.809, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.395.0809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astronomy outreach in Namibia: H.E.S.S. and beyond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannah Dalgleish</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Prokoph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Backes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garret Cotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.1397, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.395.1397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04311738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-dependent high-energy gamma-ray signal from accelerated particles in core-collapse supernovae: the case of SN 1993J</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Cristofari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Marcowith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.V. Dwarkadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Tatischeff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">236th meeting of the American Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03083460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upper limits on gamma-ray emission from Supernovae serendipitously observed with H.E.S.S</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Simoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nigel Maxted</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacco Vink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Tibaldo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Busan, South Korea. pp.711, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId709" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.301.0711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01645765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for new supernova remnant shells in the Galactic Plane with H.E.S.S.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Capasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId711" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.C.G. Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Deil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Djannati-Ataï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th Incontri di Fisica delle Alte Energie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Genoa, Italy. pp.67, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1393/ncc/i2017-17067-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02058521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId716" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery of new TeV supernova remnant shells in the Galactic plane with H.E.S.S</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">IAU volume 12 issue S331 Cover and Front matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Marcowith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dubner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId717" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId718" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bykov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Symposium on High-Energy Gamma-Ray Astronomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4968934⟩</w:t>
+              <w:t xml:space="preserve">Supernova 1987A:30 years later - Cosmic Rays and Nuclei from Supernovae and their aftermaths</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Saint-Gilles-Les-Bains, Réunion. pp.f1-f15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId719" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1743921317006640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01554739v1</w:t>
+            <w:hyperlink r:id="rId716" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-02023551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IAU volume 12 issue S331 Cover and Front matter</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Discovery of new TeV supernova remnant shells in the Galactic plane with H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId721" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gottschall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Capasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId713" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Deil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId722" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Djannati-Atai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId723" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Donath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Supernova 1987A:30 years later - Cosmic Rays and Nuclei from Supernovae and their aftermaths</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1743921317006640⟩</w:t>
+              <w:t xml:space="preserve">6th International Symposium on High-Energy Gamma-Ray Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Heidelberg, Germany. pp.040030, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId724" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4968934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-02023551v1</w:t>
+            <w:hyperlink r:id="rId720" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01554739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId725" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upper Limits on Gamma-ray Emission from Supernovae Serendipitously Observed with H.E.S.S.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Simoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nigel Maxted</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacco Vink</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAU Symposium 331</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Saint-Gilles-Les-Bains, France. pp.325-328, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId726" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S1743921317004628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId725" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The First Fermi LAT SNR Catalog SNR and Cosmic Ray Implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.J. Brandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Acero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId729" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco de Palma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId730" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John W. Hewitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, The Hague, Netherlands. pp.722, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId731" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.236.0722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the Very High Energy Emission from the Galactic Supernova Remnant Population with H.E.S.S.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId733" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Hahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId734" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryan Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId737" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, The Hague, Netherlands. pp.860, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId738" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.236.0860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02017041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for a spectral turnover in the broadband gamma-ray emission from SNR Puppis A revealed by H.E.S.S. observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId740" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Oya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId734" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId741" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryan C.G. Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId742" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Gabici</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, The Hague, Netherlands. pp.836, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.236.0836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01553879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing Efficient Cosmic-Ray Acceleration in Young Supernovae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vikram Dwarkadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Marcowith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tatischeff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, The Hague, Netherlands. pp.493, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.236.0493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for new supernova remnant shells in the Galactic plane with H.E.S.S.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pühlhofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId711" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Capasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.C.G. Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Deil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, The Hague, Netherlands. pp.886, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId748" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.236.0886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01554016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId749" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.E.S.S. Observations of the Large Magellanic Cloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId694" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nukri Komin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId750" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chia-Chun Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId752" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Ohm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, The Hague, Netherlands. pp.849, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.236.0849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId749" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02017043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId754" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosmic-ray acceleration and gamma-ray signals from radio supernovae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Marcowith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Dwarkadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Tatischeff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cosmic Ray Origin beyond the standard models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, San Vito, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId754" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01068268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId756" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing Efficient Cosmic-Ray Acceleration in Young Supernovae using the Cherenkov Telescope Array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vikram Dwarkadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Marcowith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tatischeff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">High Energy Astrophysics Division 14th Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId756" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01068275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId757" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DIRAC framework evaluation for the Fermi-LAT and CTA experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId758" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Arrabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Cohen-Tanugi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Graciani Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId761" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Kuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Conference on Computing in High Energy and Nuclear Physics (CHEP2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Amsterdam, Netherlands. pp.032003, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId763" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/513/3/032003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId757" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId764" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation des infrastructures de la Grille EGI pour les simulations de CTA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId765" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Arrabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Cohen-Tanugi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId766" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Lamanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId767" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Neyroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées SUCCES 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId764" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00927504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId768" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VHE gamma-rays from the other side of the Milky-Way: SNR G349.7+0.2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId769" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Marandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fiasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd International Cosmic Ray Conference (ICRC2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId768" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00856159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of the DIRAC framework to CTA: first evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Arrabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId773" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId774" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Graciani Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Khélifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Komin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Computing in High Energy and Nuclear Physics 2012 (CHEP2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, New York, United States. pp.032007, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId776" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/396/3/032007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId777" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fermi-LAT detection of gamma-ray emission in the vicinity of the star forming regions W43 and Westerlund 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId778" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ferrara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId779" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Grondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lemoine-Goumard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cosmic rays and their interstellar medium environment (CRISM-2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId777" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00608900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compton Large Area Silicon Timing Tracker for Cosmic Vision M3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Aharonian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId781" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Beckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId782" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Bertoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId783" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Brom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th INTEGRAL Workshop "The Restless Gamma-ray Universe"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Dublin, Ireland. pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00671014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId784" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The COSPIX mission: focusing on the energetic and obscured Universe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId785" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ferrando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Goldwurm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId786" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Limousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId781" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Beckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th Texas Symposium on Relativistic Astrophysics (TEXAS 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Heidelberg, Germany. pp.254, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId787" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.123.0254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId784" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00715281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The emerging population of pulsar wind nebulae in hard X-rays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mattana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Götz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Falanga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Simbol-X Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00367826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId790" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.E.S.S. Observations of the Young Composite SNR Kes 75</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Djannati-Ataï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId791" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hoppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Marandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Meeting on High Energy Gamma-Ray Astronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Heidelberg, Germany. pp.316-319, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId792" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3076670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId790" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00368520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId793" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The unidentified source HESS J1908+063/MGRO J1908+06</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. de Oña Wilhelmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Djannati-Ataï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Heidelberg International Symposium on High Energy Gamma-Ray Astronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Heidelberg, Germany. pp.273-276, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId794" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3076658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId793" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00368460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId795" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery of a pulsar wind nebula associated with IGR J18490-0000</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">Pulsar Wind Nebula candidates recently discovered by H.E.S.S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId791" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hoppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Komin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId796" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Marandon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Meeting on High Energy Gamma-Ray Astronomy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">4th Heidelberg International Symposium on High Energy Gamma-Ray Astronomy 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Heidelberg, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00368513v1</w:t>
+            <w:hyperlink r:id="rId795" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00342578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId797" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulsar Wind Nebula candidates recently discovered by H.E.S.S</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Discovery of a pulsar wind nebula associated with IGR J18490-0000</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mattana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId714" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Djannati-Ataï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Marandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Renaud</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">V. Marandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Heidelberg International Symposium on High Energy Gamma-Ray Astronomy 2008</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th International Meeting on High Energy Gamma-Ray Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Heidelberg, Germany. pp.312-315, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId798" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3076669⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00342578v1</w:t>
+            <w:hyperlink r:id="rId797" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00368513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">44Ti nucleosynthesis gamma-ray lines with SIMBOL-X</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Decourchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Ballet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIMBOL-X: the hard X-ray Universe in focus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Bologne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00173857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId800" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An INTEGRAL/IBIS view of Young Galactic SNRs through the $^{44}$Ti gamma-ray lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Decourchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy with Radioactivities V: "From Gamma Rays to Stardust"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Clemson University, United States. pp.540-543, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId801" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.newar.2006.06.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId800" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00025634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId802" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supernova Remnants in the Galactic Central Regions with INTEGRAL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Ballet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Decourchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th INTEGRAL Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2004, Munich, Germany. pp.81-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId802" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00024357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId803" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Search For 44TI Lines From Young Galactic Supernova Remnants With IBIS/ISGRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Ballet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Decourchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th INTEGRAL Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2004, Munich, Germany. pp.81-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId803" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00024815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5965,30339 +35521,917 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId804" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme MITI-PLUM (Mitigation de la pression lumineuse). Vers l’adaptation en temps réel de l’éclairage public aux enjeux écologiques transitoires du PNR de Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Milian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId670" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de restitution des programmes financés par l’appel à projets 2024 “Pollution et dépollution : solutions et trajectoires” de la MITI du CNRS (année 1)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, En ligne, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId804" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04896155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explorer les systèmes socio-écologiques nocturnes par les paysages sonores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Farrugia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de restitution de l’appel à projets 2022 “Sciences participatives en situation d’interdisciplinarité”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04378738v1</w:t>
-              </w:r>
-[...29420 lines deleted...]
-                <w:t xml:space="preserve">hal-00004827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId802" w:history="1">
+            <w:hyperlink r:id="rId806" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OUTRENOIR, une exploration des paysages sonores nocturnes à Cilaos et au Tévelave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Challéat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Farrugia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId807" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Franchomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Challéat</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Léa Mariton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Observatoire de l'environnement nocturne; CNRS; Mission pour les initiatives transverses et interdisciplinaires (MITI). 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId802" w:history="1">
+            <w:hyperlink r:id="rId806" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04531481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId804" w:history="1">
+            <w:hyperlink r:id="rId808" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitigation de la pression Lumineuse : vers l’adaptation en temps réel de l’éclairage public aux enjeux écologiques transitoires du PNR de Brière. Défi Pollution et dépollution : solutions et trajectoires. Rapport scientifique et financier des projets lauréats en 2024 (année 1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Milian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId670" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Renaud</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MITI (CNRS); Observatoire de l'environnement nocturne. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId804" w:history="1">
+            <w:hyperlink r:id="rId808" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId805" w:history="1">
+            <w:hyperlink r:id="rId809" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport scientifique et financier de l'année 1 du projet OUTRENOIR : participation des populations habitantes à la caractérisation des socio-écosystèmes nocturnes des territoires réunionnais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Farrugia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId805" w:history="1">
+            <w:hyperlink r:id="rId809" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId806" w:history="1">
+            <w:hyperlink r:id="rId810" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme-cadre FENOIR (Figurations de l’environnement nocturne des territoires réunionnais). Rapport d’étape pour le Parc national de La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Lapostolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId807" w:history="1">
+            <w:hyperlink r:id="rId811" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Ronzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Parc national de La Réunion; CNRS; Observatoire de l'environnement nocturne. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId806" w:history="1">
+            <w:hyperlink r:id="rId810" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03747762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId808" w:history="1">
+            <w:hyperlink r:id="rId812" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Hot and Energetic Universe: A White Paper presenting the science theme motivating the Athena+ mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId809" w:history="1">
+            <w:hyperlink r:id="rId813" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirpal Nandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId810" w:history="1">
+            <w:hyperlink r:id="rId814" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId811" w:history="1">
+            <w:hyperlink r:id="rId815" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Barcons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId816" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Fabian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId817" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan-Willem den Herder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Max Plank Institute for Extraterrestial Life. 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId812" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId808" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02325875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -36307,619 +36441,619 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId814" w:history="1">
+            <w:hyperlink r:id="rId818" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The nocturnal social-ecological systems of Réunion Island: challenges of knowledge and perspectives for action. Pre-proposal for a project in response to the AAPG2024 of the ANR.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId814" w:history="1">
+            <w:hyperlink r:id="rId818" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04376952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId815" w:history="1">
+            <w:hyperlink r:id="rId819" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet OUTRENOIR : Participation des populations habitantes à la caractérisation des socio-écosystèmes nocturnes des territoires réunionnais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bénos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Farrugia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId815" w:history="1">
+            <w:hyperlink r:id="rId819" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId816" w:history="1">
+            <w:hyperlink r:id="rId820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet MITI· PLUM : Mitigation de la pression lumineuse : vers l’adaptation en temps réel de l’éclairage public aux enjeux écologiques transitoires du PNR de Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Milian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Renaud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kévin Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId816" w:history="1">
+            <w:hyperlink r:id="rId820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04376918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId817" w:history="1">
+            <w:hyperlink r:id="rId821" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Observatoire de l’environnement nocturne de La Réunion, un dispositif partenarial de recherche-action territorialisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Challéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Lapostolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId818" w:history="1">
+            <w:hyperlink r:id="rId822" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Olivette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId819" w:history="1">
+            <w:hyperlink r:id="rId823" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId817" w:history="1">
+            <w:hyperlink r:id="rId821" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03815890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId820" w:history="1">
+            <w:hyperlink r:id="rId824" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.E.S.S. first public test data release</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Abdalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Abramowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Aharonian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ait Benkhali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.O. Angüner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId820" w:history="1">
+            <w:hyperlink r:id="rId824" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01944813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -36929,283 +37063,283 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId821" w:history="1">
+            <w:hyperlink r:id="rId825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science with the Cherenkov Telescope Array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId822" w:history="1">
+            <w:hyperlink r:id="rId826" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Al Samarai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId823" w:history="1">
+            <w:hyperlink r:id="rId827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Alves Batista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId649" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Barres de Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId824" w:history="1">
+            <w:hyperlink r:id="rId828" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. de Cássia dos Anjos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId829" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. M. de Gouveia Dal Pino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">WORLD SCIENTIFIC, 2019, 9789813270091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId830" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/10986⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId825" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId821" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02365151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId827" w:history="1">
+            <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French SKA White Book - The French Community towards the Square Kilometre Array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Acero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId828" w:history="1">
+            <w:hyperlink r:id="rId832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -T. Acquaviva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId829" w:history="1">
+            <w:hyperlink r:id="rId833" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Aghanim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId830" w:history="1">
+            <w:hyperlink r:id="rId834" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark G. Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Ferrari; G. Lagache; M.-A. Miville-Deschenes; L. Montier; E. Josselin; N. Vilmer; P. Zarka; S. Corbel; S. Vergani; S. Lambert; G. Theureau; S. Bosse; A. Ferrari; S. Gauffre; G. Marquette; J.-M. Martin; B. Semelin; M. Alves; K. Ferrière. 2018, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId835" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.1712.06950⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId831" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01686223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -37215,147 +37349,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId832" w:history="1">
+            <w:hyperlink r:id="rId836" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of the 847 keV gamma-ray line of radio-active Co56 from the Type Ia Supernova SN2014J in M82 with INTEGRAL.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Churazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Sunyaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Grebenev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Isern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId832" w:history="1">
+            <w:hyperlink r:id="rId836" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02008756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -37365,114 +37499,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId833" w:history="1">
+            <w:hyperlink r:id="rId837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jeunes vestiges de supernova et INTEGRAL : raies du 44Ti et Emission non-thermique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Astrophysique [astro-ph]. Université Paris-Diderot - Paris VII, 2006. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId834" w:history="1">
+            <w:hyperlink r:id="rId838" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId833" w:history="1">
+            <w:hyperlink r:id="rId837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00107047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId835"/>
+      <w:footerReference w:type="default" r:id="rId839"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -37540,51 +37674,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C8EE5B49"/>
+    <w:nsid w:val="6A0BD581"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -37771,51 +37905,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-renaud2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2203-4880" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343777v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Renaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chall&#233;at" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Morvan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brouat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delsaut" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04883849v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Barr&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Constans" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Godet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory J&#233;choux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505874v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04671593v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392418v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Farrugia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mariton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04856031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672213v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Perrigault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic K-Bidi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Dandin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04745666v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392952v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185284v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Aharonian" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ait Benkhali" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Alkan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Aschersleben" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ashkar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.444.0776" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04378763v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04377044v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04098055v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373269v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cristofari" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marcowith" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tatischeff" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikram Dwarkadas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0926" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324012v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nukri Komin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Simoni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Ryder" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0809" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04311738v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Dalgleish" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Prokoph" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Zhu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Backes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garret Cotter" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.1397" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083460v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cristofari" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.V. Dwarkadas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tatischeff" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645765v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Maxted" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacco Vink" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Tibaldo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0711" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058521v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Capasso" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C.G. Chaves" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deil" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djannati-Ata&#239;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1393/ncc/i2017-17067-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554739v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gottschall" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djannati-Atai" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Donath" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4968934" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02023551v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dubner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ray" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bykov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921317006640" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024240v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921317004628" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626591v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Brandt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Acero" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Palma" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W. Hewitt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0722" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017041v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Hahn" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Fernandez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Casanova" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Chaves" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marandon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0860" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553879v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Oya" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan C.G. Chaves" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Gabici" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0836" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626575v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0493" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554016v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. P&#252;hlhofer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0886" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017043v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Chun Lu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mayer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Ohm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0849" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01068268v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dwarkadas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01068275v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marcowith" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147635v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Arrabito" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cohen-Tanugi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Graciani Diaz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Longo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kuss" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/513/3/032003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927504v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Arrabito" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lamanna" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Neyroud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00856159v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trichard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fernandez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marandon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiasson" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648201v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arrabito" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barbier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Graciani Diaz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kh&#233;lifi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Komin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/396/3/032007" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00608900v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferrara" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Grondin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemoine-Goumard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Renaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00671014v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lebrun" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aharonian" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beckmann" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bertoli" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Brom" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715281v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrando" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goldwurm" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laurent" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Limousin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.123.0254" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00367826v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mattana" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. G&#246;tz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Terrier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Falanga" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00368520v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hoppe" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3076670" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00368460v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de O&#241;a Wilhelmi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3076658" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00368513v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3076669" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00342578v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moulin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00173857v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decourchelle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ballet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025634v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vink" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.newar.2006.06.061" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024357v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024815v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04896155v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04378738v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506907v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Michalczak" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425512v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ait Benkhali" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Backes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adi2048" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04818055v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. O. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ashkar" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Backes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348902e" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529117v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348651" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660661v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ad5e67" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537734v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348374" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556494v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mart&#237;-Devesa" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C Cheung" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Di Lalla" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Renaud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Principe" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202349061" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246716v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Abhir" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abhishek" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Acero" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Acharyya" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/10/081" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239438v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-023-02052-3" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300157v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acero" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Acharyya" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adam" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguasca-Cabot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Agudo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2023.102850" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055828v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/acc405" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111745v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arcaro" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346056" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160274v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lapostolle" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.14581" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160420v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B Adams" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Archer" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bangale" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T Bartkoske" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ace327" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080197v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245776" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019936v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245459" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771735v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barbosa Martins" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Becherini" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244323" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748363v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583160v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Anguner" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243096" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831723v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abe" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abe" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Acciari" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aniello" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ansoldi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac2686" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561161v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac217" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596100v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abn0567" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04060187v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Zanin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdalla" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abusleme" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0005" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759770v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armand" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.111101" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412905v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arcaro" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac0fe1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122287v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Isern" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hernanz" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bravo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grebenev" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jean" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.newar.2020.101606" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500637v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac2e04" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414763v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abf64b" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129437v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Devin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Vasileiadis" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039563" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210326v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038949" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260812v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Arcaro" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abe8560" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263207v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140962" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522381v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B. Adams" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Benbow" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brill" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Buckley" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac29b7" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262638v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abff59" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580207v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141486" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235663v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdallah" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.102002" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210362v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Algaba" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Anczarski" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Asada" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balokovi&#263;" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chandra" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abef71" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483963v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arakawa" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-019-0910-0" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011000v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2515-5172/aba839" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02892930v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936900" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939975v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.062001" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949473v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03713189v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab8b59" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02458766v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935906" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550025v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa984" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178771v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa999" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099102v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2354-1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628088v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Remy" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.A. Gallant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2020.102462" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705219v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936761" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000268v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936621" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371639v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038851" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02154704v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935242" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371616v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1031" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02177383v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935458" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921605v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty2686" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000028v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aaf1c4" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381934v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1743-9" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186154v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935704" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990428v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834335" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01480223v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aubert" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chevalier" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krayzel" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629377" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02019707v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abramowski" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akhperjanian" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630151" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375701v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629790" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851325v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732153" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704982v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Akhperjanian" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730737" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703478v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732426" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802098v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Ahnen" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Antonelli" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babi&#263;" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731169" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737884v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty439" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272839v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526545" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410558v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527843" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867378v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832640" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781990v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732098" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801921v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.201101" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797468v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Ait Benkhali" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730581" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797874v2" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628695" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863307v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Aartsen" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ackermann" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adams" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Aguilar" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahlers" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aat1378" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724846v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732125" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833680v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833202" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346019v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527773" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833790v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Giacinti" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty1743" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897209v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2018/11/037" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815286v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730824" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410561v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Akhperjanian" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630002" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645719v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susumu Inoue" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunobu Uchiyama" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masanori Arakawa" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiichi Wada" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa8dfa" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01447669v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Chevalier" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lamanna" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629117" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554403v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Nayana" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poonam Chandra" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhashis Roy" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Green" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx044" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645741v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731200" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646052v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Abbott" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abbott" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. Abbott" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acernese" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ackley" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa91c9" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192570v3" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aloisio" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amans" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Amato" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa6d67" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01379906v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629419" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669863v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa97d2" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01362303v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Ackermann" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ajello" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Baldini" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/0067-0049/224/1/8" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375706v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.151302" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554942v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Kn&#246;dlseder" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526941" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01303680v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maurin" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature17147" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01109515v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1261313" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01085027v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu2148" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01118897v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.081301" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818325v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Aharonian" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425070e" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478856v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425070" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01119861v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/802/1/65" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01139213v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525699" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01082768v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321436" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01108646v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424805" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01383660v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Hewitt" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525932" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01025854v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322694" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947917v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322897" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01061878v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424142" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907620v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322914" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00975408v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu459" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947902v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322510" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03618551v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu826" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947889v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu139" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01091552v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.122007" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01082757v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.112012" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01061876v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/794/1/L1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381949v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Churazov" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sunyaev" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature13672" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00950495v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aliu" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Archambault" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aune" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Behera" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beilicke" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/780/2/168" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01020011v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322984" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907621v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201323013" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00813224v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Acharya" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Actis" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aghajani" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Agnetta" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aguilar" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ASTROPARTPHYS.2013.01.007" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00780750v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Anton" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220612" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00838140v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stt1081" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-01094458v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gallant" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220799" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00780746v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.041301" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907630v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.88.102003" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381963v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dubus" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Contreras" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Funk" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Gallant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Hassan" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2012.05.020" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01135393v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220996" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-01094464v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Balenderan" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321108" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01135395v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321135" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00765959v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220355" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548160v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Diehl" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220303" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-01094457v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220719" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908249v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bamba" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Casanova" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Cea" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ASTROPARTPHYS.2012.05.024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00798116v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/in2p3-00907615v2" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321639" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00679463v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117509" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00660462v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201118406" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00684777v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201218843" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00679476v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/750/2/123" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00748538v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219814" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00713837v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/757/2/158" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00640986v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117928" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00697570v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2012.21180.x" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00652853v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/746/2/151" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00725521v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219655" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00748534v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219919" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00725528v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219906" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00767708v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. E. Allen" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219896" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00690898v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201218910" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00580720v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201116545" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00591116v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/735/1/12" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00630645v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201016170" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00670171v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bouchet" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ponti" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/743/1/L18" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00596124v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201016425" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00519435v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015290" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00563803v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015381" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00607259v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117171" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00580801v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.161301" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656159v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aleksi&#263;" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10686-011-9247-0" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00629030v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117445" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00561756v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2011.01.007" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00656586v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. E. Zavlin" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Grondin" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Shannon" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Stanley Smith" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117413" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00562644v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2010.12.006" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00538908v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Barres de Almeida" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015187" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00670188v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Bird" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazzano" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bassani" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Capitanio" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fiocchi" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0067-0049/186/1/1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00496202v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200913916" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00496200v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014484" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00445182v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200913073" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00496192v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Bazer-Bachi" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912363" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631791v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00670165v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. V. Gotthelf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rodriguez" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/716/1/663" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00460883v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2009.16014.x" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00496913v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014321" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631853v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00414261v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Arlen" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bautista" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1175406" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00392048v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Bazer-Bachi" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811564" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00354648v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200811072" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00324687v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/691/1/175" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00393808v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811357" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785707v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kn&#246;dlseder" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200809735" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00367126v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/695/1/L40" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00402427v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912086" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00380853v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200913323" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00345966v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200811372" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00410625v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811569" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378403v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/696/2/L150" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00445870v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200913389" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00410643v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912128" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00420843v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1178826" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00321879v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/690/2/1068" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00438793v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912339" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00331427v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/692/2/1500" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00263434v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200809603" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00348809v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200810912" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00221478v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20077765" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00341406v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.261104" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00274401v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200809722" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00260702v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078715" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00196769v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078516" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00332607v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.170402" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00184500v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078603" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00274380v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20079230" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00289653v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200809401" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00288992v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.78.072008" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00263525v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200809655" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00189509v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078604" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00124528v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malizia" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Barlow" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/513148" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00177454v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078412" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00175791v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078462" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00138814v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. B&#233;langer" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/498090" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00126682v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Forot" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hermsen" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Grenier" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/509077" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025311v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Bykov" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Krassilchtchikov" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu.A. Uvarov" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20054361" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00104572v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Bykov" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Krassilchtchikov" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. A. Uvarov" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Kennea" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. G. Pavlov" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/508327" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078457v2" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Paul" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065157" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078453v2" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gros" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065156" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025897v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kalemci" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Reynolds" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. E. Boggs" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lund" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chenevez" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00138805v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. R. Den Hartog" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/507300" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024872v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Paron" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/498702" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007740v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvio Melia" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00183352v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ubertini" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/447766" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004827v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Claret" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Limousin" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lugiez" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Renaud" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2004.839158" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04531481v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Franchomme" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857034v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392509v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747762v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ronzani" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325875v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirpal Nandra" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Barret" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Barcons" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Fabian" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Willem den Herder" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04376952v1" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392494v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04376918v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03815890v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Olivette" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Pr&#233;vost" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944813v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365151v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Al Samarai" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alves Batista" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de C&#225;ssia dos Anjos" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. de Gouveia Dal Pino" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/10986" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686223v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -T. Acquaviva" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghanim" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark G. Allen" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1712.06950" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008756v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00107047v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-renaud2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2203-4880" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554277v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Barr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mariton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fourast&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Godet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2026.111797" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506907v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Michalczak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chall&#233;at" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Renaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425512v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Aharonian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ait Benkhali" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Aschersleben" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ashkar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Backes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adi2048" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04818055v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aharonian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ait Benkhali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. O. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ashkar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Backes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348902e" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529117v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348651" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660661v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ad5e67" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537734v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348374" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556494v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mart&#237;-Devesa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C Cheung" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Di Lalla" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Renaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Principe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202349061" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246716v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Abhir" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abhishek" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Acero" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Acharyya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/10/081" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239438v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-023-02052-3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300157v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acero" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Acharyya" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adam" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguasca-Cabot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Agudo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2023.102850" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055828v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/acc405" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111745v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arcaro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346056" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160274v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lapostolle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.14581" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160420v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B Adams" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Archer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bangale" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T Bartkoske" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ace327" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080197v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245776" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019936v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245459" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771735v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barbosa Martins" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Becherini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244323" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748363v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831723v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abe" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Acciari" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aniello" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ansoldi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac2686" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583160v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Anguner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243096" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561161v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cristofari" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marcowith" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Renaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.V. Dwarkadas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tatischeff" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac217" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596100v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abn0567" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759770v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdalla" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.111101" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04060187v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Zanin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abusleme" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412905v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arcaro" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac0fe1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122287v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Isern" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hernanz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bravo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grebenev" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jean" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.newar.2020.101606" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500637v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac2e04" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414763v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abf64b" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129437v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Devin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemoine-Goumard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Vasileiadis" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039563" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210326v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038949" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263207v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140962" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260812v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Arcaro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abe8560" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522381v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B. Adams" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Benbow" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brill" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Buckley" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Capasso" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac29b7" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262638v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abff59" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580207v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141486" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235663v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdallah" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.102002" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210362v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Algaba" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Anczarski" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Asada" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balokovi&#263;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chandra" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abef71" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483963v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arakawa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-019-0910-0" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011000v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marcowith" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2515-5172/aba839" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02892930v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936900" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939975v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.062001" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949473v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03713189v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab8b59" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550025v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa984" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02458766v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935906" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178771v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa999" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099102v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2354-1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705219v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936761" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628088v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Remy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.A. Gallant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2020.102462" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000268v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936621" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371639v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038851" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02154704v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935242" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371616v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1031" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02177383v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935458" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921605v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty2686" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000028v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aaf1c4" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381934v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1743-9" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186154v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935704" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990428v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834335" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01480223v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aubert" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chevalier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiasson" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krayzel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629377" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375701v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629790" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02019707v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abramowski" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akhperjanian" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630151" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851325v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732153" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704982v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Akhperjanian" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730737" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703478v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732426" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802098v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Ahnen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Antonelli" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babi&#263;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731169" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737884v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty439" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410558v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527843" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272839v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526545" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867378v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832640" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781990v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732098" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797874v2" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628695" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797468v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Ait Benkhali" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730581" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801921v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.201101" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833790v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikram Dwarkadas" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tatischeff" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Giacinti" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty1743" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346019v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527773" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833680v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833202" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724846v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732125" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863307v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Aartsen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ackermann" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adams" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Aguilar" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahlers" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aat1378" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897209v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2018/11/037" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815286v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730824" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410561v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Akhperjanian" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630002" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645719v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susumu Inoue" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunobu Uchiyama" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masanori Arakawa" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiichi Wada" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa8dfa" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01447669v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Chevalier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lamanna" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629117" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554403v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Nayana" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poonam Chandra" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhashis Roy" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Green" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Acero" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx044" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645741v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731200" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192570v3" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aloisio" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amans" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Amato" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa6d67" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646052v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Abbott" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abbott" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. Abbott" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acernese" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ackley" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa91c9" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01379906v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629419" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669863v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa97d2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01362303v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Ackermann" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ajello" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Baldini" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ballet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/0067-0049/224/1/8" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375706v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.151302" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554942v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Kn&#246;dlseder" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lebrun" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526941" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01303680v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maurin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature17147" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01109515v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1261313" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01085027v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu2148" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01118897v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.081301" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818325v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Aharonian" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425070e" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478856v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425070" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01119861v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/802/1/65" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01108646v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424805" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01082768v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Komin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321436" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01139213v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525699" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01383660v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Hewitt" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525932" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01025854v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322694" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947917v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322897" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01061878v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424142" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907620v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322914" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00975408v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu459" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01091552v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.122007" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03618551v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu826" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947902v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322510" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947889v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu139" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01082757v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.112012" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01061876v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/794/1/L1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381949v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Churazov" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sunyaev" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature13672" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01020011v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322984" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00950495v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aliu" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Archambault" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aune" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Behera" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beilicke" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/780/2/168" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907621v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201323013" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-01094458v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gallant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Terrier" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220799" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00813224v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Acharya" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Actis" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aghajani" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Agnetta" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aguilar" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ASTROPARTPHYS.2013.01.007" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907630v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.88.102003" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00838140v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stt1081" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00780750v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Anton" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220612" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00780746v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.041301" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381963v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dubus" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Contreras" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Funk" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Gallant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Hassan" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2012.05.020" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-01094464v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Balenderan" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321108" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01135393v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220996" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01135395v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321135" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548160v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Diehl" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220303" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00765959v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220355" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-01094457v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201220719" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908249v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bamba" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Casanova" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Cea" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de O&#241;a Wilhelmi" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.ASTROPARTPHYS.2012.05.024" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/in2p3-00907615v2" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321639" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00798116v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00679463v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117509" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00684777v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201218843" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00660462v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201118406" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00713837v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/757/2/158" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00679476v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/750/2/123" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00748538v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219814" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00640986v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117928" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00697570v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2012.21180.x" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00652853v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/746/2/151" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00725521v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219655" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00748534v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219919" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00767708v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vink" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. E. Allen" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219896" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00725528v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201219906" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00690898v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201218910" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00591116v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/735/1/12" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00630645v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201016170" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00670171v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mattana" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. G&#246;tz" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bouchet" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ponti" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/743/1/L18" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00596124v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201016425" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00580720v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201116545" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00519435v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015290" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00563803v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015381" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00607259v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117171" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00629030v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117445" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656159v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aleksi&#263;" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10686-011-9247-0" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00580801v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.161301" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00561756v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2011.01.007" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00656586v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. E. Zavlin" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Grondin" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Shannon" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Stanley Smith" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201117413" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00538908v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Barres de Almeida" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015187" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00562644v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2010.12.006" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00496200v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014484" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00496202v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200913916" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00670188v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Bird" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazzano" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bassani" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Capitanio" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fiocchi" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0067-0049/186/1/1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00496192v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Bazer-Bachi" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912363" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00445182v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200913073" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631791v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00670165v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marandon" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. V. Gotthelf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rodriguez" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/716/1/663" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631853v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00496913v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201014321" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00460883v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2966.2009.16014.x" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00392048v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Bazer-Bachi" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811564" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00414261v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Arlen" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bautista" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1175406" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785707v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kn&#246;dlseder" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacco Vink" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decourchelle" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200809735" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00354648v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200811072" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00324687v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/691/1/175" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00367126v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/695/1/L40" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00393808v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811357" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00380853v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200913323" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00402427v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912086" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00410625v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811569" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00345966v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200811372" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378403v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/696/2/L150" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00445870v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200913389" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00410643v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912128" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00331427v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/692/2/1500" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00321879v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/690/2/1068" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00420843v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1178826" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00438793v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912339" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00263434v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200809603" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00348809v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200810912" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00221478v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20077765" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00341406v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.261104" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00274401v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200809722" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00332607v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.170402" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00196769v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078516" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00260702v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078715" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00274380v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20079230" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00184500v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078603" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00289653v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200809401" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00288992v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.78.072008" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00263525v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:200809655" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00189509v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078604" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00124528v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malizia" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Barlow" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/513148" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00175791v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078462" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00177454v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078412" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00126682v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Forot" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hermsen" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laurent" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Grenier" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/509077" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00138814v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. B&#233;langer" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/498090" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025311v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Bykov" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Krassilchtchikov" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu.A. Uvarov" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20054361" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00104572v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Bykov" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Krassilchtchikov" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. A. Uvarov" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Kennea" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. G. Pavlov" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/508327" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078457v2" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Paul" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065157" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025897v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kalemci" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Reynolds" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. E. Boggs" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lund" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chenevez" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078453v2" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gros" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goldwurm" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065156" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024872v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Paron" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dubner" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/498702" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007740v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvio Melia" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00138805v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. R. Den Hartog" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/507300" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00183352v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ubertini" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/447766" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004827v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Claret" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Limousin" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lugiez" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Renaud" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2004.839158" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343777v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Morvan" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brouat" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delsaut" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04883849v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Constans" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Godet" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory J&#233;choux" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505874v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04671593v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392418v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Farrugia" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04856031v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672213v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Perrigault" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyer" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic K-Bidi" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Dandin" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04745666v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392952v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185284v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Alkan" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.444.0776" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04377044v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04378763v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04098055v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373269v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cristofari" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0926" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324012v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nukri Komin" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Simoni" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Ryder" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0809" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04311738v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Dalgleish" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Prokoph" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Zhu" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Backes" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garret Cotter" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.1397" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083460v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645765v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Maxted" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Tibaldo" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0711" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058521v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brun" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C.G. Chaves" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deil" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djannati-Ata&#239;" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1393/ncc/i2017-17067-8" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02023551v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ray" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bykov" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921317006640" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554739v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gottschall" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djannati-Atai" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Donath" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4968934" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024240v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921317004628" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626591v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Brandt" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Palma" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W. Hewitt" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0722" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017041v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Hahn" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Fernandez" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Casanova" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Chaves" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marandon" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0860" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553879v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Oya" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan C.G. Chaves" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Gabici" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0836" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626575v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0493" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554016v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. P&#252;hlhofer" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0886" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017043v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Chun Lu" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mayer" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Ohm" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.236.0849" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01068268v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dwarkadas" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01068275v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147635v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Arrabito" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cohen-Tanugi" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Graciani Diaz" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Longo" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kuss" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/513/3/032003" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927504v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Arrabito" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lamanna" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Neyroud" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00856159v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trichard" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fernandez" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648201v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arrabito" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barbier" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Graciani Diaz" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kh&#233;lifi" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/396/3/032007" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00608900v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ferrara" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Grondin" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00671014v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beckmann" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bertoli" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Brom" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715281v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrando" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Limousin" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.123.0254" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00367826v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Falanga" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00368520v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hoppe" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3076670" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00368460v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3076658" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00342578v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moulin" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00368513v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3076669" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00173857v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025634v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.newar.2006.06.061" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024357v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024815v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04896155v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04378738v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04531481v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Franchomme" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04857034v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392509v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747762v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ronzani" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325875v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirpal Nandra" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Barret" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Barcons" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Fabian" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Willem den Herder" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04376952v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04392494v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04376918v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03815890v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Olivette" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Pr&#233;vost" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944813v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365151v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Al Samarai" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alves Batista" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de C&#225;ssia dos Anjos" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. de Gouveia Dal Pino" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/10986" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686223v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -T. Acquaviva" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghanim" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark G. Allen" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1712.06950" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008756v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00107047v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>