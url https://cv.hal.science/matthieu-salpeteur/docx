--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -449,213 +449,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04024454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forêts</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Penser l’histoire des paysages avec les sanctuaires boisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Salpeteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Écologie historique, 152, pp.3-6. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nda.4145⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 152, pp.35-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nda.4215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02132678v1</w:t>
+                <w:t xml:space="preserve">hal-04024457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser l’histoire des paysages avec les sanctuaires boisés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Forêts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphen Rostain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy De Saulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Salpeteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 152, pp.35-40. </w:t>
+              <w:t xml:space="preserve">, 2018, Écologie historique, 152, pp.3-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/nda.4215⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/nda.4145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04024457v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum to: The Nice Musical Chairs model. Exploring the role of competition and cooperation between farming and herding in the formation of land use patterns in arid Afro-Eurasia</w:t>
               </w:r>
@@ -2180,51 +2180,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C6BDFA03"/>
+    <w:nsid w:val="5AF6011E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2411,51 +2411,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05535058v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Rico Lenta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lescureux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Salpeteur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.37957" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024454v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Reyes-Garc&#237;a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Fern&#225;ndez-Llamazares" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yildiz Aumeeruddy-Thomas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Benyei" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Bussmann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-021-01676-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132678v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phen Rostain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy De Saulieu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4145" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024457v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4215" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024458v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Angourakis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#242;nica Mart&#237;nez Ferreras" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Gurt Esparraguera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-017-9349-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024462v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madella" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.R. Patel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Reyes-Garc&#237;a" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/np.2017.210203" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107213v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor J. Sterling" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Filardi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Toomey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Sigouin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Betley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0349-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024461v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Calvet-Mir" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Diaz-Reviriego" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-08790-220141" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024459v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-016-9309-8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024460v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priya Duenn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2993/0278-0771-37.3.561" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973821v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanoz Patel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Molina" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Balbo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rubio-Campillo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/es-08332-210220" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973769v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Madella" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/681006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024463v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424401v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesse Labeyrie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mathieu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681519.ch4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428939v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024456v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05535058v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Rico Lenta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lescureux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Salpeteur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.37957" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024454v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Reyes-Garc&#237;a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Fern&#225;ndez-Llamazares" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yildiz Aumeeruddy-Thomas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Benyei" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Bussmann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-021-01676-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024457v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4215" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132678v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phen Rostain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy De Saulieu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4145" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024458v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Angourakis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#242;nica Mart&#237;nez Ferreras" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Gurt Esparraguera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-017-9349-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024462v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madella" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.R. Patel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Reyes-Garc&#237;a" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/np.2017.210203" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107213v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor J. Sterling" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Filardi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Toomey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Sigouin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Betley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0349-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024461v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Calvet-Mir" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Diaz-Reviriego" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-08790-220141" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024459v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-016-9309-8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024460v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priya Duenn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2993/0278-0771-37.3.561" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973821v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanoz Patel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Molina" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Balbo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rubio-Campillo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/es-08332-210220" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973769v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Madella" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/681006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024463v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424401v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesse Labeyrie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mathieu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681519.ch4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428939v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024456v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>