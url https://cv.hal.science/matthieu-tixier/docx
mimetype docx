--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -999,455 +999,455 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etudier les collaborations supportées par le numérique grâce aux Ecologies d'Artefacts : un état de l'art</w:t>
+                <w:t xml:space="preserve">How Different Stakeholders Make Use of Policies in an Ongoing Digital Archiving Project for Patient Records?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Formentini</w:t>
+                <w:t xml:space="preserve">Léonord Rolland-Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khuloud Abou Amsha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francois Charoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interactions Humain Machines 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">InfraHEALTH 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIST3N|TPRA, Université de Technologie de Troyes, Oct 2025, Troyes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48340/ihc2025_p007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05059264v5</w:t>
+                <w:t xml:space="preserve">hal-05250539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changing Collaborative Tools: Introductory Dynamics of Digital Collaborative Tools in Civil Security’s Ecologies of Artifacts</w:t>
+                <w:t xml:space="preserve">Enjeux réglementaires et pratiques de la production des documents numériques dans les établissements de santé publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Formentini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francois Charoy</w:t>
+                <w:t xml:space="preserve">Léonord Rolland-Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khuloud Abou Amsha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISCRAM 2025- International Conference on Information Systems for Crisis Response and Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JetSan 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIST3N|MSAD, Université de Technologie de Troyes, Jun 2025, Troyes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992248v3</w:t>
+                <w:t xml:space="preserve">hal-05250495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux réglementaires et pratiques de la production des documents numériques dans les établissements de santé publics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etudier les collaborations supportées par le numérique grâce aux Ecologies d'Artefacts : un état de l'art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Formentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Tixier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonord Rolland-Blin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Tixier</w:t>
+                <w:t xml:space="preserve">Francois Charoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JetSan 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LIST3N|MSAD, Université de Technologie de Troyes, Jun 2025, Troyes, France</w:t>
+              <w:t xml:space="preserve">Interactions Humain Machines 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Afihm, Nov 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05250495v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05059264v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Different Stakeholders Make Use of Policies in an Ongoing Digital Archiving Project for Patient Records?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changing Collaborative Tools: Introductory Dynamics of Digital Collaborative Tools in Civil Security’s Ecologies of Artifacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Formentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonord Rolland-Blin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Khuloud Abou Amsha</w:t>
+                <w:t xml:space="preserve">Francois Charoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">InfraHEALTH 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LIST3N|TPRA, Université de Technologie de Troyes, Oct 2025, Troyes, France. </w:t>
+              <w:t xml:space="preserve">ISCRAM 2025- International Conference on Information Systems for Crisis Response and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Halifax, Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48340/ihc2025_p007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.59297/m1qksb05⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05250539v1</w:t>
+                <w:t xml:space="preserve">hal-04992248v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une meilleure prise en compte des réglementations dans la conception et la mise en œuvre de technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonord Rolland-Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khuloud Abou Amsha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2037,217 +2037,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04207046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles stratégies de gestion des impressions et de développement des relations interpersonnelles en ligne quand on est amené à se voir « dans la vraie vie » ?</w:t>
+                <w:t xml:space="preserve">Se cordonner en ligne pour mieux se rencontrer dans « la vraie vie » : le cas d'un site de sorties de groupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Massonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Gauducheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Colloque de Psychologie Ergonomique - EPIQUE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">11ème conférence de psychologie ergonomique EPIQUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03542071v1</w:t>
+                <w:t xml:space="preserve">hal-03550663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se cordonner en ligne pour mieux se rencontrer dans « la vraie vie » : le cas d'un site de sorties de groupe</w:t>
+                <w:t xml:space="preserve">Quelles stratégies de gestion des impressions et de développement des relations interpersonnelles en ligne quand on est amené à se voir « dans la vraie vie » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Massonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Gauducheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème conférence de psychologie ergonomique EPIQUE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">11e Colloque de Psychologie Ergonomique - EPIQUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03550663v1</w:t>
+                <w:t xml:space="preserve">hal-03542071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspective de rencontre « dans la vraie vie » et développement de relations interpersonnelles en ligne : le cas d’un site Internet de sorties de groupe.</w:t>
               </w:r>
@@ -2841,628 +2841,628 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02940360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenging the Place through Participation: Reflections from Working with Visually Impaired Persons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AidAdom : vers une plateforme pour la coordination entre organisations dans l'aide au maintien à domicile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Drugbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacima Labadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Embracing Diversity with Help of Technology and Participatory Design (EDTPD 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Troyes, France</w:t>
+              <w:t xml:space="preserve">Journées d'Etude sur la TéléSANté, 6ème edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pôle Capteurs, Université d'Orléans, May 2017, Bourges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02896617v1</w:t>
+                <w:t xml:space="preserve">hal-01565014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AidAdom : vers une plateforme pour la coordination entre organisations dans l'aide au maintien à domicile</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Challenging the Place through Participation: Reflections from Working with Visually Impaired Persons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Di Loreto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Champigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Lan Hing Ting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etude sur la TéléSANté, 6ème edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pôle Capteurs, Université d'Orléans, May 2017, Bourges, France</w:t>
+              <w:t xml:space="preserve">Embracing Diversity with Help of Technology and Participatory Design (EDTPD 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01565014v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02896617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Counting on the Group</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">It is Not Because You Have Tools that You Must use Them</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Gaglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Lewkowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Myriam Lewkowicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 2016 CHI Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2858036.2858477⟩</w:t>
+              <w:t xml:space="preserve">the 19th International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Sanibel Island, France. pp.223-233, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2957276.2957288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02310975v1</w:t>
+                <w:t xml:space="preserve">hal-02310977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">It is Not Because You Have Tools that You Must use Them</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérald Gaglio</w:t>
+                <w:t xml:space="preserve">Counting on the Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Lewkowicz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 19th International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Sanibel Island, France. pp.223-233, </w:t>
+              <w:t xml:space="preserve">the 2016 CHI Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Santa Clara, United States. pp.3545-3558, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2957276.2957288⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2858036.2858477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02310977v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02310975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Session outils : « Care », quelles implications pour le développement de « technologies du souci de l'autre » ?</w:t>
+                <w:t xml:space="preserve">Looking for Respite and Support : Technological Opportunities for Spousal Caregiversrt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ines Di Loreto</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Lewkowicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium « L’internet des faibles »</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CHI '15: CHI Conference on Human Factors in Computing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Seoul, South Korea. pp.1155-1158, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2702123.2702563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02940289v1</w:t>
+                <w:t xml:space="preserve">hal-02923848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking for Respite and Support : Technological Opportunities for Spousal Caregiversrt</w:t>
+                <w:t xml:space="preserve">Session outils : « Care », quelles implications pour le développement de « technologies du souci de l'autre » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Myriam Lewkowicz</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Lenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Di Loreto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CHI '15: CHI Conference on Human Factors in Computing Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Symposium « L’internet des faibles »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de technologie de Troyes, Oct 2015, Troyes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2702123.2702563⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02923848v1</w:t>
+                <w:t xml:space="preserve">hal-02940289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Device for a touch access to digital interfaces: learning environment</w:t>
               </w:r>
@@ -4670,213 +4670,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02922392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translating social support practices into online services for family caregivers</w:t>
+                <w:t xml:space="preserve">Une démarche de conception de services d'information et de communication dédiés aux communautés d'aidants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérald Gaglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Lewkowicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 international conference on Supporting group work</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IC 2009 : 20es Journées Francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Hammamet, Tunisie. pp.49-60</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02938966v1</w:t>
+                <w:t xml:space="preserve">hal-00377549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une démarche de conception de services d'information et de communication dédiés aux communautés d'aidants</w:t>
+                <w:t xml:space="preserve">Translating social support practices into online services for family caregivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Tixier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Gaglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Lewkowicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC 2009 : 20es Journées Francophones d'Ingénierie des Connaissances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2009 international conference on Supporting group work</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Sanibel Island, United States. pp.71, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1531674.1531685⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00377549v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online Social Support: Benefits of an Interdisciplinary Approach for Studying and Designing Cooperative Computer-Mediated Solutions</w:t>
               </w:r>
@@ -4914,51 +4914,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Atifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Bénel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Gaglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 8th International Conference on Designing Cooperative Systems, COOP 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Carry-le-Rouet, France</w:t>
@@ -5354,51 +5354,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394876v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Menendez-Blanco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Tixier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donghee Yvette Wohn" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3633066" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543275v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cormi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khuloud Abou Amsha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Lewkowicz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3492821" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404736v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Chrusciel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fayol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel van Rechem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182111148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02880229v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Garibaldi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lenay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/mmc_c.790409" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939608v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55612/s-5002-038-008" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02489849v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Drugbert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima Labadie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2018.10.005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940344v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gapenne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.12.005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WXWCQB7R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059264v5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Formentini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Charoy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992248v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59297/m1qksb05" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250495v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onord Rolland-Blin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250539v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48340/ihc2025_p007" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250573v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384806v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578795v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207059v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48340/ecscw2023_ep03" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207046v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanika Tuteja" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Colombino" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48340/ecscw2023_ep04" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03542071v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Massonneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gauducheau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550663v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03542146v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02863731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18420/ecscw2020_ep06" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03165231v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Giraud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Di Loreto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3357236.3395527" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03257161v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03542300v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940360v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02896617v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Champigny" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lan Hing Ting" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565014v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02310975v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2858036.2858477" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02310977v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaglio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2957276.2957288" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940289v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02923848v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2702123.2702563" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940376v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vile-Gilon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939663v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940383v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02878429v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Le Bihan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mara" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HAPTICS.2014.6775566" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02525638v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940370v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02922696v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02592000v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilda Tellio&#287;lu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aparecido Fabiano Pinatti de Carvalho" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bre&#353;kovic" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schinkinger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2660398.2660430" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02880845v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2460625.2460663" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939074v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2468356.2468647" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939382v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CTS.2011.5928694" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02922392v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien B&#233;nel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cahier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02938966v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1531674.1531685" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377549v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02929818v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marcoccia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Atifi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416700v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Badra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lieber" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00599603v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394876v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Menendez-Blanco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Tixier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donghee Yvette Wohn" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3633066" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543275v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cormi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khuloud Abou Amsha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Lewkowicz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3492821" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404736v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Chrusciel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fayol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel van Rechem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182111148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02880229v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Garibaldi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lenay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/mmc_c.790409" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939608v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55612/s-5002-038-008" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02489849v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Drugbert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima Labadie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2018.10.005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940344v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gapenne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.12.005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WXWCQB7R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250539v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onord Rolland-Blin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48340/ihc2025_p007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250495v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059264v5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Formentini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Charoy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992248v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59297/m1qksb05" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250573v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384806v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578795v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207059v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48340/ecscw2023_ep03" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207046v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanika Tuteja" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Colombino" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48340/ecscw2023_ep04" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550663v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Massonneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gauducheau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03542071v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03542146v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02863731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18420/ecscw2020_ep06" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03165231v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Giraud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Di Loreto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3357236.3395527" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03257161v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03542300v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940360v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565014v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02896617v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Champigny" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lan Hing Ting" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02310977v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaglio" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2957276.2957288" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02310975v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2858036.2858477" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02923848v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2702123.2702563" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940289v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940376v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vile-Gilon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939663v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940383v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02878429v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Le Bihan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mara" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HAPTICS.2014.6775566" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02525638v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02940370v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02922696v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02592000v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilda Tellio&#287;lu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aparecido Fabiano Pinatti de Carvalho" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bre&#353;kovic" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schinkinger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2660398.2660430" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02880845v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2460625.2460663" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939074v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2468356.2468647" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02939382v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CTS.2011.5928694" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02922392v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien B&#233;nel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cahier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377549v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02938966v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1531674.1531685" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02929818v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marcoccia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Atifi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416700v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Badra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lieber" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00599603v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>