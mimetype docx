--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1483,248 +1483,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02141634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation rétrospective du défrichement de la forêt classée du Haut-Sassandra (Côte d’Ivoire) dans un contexte de conflits armés (2001-2013)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation prospective des paysages de la forêt classée du Haut Sassandra (Côte d’Ivoire) après la fin des conflits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Andrieu</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Roger Zerbo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Géographique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/eg.473.0219⟩</w:t>
+              <w:t xml:space="preserve">Tropicultura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Volume 36 (Numéro 2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25518/2295-8010.843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01980897v1</w:t>
+                <w:t xml:space="preserve">halshs-01729153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation prospective des paysages de la forêt classée du Haut Sassandra (Côte d’Ivoire) après la fin des conflits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation rétrospective du défrichement de la forêt classée du Haut-Sassandra (Côte d’Ivoire) dans un contexte de conflits armés (2001-2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Sadaiou Sabas Barima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Andrieu</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Zerbo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tropicultura</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Volume 36 (Numéro 2), </w:t>
+              <w:t xml:space="preserve">Espace Géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (3), pp.219. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25518/2295-8010.843⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/eg.473.0219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01729153v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01980897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation post conflits armés des perturbations dans la forêt classée du Haut-Sassandra en Côte d'Ivoire</w:t>
               </w:r>
@@ -2734,178 +2734,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04111792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective land-cover change modeling focusing on protected areas to study the global change impact on biodiversity in southeastern France</w:t>
+                <w:t xml:space="preserve">Simulating plants demographic processes for global change impacts modeling on species distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Land Use Symposium. Land use changes: Trends and projections</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">15th European Ecological Federation (EEF) Congress. Ecology across borders: Embedding Ecology in Sustainable Development Goals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03547416v1</w:t>
+                <w:t xml:space="preserve">hal-03547429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating plants demographic processes for global change impacts modeling on species distribution</w:t>
+                <w:t xml:space="preserve">Prospective land-cover change modeling focusing on protected areas to study the global change impact on biodiversity in southeastern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vignal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th European Ecological Federation (EEF) Congress. Ecology across borders: Embedding Ecology in Sustainable Development Goals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">International Land Use Symposium. Land use changes: Trends and projections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03547429v1</w:t>
+                <w:t xml:space="preserve">hal-03547416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution des flux sédimentaires des frayères dans un torrent alpin</w:t>
               </w:r>
@@ -3180,90 +3180,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'enquête à la modélisation rétro-prospective (2001-2015) de la déforestation de la Forêt Classée du Haut Sassandra dans un contexte de conflit armé (Côte d'Ivoire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Sadaiou Sabas Barima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Zerbo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changements socio-environnementaux et dynamiques rurales en Afrique de l'Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Frédéric Alexandre (Pléiade EA 7338), Catherine Mering (LIED UMR 8236), Mathieu Valette (ERTIM EA 2320), Jul 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3465,77 +3465,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barima Ys Sabas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Zerbo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Changements socio-environnementaux et dynamiques rurales en Afrique de l’Ouest"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4368,51 +4368,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="42EC2D4F"/>
+    <w:nsid w:val="A8A5B8B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4516,51 +4516,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="24C6D273"/>
+    <w:nsid w:val="825A910A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4664,51 +4664,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="8D07A4EB"/>
+    <w:nsid w:val="918AF3BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4812,51 +4812,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="D74A3513"/>
+    <w:nsid w:val="CC19BA96"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5052,51 +5052,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-vignal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0858-4069" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umrespace.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://formations.univ-avignon.fr/formation/master-geographie-amenagement-environnement-et-developpement-geomatique-et-conduite-de-projets-territoriaux/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umrespace.org/axes-thematiques/%5B%5D(https://)" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.eu/research-organisations/academies-of-excellence/academy-of-excellence-space-environment-risk-and-resilience/research-projects/cities-societies-and-natural-hazards/sts-sealex-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tfeuillet.gitpages.huma-num.fr/spatialtreep/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inshs.cnrs.fr/fr/cnrsinfo/linterdisciplinarite-en-action-lexemple-des-projets-80-prime-de-la-miti-du-cnrs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concert-eaux.eu/fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.espon.eu/protected-areas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/s379222" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461405v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Birre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Feuillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Theureaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Passy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.181318" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525355v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver-James Crook" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhandapani Balasubramanian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Cormier- Salem" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gowrappan Muthusankar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52293/wes.2025.546934.1092" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03942369v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Lagalis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-022-01589-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457155v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Bopp" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Foulquier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison C&#233;sar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.753.0041" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033226v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lombard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Godron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31396/Biodiv.Jour.2020.11.3.679-688" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171269v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141634v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mammola" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Milano" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12935" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980897v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Sadaiou Sabas Barima" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Moreno" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Zerbo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.473.0219" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01729153v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/2295-8010.843" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101198v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barima Ys Sabas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Assale" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797055v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.1156" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368900v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safae Jourani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665747v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dider Josselin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351525v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Viaux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanke" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lacaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351424v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499451v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917676v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111792v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Chapuis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Adn&#232;s" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carrega" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547416v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547429v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960437v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendy Martins" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tourade" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494092v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525914v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01567329v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295560v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797850v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343548v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797857v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295557v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547479v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547464v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254220v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Drapier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Vayssi&#232;re" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barillier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249306v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03105744v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020COAZ2022" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matthieu-vignal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0858-4069" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umrespace.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://formations.univ-avignon.fr/formation/master-geographie-amenagement-environnement-et-developpement-geomatique-et-conduite-de-projets-territoriaux/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umrespace.org/axes-thematiques/%5B%5D(https://)" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.eu/research-organisations/academies-of-excellence/academy-of-excellence-space-environment-risk-and-resilience/research-projects/cities-societies-and-natural-hazards/sts-sealex-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tfeuillet.gitpages.huma-num.fr/spatialtreep/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inshs.cnrs.fr/fr/cnrsinfo/linterdisciplinarite-en-action-lexemple-des-projets-80-prime-de-la-miti-du-cnrs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concert-eaux.eu/fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.espon.eu/protected-areas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/s379222" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461405v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Birre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Feuillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Theureaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Passy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.181318" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525355v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver-James Crook" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhandapani Balasubramanian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Cormier- Salem" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gowrappan Muthusankar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52293/wes.2025.546934.1092" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03942369v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Lagalis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-022-01589-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457155v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Bopp" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Foulquier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison C&#233;sar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.753.0041" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033226v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lombard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Godron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31396/Biodiv.Jour.2020.11.3.679-688" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171269v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141634v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mammola" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Milano" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12935" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01729153v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/2295-8010.843" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980897v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Sadaiou Sabas Barima" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Moreno" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Zerbo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.473.0219" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101198v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barima Ys Sabas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Assale" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797055v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.1156" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368900v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safae Jourani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665747v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dider Josselin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351525v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Viaux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanke" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lacaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351424v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499451v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917676v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111792v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Chapuis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Adn&#232;s" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carrega" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547429v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547416v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960437v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendy Martins" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tourade" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494092v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525914v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01567329v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295560v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797850v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343548v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797857v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295557v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547479v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547464v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254220v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Drapier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Vayssi&#232;re" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barillier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249306v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03105744v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020COAZ2022" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>