--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -72,264 +72,264 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (56)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-technique study of composition, structure, and bonding in PECVD amorphous silicon carbide films</w:t>
+                <w:t xml:space="preserve">Atomic layer epitaxy of (002) κ-Ga2O3 on c-plane sapphire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott Greenhorn</w:t>
+                <w:t xml:space="preserve">Andy Séguret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Stambouli</w:t>
+                <w:t xml:space="preserve">Ilyass Jellal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwige Bano</w:t>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Pierre</w:t>
+                <w:t xml:space="preserve">Hervé Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gauthier</w:t>
+                <w:t xml:space="preserve">Isabelle Gélard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 192, pp.109444. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 38 (4), pp.1667-1678. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mssp.2025.109444⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5c01915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05379623v1</w:t>
+                <w:t xml:space="preserve">hal-05550658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving SiC surface properties by hyaluronic acid hydrogel deposition for neural probe applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott Greenhorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jeacomine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -374,563 +374,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05075122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimensionality effect on surface states and piezoelectric behavior in ZnO nanowires grown by pulsed-liquid injection metal–organic chemical vapor deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-technique study of composition, structure, and bonding in PECVD amorphous silicon carbide films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Greenhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Legardinier</w:t>
+                <w:t xml:space="preserve">Valérie Stambouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Ardila</w:t>
+                <w:t xml:space="preserve">Edwige Bano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quang Chieu Bui</w:t>
+                <w:t xml:space="preserve">François Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Gélard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carmen Jiménez</w:t>
+                <w:t xml:space="preserve">Nicolas Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaelm.4c00549⟩</w:t>
+              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 192, pp.109444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mssp.2025.109444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04710640v1</w:t>
+                <w:t xml:space="preserve">hal-05379623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operando spectroscopic investigation of the valence change mechanism in La$_2$NiO$_{4+δ}$ ‐based memristive devices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunable Hydrogen-Related Defects in ZnO Nanowires Using Oxygen Plasma Treatment by Ion Energy Adjustment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dieulesaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thoai‐khanh Khuu</w:t>
+                <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksandra Koroleva</w:t>
+                <w:t xml:space="preserve">Fabrice Donatini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Moncasi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Cooper</w:t>
+                <w:t xml:space="preserve">Ana Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aelm.202400313⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (14), pp.1225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano14141225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04728898v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04662563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards enhanced transparent conductive nanocomposites based on metallic nanowire networks coated with metal oxides: a brief review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dimensionality effect on surface states and piezoelectric behavior in ZnO nanowires grown by pulsed-liquid injection metal–organic chemical vapor deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Legardinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Ardila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
+                <w:t xml:space="preserve">Quang Chieu Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gélard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4TA05370B⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (9), pp.6344-6355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaelm.4c00549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04728947v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04710640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the potential of non-pyrophoric Zn(DMP) 2 for the fast deposition of ZnO functional coatings by spatial atomic layer deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Operando spectroscopic investigation of the valence change mechanism in La$_2$NiO$_{4+δ}$ ‐based memristive devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thoai‐khanh Khuu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liam Johnston</w:t>
+                <w:t xml:space="preserve">Aleksandra Koroleva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorit Obenlüneschloß</w:t>
+                <w:t xml:space="preserve">Carlos Moncasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad Farooq Khan Niazi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Weber</w:t>
+                <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Lausecker</w:t>
+                <w:t xml:space="preserve">David Cooper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Applied Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1 (6), pp.1371-1381. </w:t>
+              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D4LF00160E⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aelm.202400313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04728882v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04728898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silver nanowire networks coated with a few nanometer thick aluminum nitride films for ultra-transparent and robust heating applications</w:t>
               </w:r>
@@ -968,6552 +968,6686 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Crisci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 7 (11), pp.12312-12322. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsanm.4c00044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04728910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable Hydrogen-Related Defects in ZnO Nanowires Using Oxygen Plasma Treatment by Ion Energy Adjustment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dieulesaint</w:t>
+                <w:t xml:space="preserve">Towards enhanced transparent conductive nanocomposites based on metallic nanowire networks coated with metal oxides: a brief review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Camilo Sanchez-Velasquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ana Lacoste</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano14141225⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (38), pp.25600-25621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4TA05370B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04662563v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04728947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Environmental Impact of Atomic Layer Deposition (ALD) Processes and Pathways to Lower It</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Assessing the potential of non-pyrophoric Zn(DMP) 2 for the fast deposition of ZnO functional coatings by spatial atomic layer deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liam Johnston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorit Obenlüneschloß</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Farooq Khan Niazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Sekkat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Dussarrat</w:t>
+                <w:t xml:space="preserve">Clément Lausecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Materials Au</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsmaterialsau.3c00002⟩</w:t>
+              <w:t xml:space="preserve">RSC Applied Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1 (6), pp.1371-1381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4LF00160E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303432v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04728882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of the Environmental Impact of Depositing Al 2 O 3 by Atomic Layer Deposition and Spatial Atomic Layer Deposition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muhammad Farooq Khan Niazi</w:t>
+                <w:t xml:space="preserve">Smart electrochemical immunosensing of aflatoxin B1 based on a palladium nanoparticle-boron nitride-coated carbon felt electrode for the wine industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwanele Kunene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Munoz-Rojas</w:t>
+                <w:t xml:space="preserve">Syreina Sayegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Evrard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Myalowenkosi Sabela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voiry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.3c04135⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 253, pp.124000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2022.124000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04230574v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03851670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay Effects in the Co-Doping of ZnO Nanowires with Al and Ga Using Chemical Bath Deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Appert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 62 (3), pp.1165-1177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c03503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03977147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective spatial atomic layer deposition of Cu, Cu2O, and CuO thin films in the open air: reality or fiction?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Assessing the Environmental Impact of Atomic Layer Deposition (ALD) Processes and Pathways to Lower It</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Boysen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octavio Graniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sekkat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">D. Hong</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dussarrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtchem.2023.101431⟩</w:t>
+              <w:t xml:space="preserve">ACS Materials Au</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (4), pp.274 - 298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsmaterialsau.3c00002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04504479v1</w:t>
+                <w:t xml:space="preserve">hal-04303432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D MXene-Based Electron Transport Layers for Nonhalogenated Solvent-Processed Stable Organic Solar Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Um Kanta Aryal</w:t>
+                <w:t xml:space="preserve">Comparative Study of the Environmental Impact of Depositing Al 2 O 3 by Atomic Layer Deposition and Spatial Atomic Layer Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Farooq Khan Niazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanna Pazniak</w:t>
+                <w:t xml:space="preserve">David Munoz-Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanya Kumari</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Damien Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaem.2c03789⟩</w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.3c04135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504487v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04230574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the texture and polarity of ZnO thin films deposited by spatial atomic layer deposition through the addition of a volatile shape-directing agent</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selective spatial atomic layer deposition of Cu, Cu2O, and CuO thin films in the open air: reality or fiction?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sekkat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. López-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Crivello</w:t>
+                <w:t xml:space="preserve">H. Rabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Jalabert</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Rapenne</w:t>
+                <w:t xml:space="preserve">D. Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2023.101822⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29, pp.101431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtchem.2023.101431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504451v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SnO 2 -Coated Silver Nanowire Networks as a Physical Model Describing Their Reversible Domain under Electrical Stress for Stable Transparent Electrode Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Bardet</w:t>
+                <w:t xml:space="preserve">Tuning the texture and polarity of ZnO thin films deposited by spatial atomic layer deposition through the addition of a volatile shape-directing agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Crivello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masoud Akbari</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Thomas Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Rapenne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsanm.3c03008⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30, pp.101822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2023.101822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504448v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single and Co-Doping of ZnO Nanowires with Al and Cl Using One Precursor by Chemical Bath Deposition</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">2D MXene-Based Electron Transport Layers for Nonhalogenated Solvent-Processed Stable Organic Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Um Kanta Aryal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Pazniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanya Kumari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Roussel</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredrik Johansson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (9), pp.4549-4558. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.2c03789⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c00886⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04088296v1</w:t>
+                <w:t xml:space="preserve">hal-04504487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic layer deposition (ALD) of palladium: from processes to applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Single and Co-Doping of ZnO Nanowires with Al and Cl Using One Precursor by Chemical Bath Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Appert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Solid State and Materials Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10408436.2023.2273463⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 127 (17), pp.8306-8319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c00886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04597144v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly transparent and stable flexible electrodes based on MgO/AgNW nanocomposites for transparent heating applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorina T. Papanastasiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maheera Abdul Ghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8 (24), pp.2301143. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/admt.202301143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04504471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart electrochemical immunosensing of aflatoxin B1 based on a palladium nanoparticle-boron nitride-coated carbon felt electrode for the wine industry</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">SnO 2 -Coated Silver Nanowire Networks as a Physical Model Describing Their Reversible Domain under Electrical Stress for Stable Transparent Electrode Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masoud Akbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Crivello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Rapenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Voiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2022.124000⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (16), pp.15234-15246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.3c03008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03851670v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">n-ZnO/Out-of-Stoichiometry p-CuCrO 2 Diodes for Efficient and Low-Cost Transparent Electronic Applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
+                <w:t xml:space="preserve">Atomic layer deposition (ALD) of palladium: from processes to applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lausecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouncif Belmouhoub</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Muñoz-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaelm.2c01025⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Solid State and Materials Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408436.2023.2273463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03907057v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04597144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Custom 3D Printed Spatial Atomic Layer Deposition Manifold for the Coating of Tubular Membranes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">n-ZnO/Out-of-Stoichiometry p-CuCrO 2 Diodes for Efficient and Low-Cost Transparent Electronic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Bottiglieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouncif Belmouhoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fidel Toldra-Reig</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Weber</w:t>
+                <w:t xml:space="preserve">João Resende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Viet Huong Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (43), pp.14112-14118. </w:t>
+              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (12), pp.5847-5858. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.2c04424⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaelm.2c01025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03852184v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03907057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical deposition of Cu$_2$O films with ultra-low resistivity: correlation with the defect landscape</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Custom 3D Printed Spatial Atomic Layer Deposition Manifold for the Coating of Tubular Membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maciej Oskar Liedke</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Viet Huong Nguyen</w:t>
+                <w:t xml:space="preserve">Fidel Toldra-Reig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lausecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maik Butterling</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Muñoz-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-32943-4⟩</w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (43), pp.14112-14118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.2c04424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04700711v2</w:t>
+                <w:t xml:space="preserve">hal-03852184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable TiO2–BN–Pd nanofibers by combining electrospinning and atomic layer deposition to enhance photodegradation of acetaminophen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chemical deposition of Cu$_2$O films with ultra-low resistivity: correlation with the defect landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Oskar Liedke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Huong Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syreina Al Sayegh</w:t>
+                <w:t xml:space="preserve">Maik Butterling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fida Tanos</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">François Zaviska</w:t>
+                <w:t xml:space="preserve">Federico Baiutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1DT03715C⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.5322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-32943-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560152v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700711v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration of Porous Alumina Nanofibers by Electrospinning and Molecular Layer Deposition for Organic Pollutant Removal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunable TiO2–BN–Pd nanofibers by combining electrospinning and atomic layer deposition to enhance photodegradation of acetaminophen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syreina Al Sayegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fida Tanos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amr Nada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petros Abi Younes</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Weber</w:t>
+                <w:t xml:space="preserve">Geoffroy Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
+                <w:t xml:space="preserve">François Zaviska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 628, pp.127274. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Spotlight Collection: Atomic and Molecular Layer Deposition, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2021.127274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D1DT03715C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03857912v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the effect of BN and B-N bridges on the photocatalytic performance of semiconductor heterojunctions: Enhancing carrier transfer mechanism</w:t>
+                <w:t xml:space="preserve">Atomic layer deposition of transition metal films and nanostructures for electronic and catalytic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emerson Coy</w:t>
+                <w:t xml:space="preserve">James Maina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katarzyna Siuzdak</w:t>
+                <w:t xml:space="preserve">Andrea Merenda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iwona Grądzka-Kurzaj</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Weber</w:t>
+                <w:t xml:space="preserve">Jennifer Pringle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Materials Today</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 24, pp.101095. </w:t>
+              <w:t xml:space="preserve">Critical Reviews in Solid State and Materials Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (5), pp.468-489. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apmt.2021.101095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10408436.2020.1819200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03857121v1</w:t>
+                <w:t xml:space="preserve">hal-03860199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Humidity-resistant gas sensors based on SnO2 nanowires coated with a porous alumina nanomembrane by molecular layer deposition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Elaboration of Porous Alumina Nanofibers by Electrospinning and Molecular Layer Deposition for Organic Pollutant Removal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petros Abi Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syreina Sayegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jae-Hyoung Lee</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amr Nada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 344, pp.130302. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 628, pp.127274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2021.130302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2021.127274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03859027v1</w:t>
+                <w:t xml:space="preserve">hal-03857912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Out of stoichiometry CuCrO 2 films as a promising p-type TCO for transparent electronics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Exploring the effect of BN and B-N bridges on the photocatalytic performance of semiconductor heterojunctions: Enhancing carrier transfer mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emerson Coy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Siuzdak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iwona Grądzka-Kurzaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syreina Sayegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1MA00156F⟩</w:t>
+              <w:t xml:space="preserve">Applied Materials Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24, pp.101095. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apmt.2021.101095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03318862v1</w:t>
+                <w:t xml:space="preserve">hal-03857121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic layer deposition of transition metal films and nanostructures for electronic and catalytic applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Out of stoichiometry CuCrO 2 films as a promising p-type TCO for transparent electronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Bottiglieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Resende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Solid State and Materials Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 46 (5), pp.468-489. </w:t>
+              <w:t xml:space="preserve">Materials Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (14), pp.4721-4732. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10408436.2020.1819200⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D1MA00156F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03860199v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03318862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen selective palladium-alumina composite membranes prepared by Atomic Layer Deposition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Humidity-resistant gas sensors based on SnO2 nanowires coated with a porous alumina nanomembrane by molecular layer deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syreina Sayegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jae-Hyoung Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dong-Hoon Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jim Cartier</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.memsci.2019.117701⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 344, pp.130302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2021.130302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03006873v1</w:t>
+                <w:t xml:space="preserve">hal-03859027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic layer deposition of Pd nanoparticles on self-supported carbon-Ni/NiO-Pd nanofiber electrodes for electrochemical hydrogen and oxygen evolution reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Palladium/Carbon Nanofibers by Combining Atomic Layer Deposition and Electrospinning for Organic Pollutant Degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Najem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amr A Nada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syreina Sayegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Barhoum</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Renard</w:t>
+                <w:t xml:space="preserve">Antonio Razzouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.02.063⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (8), pp.1947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma13081947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03242820v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03242883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palladium/Carbon Nanofibers by Combining Atomic Layer Deposition and Electrospinning for Organic Pollutant Degradation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highly textured boron/nitrogen co-doped TiO2 with honeycomb structure showing enhanced visible-light photoelectrocatalytic activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amr Nada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waleed M.A. El Rouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maged Bekheet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melissa Najem</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Manuel Antuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antonio Razzouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma13081947⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 505, pp.144419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2019.144419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03242883v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly textured boron/nitrogen co-doped TiO2 with honeycomb structure showing enhanced visible-light photoelectrocatalytic activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amr Nada</w:t>
+                <w:t xml:space="preserve">Hydrogen selective palladium-alumina composite membranes prepared by Atomic Layer Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Drobek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Rebière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Waleed M.A. El Rouby</w:t>
+                <w:t xml:space="preserve">Christophe Charmette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maged Bekheet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Weber</w:t>
+                <w:t xml:space="preserve">Jim Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2019.144419⟩</w:t>
+              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 596, pp.117701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.memsci.2019.117701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02507472v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Nanoparticles grown by ALD and MOFs for gas separation and catalysis applications</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Atomic layer deposition of Pd nanoparticles on self-supported carbon-Ni/NiO-Pd nanofiber electrodes for electrochemical hydrogen and oxygen evolution reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Barhoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heba H El-Maghrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emerson Coy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pure and Applied Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/pac-2019-0109⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 569, pp.286-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2020.02.063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03242932v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03242820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing photocatalytic performance and solar absorption by schottky nanodiodes heterojunctions in mechanically resilient palladium coated TiO2/Si nanopillars by atomic layer deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerson Coy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Siuzdak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Pavlenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karol Załęski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octavio Graniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 392, pp.123702. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cej.2019.123702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02537086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly-efficient electrochemical label-free immunosensor for the detection of ochratoxin A in coffee samples</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Combining Nanoparticles grown by ALD and MOFs for gas separation and catalysis applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pure and Applied Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92 (2), pp.213-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/pac-2019-0109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2019.127438⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02507525v1</w:t>
+                <w:t xml:space="preserve">hal-03242932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly efficient hydrogen sensors based on Pd nanoparticles supported on boron nitride coated ZnO nanowires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Highly-efficient electrochemical label-free immunosensor for the detection of ochratoxin A in coffee samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwanele Kunene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jae-Hyoung Lee</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myalowenkosi Sabela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Voiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jae-Hun Kim</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
+                <w:t xml:space="preserve">Suvardhan Kanchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 7 (14), pp.8107-8116. </w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 305, pp.127438. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c9ta00788a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2019.127438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02127019v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Use of MOFs and ALD Layers as Nanomembranes for the Enhancement of Gas Sensors Selectivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Preparation and Characterization of Microsphere ZnO ALD Coating Dedicated for the Fiber-Optic Refractive Index Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulina Listewnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marzena Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Przemysław Struk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 9 (11), pp.1552. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano9111552⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 9 (2), pp.306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano9020306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02537069v1</w:t>
+                <w:t xml:space="preserve">hal-02127089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture Mechanics and Oxygen Gas Barrier Properties of Al2O3/ZnO Nanolaminates on PET Deposited by Atomic Layer Deposition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Resistive gas sensors based on metal-oxide nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikko Ruoho</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Ali Mirzaei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jae-Hyoung Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adib Chaaya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aidan Taylor</w:t>
+                <w:t xml:space="preserve">Hyoun Woo Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano9010088⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126 (24), pp.241102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5118805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02076308v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03243245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced electrocatalytic performance triggered by atomically bridged boron nitride between palladium nanoparticles and carbon fibers in gas-diffusion electrodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Highly efficient hydrogen sensors based on Pd nanoparticles supported on boron nitride coated ZnO nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin-Young Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jae-Hyoung Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nazym Tuleushova</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+                <w:t xml:space="preserve">Jae-Hun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2019.117917⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (14), pp.8107-8116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9ta00788a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278669v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02127019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistive gas sensors based on metal-oxide nanowires</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">On the Use of MOFs and ALD Layers as Nanomembranes for the Enhancement of Gas Sensors Selectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octavio Graniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Balme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Miele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5118805⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (11), pp.1552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano9111552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03243245v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZnO coated fiber optic microsphere sensor for the enhanced refractive index sensing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced electrocatalytic performance triggered by atomically bridged boron nitride between palladium nanoparticles and carbon fibers in gas-diffusion electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazym Tuleushova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Zgheib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marzena Hirsch</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+                <w:t xml:space="preserve">Cassandre Lamboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sna.2019.111594⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 257, pp.117917. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2019.117917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03243316v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of Pd-TiO2 nanotube photoactive junctions via Atomic Layer Deposition for persistent pesticide pollutants degradation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fracture Mechanics and Oxygen Gas Barrier Properties of Al2O3/ZnO Nanolaminates on PET Deposited by Atomic Layer Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vipin Chawla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikko Ruoho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Claudia Canalli Bortolassi</w:t>
+                <w:t xml:space="preserve">Adib Chaaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sakthivel Nagarajan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mônica Lopes Aguiar</w:t>
+                <w:t xml:space="preserve">Aidan Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2019.03.285⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano9010088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02184394v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic layer deposition (ALD) on inorganic or polymeric membranes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">ZnO coated fiber optic microsphere sensor for the enhanced refractive index sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marzena Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulina Listewnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Przemysław Struk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5103212⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 298, pp.111594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sna.2019.111594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278784v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03243316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation and Characterization of Microsphere ZnO ALD Coating Dedicated for the Fiber-Optic Refractive Index Sensor</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+                <w:t xml:space="preserve">Fabrication of Pd-TiO2 nanotube photoactive junctions via Atomic Layer Deposition for persistent pesticide pollutants degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Claudia Canalli Bortolassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakthivel Nagarajan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno de Araújo Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vádila Giovana Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mônica Lopes Aguiar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 483, pp.219-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2019.03.285⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano9020306⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02127089v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boron Nitride as a Novel Support for Highly Stable Palladium Nanocatalysts by Atomic Layer Deposition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Atomic layer deposition (ALD) on inorganic or polymeric membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Navarra</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Miele</w:t>
+                <w:t xml:space="preserve">Anne Julbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Zanna</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sang Sub Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (10), pp.849. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126 (4), pp.041101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano8100849⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5103212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01954980v1</w:t>
+                <w:t xml:space="preserve">hal-02278784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic layer deposition for biosensing applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Novel and Facile Route for the Synthesis of Tunable Boron Nitride Nanotubes Combining Atomic Layer Deposition and Annealing Processes for Water Purification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emerson Coy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bios.2018.09.038⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (16), pp.1800056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/admi.201800056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01919095v1</w:t>
+                <w:t xml:space="preserve">hal-01871717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic Layer Deposition for Membranes: Basics, Challenges, and Opportunities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Boron Nitride as a Novel Support for Highly Stable Palladium Nanocatalysts by Atomic Layer Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Lamboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Navarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Zanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.8b02687⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (10), pp.849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano8100849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01954940v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Functional Ceramic Supports by Ice Templating and Atomic Layer Deposition</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Atomic layer deposition for biosensing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octavio Graniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Balme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Miele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Materials. Computational Materials Science section</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmats.2018.00028⟩</w:t>
+              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122, pp.147 - 159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bios.2018.09.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01798889v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel and Facile Route for the Synthesis of Tunable Boron Nitride Nanotubes Combining Atomic Layer Deposition and Annealing Processes for Water Purification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Atomic Layer Deposition for Membranes: Basics, Challenges, and Opportunities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Julbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Ayral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/admi.201800056⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (21), pp.7368-7390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.8b02687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01871717v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Catalytic Glycerol Oxidation Activity Enabled by Activated-Carbon-Supported Palladium Catalysts Prepared through Atomic Layer Deposition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Synthesis of Functional Ceramic Supports by Ice Templating and Atomic Layer Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaela Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hoda El gaddari</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+                <w:t xml:space="preserve">Didier Oison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemElectroChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/celc.201701196⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Materials. Computational Materials Science section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmats.2018.00028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01737095v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01798889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Performance Nanowire Hydrogen Sensors by Exploiting the Synergistic Effect of Pd Nanoparticles and Metal–Organic Framework Membranes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Enhanced Catalytic Glycerol Oxidation Activity Enabled by Activated-Carbon-Supported Palladium Catalysts Prepared through Atomic Layer Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Collot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoda El gaddari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tingry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.8b12569⟩</w:t>
+              <w:t xml:space="preserve">ChemElectroChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (5), pp.743 - 747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/celc.201701196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01907987v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01737095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced UV photosensing properties of ZnO nanowires prepared by electrodeposition and atomic layer deposition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Radhouane Chtourou</w:t>
+                <w:t xml:space="preserve">High-Performance Nanowire Hydrogen Sensors by Exploiting the Synergistic Effect of Pd Nanoparticles and Metal–Organic Framework Membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jae-Hun Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jae-Hyoung Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin-Young Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Electrochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10008-017-3612-5⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (40), pp.34765 - 34773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.8b12569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675108v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boron Nitride Nanoporous Membranes with High Surface Charge by Atomic Layer Deposition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Study of $Cu_{2}O{\backslash}ZnO$ nanowires heterojunction designed by combining electrodeposition and atomic layer deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssin Makhlouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olfa Messaoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tingry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boonprakrong Koonkaew</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fabien Picaud</w:t>
+                <w:t xml:space="preserve">Matthieu Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.7b02883⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 426, pp.301 - 306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.07.130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01658347v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01596715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of $Cu_{2}O{\backslash}ZnO$ nanowires heterojunction designed by combining electrodeposition and atomic layer deposition</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Boron Nitride Nanoporous Membranes with High Surface Charge by Atomic Layer Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boonprakrong Koonkaew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Balme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivo Utke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olfa Messaoudi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Moret</w:t>
+                <w:t xml:space="preserve">Fabien Picaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.07.130⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (19), pp.16669 - 16678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.7b02883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01596715v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01658347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-Coherence Interferometric Fiber-Optic Sensors with Potential Applications as Biosensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marzena Hirsch</w:t>
+                <w:t xml:space="preserve">Enhanced UV photosensing properties of ZnO nanowires prepared by electrodeposition and atomic layer deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Alchaar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssin Makhlouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daria Majchrowicz</w:t>
+                <w:t xml:space="preserve">Nadine Abboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tingry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paweł Wierzba</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+                <w:t xml:space="preserve">Radhouane Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 17 (2), </w:t>
+              <w:t xml:space="preserve">Journal of Solid State Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (10), pp.2877 - 2886. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s17020261⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10008-017-3612-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675248v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Low-Coherence Interferometric Fiber-Optic Sensors with Potential Applications as Biosensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marzena Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria Majchrowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paweł Wierzba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s17020261⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mechanical properties of boron nitride thin films prepared by atomic layer deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerson Coy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Iatsunskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Yate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CrystEngComm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 19 (41), pp.6089 - 6094. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c7ce01357d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01671663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7523,2336 +7657,2336 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of post-growth treatment on the physical properties of ZnO nanowires for piezoelectric response enhancement</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carmen Jiménez</w:t>
+                <w:t xml:space="preserve">Hydrogel based functionalization of SiC films for new hybrid neural Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Greenhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Claude Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Donatini</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gélard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Nanofils semiconducteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">E‐MRS Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04990958v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogel based functionalization of SiC films for new hybrid neural Interfaces</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact of post-growth treatment on the physical properties of ZnO nanowires for piezoelectric response enhancement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Legardinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Ardila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Jiménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Gélard</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Donatini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E‐MRS Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales Nanofils semiconducteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756566v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the environmental impact of ALD</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Switching Ceramic Surface Chemistry from Oxide to Non-Oxide Using Thermal ALD- Evaluation of BN/α-Al2O3 MF Membranes (Key-note lecture)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Julbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mansas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Drobek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS Spring Meeting 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">ICIM17- 17th INTERNATIONAL CONFERENCE ON INORGANIC MEMBRANES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Prof Marco di Lucio- Universidade Federal de Santa Catarina- Brazil, Jul 2024, Florianopolis, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735515v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04828296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switching Ceramic Surface Chemistry from Oxide to Non-Oxide Using Thermal ALD- Evaluation of BN/α-Al2O3 MF Membranes (Key-note lecture)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Assessing the environmental impact of ALD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICIM17- 17th INTERNATIONAL CONFERENCE ON INORGANIC MEMBRANES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Prof Marco di Lucio- Universidade Federal de Santa Catarina- Brazil, Jul 2024, Florianopolis, Brazil</w:t>
+              <w:t xml:space="preserve">EMRS Spring Meeting 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04828296v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable dimensions of ZnO nanowires grown by metal-organic chemical vapor deposition and its impact on the physical and piezoelectric properties</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chemical deposition of Cu2O films with ultra-low resistivity: Correlation with the defect landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Rapenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Munoz-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur la Récupération et le Stockage de l’Energie JNRSE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">EUROCVD/BALTIC ALD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04990498v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical deposition of Cu2O films with ultra-low resistivity: Correlation with the defect landscape</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunable dimensions of ZnO nanowires grown by metal-organic chemical vapor deposition and its impact on the physical and piezoelectric properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Legardinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Ardila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quang Chieu Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gélard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROCVD/BALTIC ALD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur la Récupération et le Stockage de l’Energie JNRSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746668v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial Atomic Layer Deposition of Cu, Cu2O and CuO Thin Films</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Al and Ga co-doping of ZnO nanowires grown by chemical bath deposition: investigation of extra metal salt use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Appert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Dunpin Hong</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th RAFALD Workshop 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Caen, France</w:t>
+              <w:t xml:space="preserve">EMRS 2022 Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746724v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04725849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the texture of SALD ZnO thin films trough the addition of a volatile shape-directing agent</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Spatial Atomic Layer Deposition of Cu, Cu2O and CuO Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gustavo Aldolfo Ardila Rodriguez</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. López-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rabat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dunpin Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AVS 22nd International Conference on Atomic Layer Deposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">8th RAFALD Workshop 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746794v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering of defect complexes in ZnO nanowires grown by chemical bath deposition using oxygen plasma treatment</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Tuning the texture of SALD ZnO thin films trough the addition of a volatile shape-directing agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Munoz-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Crivello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Donatini</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Aldolfo Ardila Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS 2022 Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">AVS 22nd International Conference on Atomic Layer Deposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706556v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies pour le développement de membranes composites pour la séparation ou la détection de l'hydrogène</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Le dépôt de couches atomiques spatial (SALD), une nouvelle technologie versatile pour réaliser des films minces à haut débit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Jiménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Crivello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lausecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATERIAUX 2022</w:t>
+              <w:t xml:space="preserve">Conférence Internationale Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04885890v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dépôt de couches atomiques spatial (SALD), une nouvelle technologie versatile pour réaliser des films minces à haut débit</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Engineering of defect complexes in ZnO nanowires grown by chemical bath deposition using oxygen plasma treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dieulesaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Villafuerte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Clément Lausecker</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Donatini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Internationale Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">EMRS 2022 Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04759283v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Al and Ga co-doping of ZnO nanowires grown by chemical bath deposition: investigation of extra metal salt use</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Stratégies pour le développement de membranes composites pour la séparation ou la détection de l'hydrogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Drobek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jae-H. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sang S. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS 2022 Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">MATERIAUX 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04725849v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al &amp; Ga doped ZnO nanowires for water remediation by photocatalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Appert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Dedova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gaffuri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mati Danilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIMTEC 2022, 9th forum on new materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel design of hydrogen-selective palladium-based composite membranes and sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Drobek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.H- Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.S. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Inorganic Membranes (ICIM16 )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Taipei, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03761417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Engineering of Tubular Membranes by Spatial Atomic Layer Deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fidel Toldra-Reig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lausecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Munoz-Rojas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop RAFALD 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04706353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CuCrO2 out of stoichiometry as promising p-type TCO for transparent electronics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Tuning the texture of AP-SALD ZnO Thin Films trough the addition of volatile shape-directing agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Crivello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Rapenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS Spring meeting 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Materials Research Society, May 2021, Online, France</w:t>
+              <w:t xml:space="preserve">RAFALD 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04614639v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the texture of AP-SALD ZnO Thin Films trough the addition of volatile shape-directing agents</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">CuCrO2 out of stoichiometry as promising p-type TCO for transparent electronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Bottiglieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Resende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAFALD 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Marseille, France</w:t>
+              <w:t xml:space="preserve">EMRS Spring meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Materials Research Society, May 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04759238v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04614639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxide-to-MOF conversion: a versatile strategy for either confining MOF membranes or encapsulating gas nanosensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Drobek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.H. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim S.S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Zeolite Membrane Meeting, IZMM2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Lulea, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomic layer deposition for biosensing applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octavio Graniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Balme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAFALD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9862,1496 +9996,1496 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deposition of ZrO2 and CeO2 thin films by AP-SALD for electrochemical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Duhain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Rodriguez Robles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Power of interfaces 2024 (POI24)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Palma De Majorque, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04759663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the environmental impact of ALD</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Al and Ga co-doping of ZnO nanowires grown by chemical bath deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Appert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAFALD-2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">EMRS Spring Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Strabsourg, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04759249v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XPS: A powerful tool for characterizing the surface chemistry of nanomaterials prepared by Spatial Atomic Layer Deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Munoz-Rojas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales des Spectroscopies de PhotoEmission (JNSPE) 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Sophia -Antipolis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04735483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Al and Ga co-doping of ZnO nanowires grown by chemical bath deposition</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Assessing the environmental impact of ALD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farooq Niazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Munoz-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS Spring Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Strabsourg, France. </w:t>
+              <w:t xml:space="preserve">RAFALD-2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735436v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XPS: A powerful tool for characterizing the surface chemistry of nanomaterials prepared by Spatial Atomic Layer Deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muñoz-Rojas David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fédération de Recherche Spectroscopies de Photoémission FR SPE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04759236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Greener ALD Processes: The Precursor Chemistry Is Key</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Al and Ga co-doping of ZnO nanowires grown by chemical bath deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Appert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALD/ALE 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">Nanowire week 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Chamonix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04726083v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04725859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Al and Ga co-doping of ZnO nanowires grown by chemical bath deposition</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Towards Greener ALD Processes: The Precursor Chemistry Is Key</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octavio Graniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Munoz-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Boysen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anjana Devi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanowire week 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Chamonix, France</w:t>
+              <w:t xml:space="preserve">ALD/ALE 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04725859v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04726083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering of defect complexes in ZnO nanowires grown by chemical bath deposition using oxygen plasma treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dieulesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Villafuerte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Donatini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanowire Week 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Chamonix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04726012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al and Ga co-doping of ZnO nanowires grown by chemical bath deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Appert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Appert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Adrien Baillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales des Nanofils Semiconducteurs (J2N) 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Nice, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04726582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Custom 3D printed SALD head for the coating of tubular membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fidel Toldra-Reig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lausecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Munoz-Rojas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAFALD 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Marseille, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergistic Effect of Pd Nanoparticles and MOF Membranes on Nanowires Hydrogen Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Drobek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-H. Leeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-Y. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. S. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Balard Chemistry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03765395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ceria derived ALD interfacial layers for micro-solid oxide cell applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Alqassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Jonsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Villeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAFALD 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Marseille, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11361,176 +11495,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanometric 3D Printing of Functional Materials by Atomic Layer Deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Muñoz-Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Crivello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahime Sekkat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Additive Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IntechOpen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/intechopen.101859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11540,131 +11674,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode pour minimiser la consommation de précurseurs et la formation de particules dans les réacteurs ALD/CVD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhael Bechelany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: 19/08445. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04211999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId334"/>
+      <w:footerReference w:type="default" r:id="rId338"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11811,51 +11945,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05379623v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Greenhorn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stambouli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Bano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pierre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2025.109444" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075122v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Verdier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Weber" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jeacomine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2025.132299" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710640v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Legardinier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ardila" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Chieu Bui" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G&#233;lard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Jim&#233;nez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.4c00549" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728898v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thoai&#8208;khanh Khuu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Koroleva" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Moncasi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stangl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cooper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400313" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728947v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahime Sekkat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Sanchez-Velasquez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bardet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TA05370B" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728882v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Johnston" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorit Obenl&#252;neschlo&#223;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Farooq Khan Niazi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lausecker" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4LF00160E" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728910v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorina T. Papanastasiou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mantoux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crisci" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ribeiro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c00044" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662563v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dieulesaint" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Chaix-Pluchery" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Donatini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lacoste" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano14141225" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303432v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Boysen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Graniel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sekkat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dussarrat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialsau.3c00002" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04230574v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Munoz-Rojas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Evrard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.3c04135" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977147v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baillard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Appert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jacob" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Roussel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03503" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504479v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#243;pez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtchem.2023.101431" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504487v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Um Kanta Aryal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Pazniak" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Kumari" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Johansson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.2c03789" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504451v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Crivello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jalabert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Rapenne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101822" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504448v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Akbari" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c03008" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088296v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c00886" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04597144v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mu&#241;oz-Rojas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408436.2023.2273463" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504471v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maheera Abdul Ghani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202301143" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03851670v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwanele Kunene" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syreina Sayegh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myalowenkosi Sabela" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Voiry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2022.124000" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907057v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bottiglieri" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouncif Belmouhoub" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Resende" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Huong Nguyen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.2c01025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03852184v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fidel Toldra-Reig" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.2c04424" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700711v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Oskar Liedke" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maik Butterling" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Baiutti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32943-4" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560152v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syreina Al Sayegh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fida Tanos" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Nada" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Lesage" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Zaviska" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT03715C" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03857912v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petros Abi Younes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Iatsunskyi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.127274" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03857121v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Coy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Siuzdak" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Gr&#261;dzka-Kurzaj" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.101095" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03859027v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Hyoung Lee" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong-Hoon Yang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2021.130302" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03318862v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1MA00156F" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03860199v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Maina" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Merenda" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Pringle" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408436.2020.1819200" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006873v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drobek" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rebi&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Charmette" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Cartier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2019.117701" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03242820v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Barhoum" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba H El-Maghrabi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Renard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.02.063" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03242883v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Najem" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr A Nada" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Razzouk" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13081947" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02507472v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed M.A. El Rouby" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maged Bekheet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Antuch" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.144419" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03242932v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2019-0109" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537086v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Pavlenko" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Za&#322;&#281;ski" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2019.123702" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02507525v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvardhan Kanchi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2019.127438" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02127019v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Young Kim" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Hun Kim" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ta00788a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537069v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Balme" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Miele" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9111552" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076308v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vipin Chawla" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikko Ruoho" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adib Chaaya" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Taylor" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9010088" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02278669v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazym Tuleushova" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Zgheib" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Lamboux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2019.117917" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03243245v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mirzaei" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyoun Woo Kim" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5118805" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03243316v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Hirsch" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Listewnik" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Struk" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.111594" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02184394v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Claudia Canalli Bortolassi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakthivel Nagarajan" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno de Ara&#250;jo Lima" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;dila Giovana Guerra" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Lopes Aguiar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.03.285" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2HF517B2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02278784v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julbe" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Sub Kim" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5103212" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02127089v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9020306" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01954980v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Navarra" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Zanna" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano8100849" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01919095v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2018.09.038" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01954940v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Ayral" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.8b02687" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798889v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Klotz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Oison" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2018.00028" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01871717v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornu" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.201800056" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01737095v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Collot" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoda El&#8197;gaddari" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tingry" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201701196" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01907987v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b12569" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01675108v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Alchaar" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssin Makhlouf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Abboud" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Chtourou" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-017-3612-5" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01658347v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boonprakrong Koonkaew" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Balme" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Utke" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Picaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.7b02883" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596715v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Messaoudi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Moret" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.07.130" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01675248v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Majchrowicz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Wierzba" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17020261" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01671663v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Yate" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ce01357d" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990958v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756566v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04735515v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04828296v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Julbe" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mansas" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Masson" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990498v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04746668v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bellet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04746724v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rabat" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunpin Hong" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746794v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Aldolfo Ardila Rodriguez" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04706556v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Villafuerte" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885890v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-H. Kim" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang S. Kim" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759283v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04725849v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04699290v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Dedova" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaffuri" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mati Danilson" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03761417v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H- Kim" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.S. Kim" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04706353v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04614639v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Resende" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759238v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Roussel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379582v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Kim" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim S.S." TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069130v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759663v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duhain" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rodriguez Robles" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759249v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farooq Niazi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04735483v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04735436v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759236v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu&#241;oz-Rojas David" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04726083v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjana Devi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04725859v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04726012v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04726582v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630800v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03765395v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Leeb" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Kim" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Kim" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630671v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alqassar" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jonsson" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Villeger" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941846v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vall&#233;e" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/chapters/80053" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.101859" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211999v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Miele" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550658v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy S&#233;guret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyass Jellal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Weber" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Roussel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G&#233;lard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c01915" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075122v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Greenhorn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Verdier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jeacomine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2025.132299" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05379623v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stambouli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Bano" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pierre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2025.109444" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662563v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dieulesaint" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Chaix-Pluchery" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Donatini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lacoste" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano14141225" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710640v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Legardinier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ardila" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Chieu Bui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Jim&#233;nez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.4c00549" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728898v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thoai&#8208;khanh Khuu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Koroleva" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Moncasi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stangl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cooper" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400313" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728910v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorina T. Papanastasiou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mantoux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crisci" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ribeiro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahime Sekkat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c00044" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728947v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Sanchez-Velasquez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bardet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TA05370B" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728882v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Johnston" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorit Obenl&#252;neschlo&#223;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Farooq Khan Niazi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lausecker" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4LF00160E" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03851670v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwanele Kunene" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syreina Sayegh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myalowenkosi Sabela" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Voiry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2022.124000" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977147v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baillard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Appert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jacob" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03503" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303432v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Boysen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Graniel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sekkat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dussarrat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialsau.3c00002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04230574v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Munoz-Rojas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Evrard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.3c04135" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504479v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#243;pez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hong" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtchem.2023.101431" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504451v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Crivello" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jalabert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Rapenne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101822" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504487v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Um Kanta Aryal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Pazniak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Kumari" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Johansson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.2c03789" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088296v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c00886" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504471v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maheera Abdul Ghani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202301143" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504448v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Akbari" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c03008" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04597144v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mu&#241;oz-Rojas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408436.2023.2273463" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907057v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bottiglieri" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouncif Belmouhoub" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Resende" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Huong Nguyen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.2c01025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03852184v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fidel Toldra-Reig" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.2c04424" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700711v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Oskar Liedke" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maik Butterling" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Baiutti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32943-4" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560152v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syreina Al Sayegh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fida Tanos" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Nada" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Lesage" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Zaviska" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT03715C" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03860199v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Maina" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Merenda" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Pringle" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408436.2020.1819200" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03857912v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petros Abi Younes" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Iatsunskyi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.127274" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03857121v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Coy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Siuzdak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Gr&#261;dzka-Kurzaj" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.101095" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03318862v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1MA00156F" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03859027v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Hyoung Lee" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong-Hoon Yang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2021.130302" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03242883v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Najem" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr A Nada" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Razzouk" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13081947" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02507472v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed M.A. El Rouby" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maged Bekheet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Antuch" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.144419" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006873v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drobek" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rebi&#232;re" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Charmette" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Cartier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2019.117701" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03242820v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Barhoum" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba H El-Maghrabi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Renard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.02.063" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537086v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Pavlenko" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Za&#322;&#281;ski" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2019.123702" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03242932v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2019-0109" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02507525v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvardhan Kanchi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2019.127438" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02127089v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Listewnik" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Hirsch" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Struk" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9020306" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03243245v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mirzaei" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyoun Woo Kim" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5118805" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02127019v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Young Kim" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Hun Kim" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ta00788a" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537069v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Balme" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Miele" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9111552" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02278669v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazym Tuleushova" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Zgheib" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Lamboux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2019.117917" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076308v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vipin Chawla" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikko Ruoho" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adib Chaaya" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Taylor" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano9010088" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03243316v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.111594" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02184394v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Claudia Canalli Bortolassi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakthivel Nagarajan" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno de Ara&#250;jo Lima" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;dila Giovana Guerra" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#244;nica Lopes Aguiar" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.03.285" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2HF517B2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02278784v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julbe" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Sub Kim" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5103212" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01871717v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornu" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.201800056" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01954980v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Navarra" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Zanna" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano8100849" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01919095v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2018.09.038" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01954940v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Ayral" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.8b02687" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798889v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Klotz" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Oison" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2018.00028" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01737095v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Collot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoda El&#8197;gaddari" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tingry" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201701196" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01907987v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b12569" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596715v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssin Makhlouf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Messaoudi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Moret" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.07.130" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01658347v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boonprakrong Koonkaew" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Balme" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Utke" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Picaud" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.7b02883" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01675108v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Alchaar" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Abboud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Chtourou" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-017-3612-5" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01675248v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Majchrowicz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Wierzba" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17020261" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01671663v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Yate" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ce01357d" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756566v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990958v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04828296v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Julbe" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mansas" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Masson" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04735515v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04746668v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bellet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990498v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04725849v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04746724v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rabat" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunpin Hong" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746794v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Aldolfo Ardila Rodriguez" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759283v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04706556v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Villafuerte" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885890v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-H. Kim" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang S. Kim" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04699290v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Dedova" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaffuri" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mati Danilson" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03761417v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H- Kim" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.S. Kim" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04706353v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759238v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Roussel" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04614639v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Resende" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379582v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Kim" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim S.S." TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069130v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759663v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Duhain" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rodriguez Robles" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04735436v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04735483v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759249v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farooq Niazi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759236v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu&#241;oz-Rojas David" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04725859v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04726083v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjana Devi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04726012v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04726582v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630800v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03765395v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Leeb" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Kim" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Kim" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630671v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alqassar" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jonsson" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Villeger" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941846v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vall&#233;e" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/chapters/80053" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.101859" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211999v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Miele" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>