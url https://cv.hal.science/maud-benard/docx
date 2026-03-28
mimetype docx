--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -848,260 +848,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04131594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating techniques for a deeper understanding of Neural Machine Translation (NMT) systems through data filtering and fine-tuning strategies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maria Zimina-Poirot</w:t>
+                <w:t xml:space="preserve">Les corpus pour et par les apprenants en post-édition : allier la recherche et l’enseignement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Kübler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Mestivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mojca Pecman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th World Machine Translation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association for Computational Linguistics, Dec 2023, Singapore (SG), Singapore. pp.275-281</w:t>
+              <w:t xml:space="preserve">Corpus de genres spécialisés: caractérisation, méthodes et applications didactiques (COSEDI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Grenoble Alpes, Dec 2023, Grenobe, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04306041v1</w:t>
+                <w:t xml:space="preserve">hal-05031530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les corpus pour et par les apprenants en post-édition : allier la recherche et l’enseignement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Natalie Kübler</w:t>
+                <w:t xml:space="preserve">Investigating techniques for a deeper understanding of Neural Machine Translation (NMT) systems through data filtering and fine-tuning strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lichao Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Zimina-Poirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnoosh Namdarzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corpus de genres spécialisés: caractérisation, méthodes et applications didactiques (COSEDI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Grenoble Alpes, Dec 2023, Grenobe, France</w:t>
+              <w:t xml:space="preserve">8th World Machine Translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association for Computational Linguistics, Dec 2023, Singapore (SG), Singapore. pp.275-281</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05031530v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04306041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utiliser les syntagmes nominaux complexes anglais pour évaluer la robustesse des systèmes de traduction anglais-français en langue de spécialité</w:t>
               </w:r>
@@ -1150,247 +1150,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04130246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustesse de systèmes de traductions neuronaux pour la traduction anglais-français de syntagmes nominaux complexes en langues de spécialité</w:t>
+                <w:t xml:space="preserve">Failles langagières (syntagmes nominaux complexes), failles techniques (traduction automatique) et failles humaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude sur la robustesse des systemes de TAL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour le Traitement Automatique des Langues (ATALA), Nov 2022, Paris, France. pp.9-11</w:t>
+              <w:t xml:space="preserve">61e congrès de la SAES : « Failles. Fault and fault lines ». Atelier 21 – Anglais de spécialité–GERAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société des Anglicistes de l'Enseignement Supérieur (SAES), Jun 2022, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03879220v1</w:t>
+                <w:t xml:space="preserve">hal-03687740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axe 2. Corpus augmentés et moteur de traduction pilote en anglais médical : l'interprétation des données sur les groupes nominaux complexes</w:t>
+                <w:t xml:space="preserve">Robustesse de systèmes de traductions neuronaux pour la traduction anglais-français de syntagmes nominaux complexes en langues de spécialité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Natalie Kübler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tralogy3: Human translation and natural language processing: Forging a new consensus? - Collective workshop SPECTRAN (Specialised Corpora and Neural Machine Translation) / PAPTAN (Platform for Deep Learning for Neural Machine Translation)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Tralogy, Apr 2022, Aubervilliers, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude sur la robustesse des systemes de TAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour le Traitement Automatique des Langues (ATALA), Nov 2022, Paris, France. pp.9-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03677260v1</w:t>
+                <w:t xml:space="preserve">hal-03879220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Failles langagières (syntagmes nominaux complexes), failles techniques (traduction automatique) et failles humaines</w:t>
+                <w:t xml:space="preserve">Axe 2. Corpus augmentés et moteur de traduction pilote en anglais médical : l'interprétation des données sur les groupes nominaux complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Kübler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61e congrès de la SAES : « Failles. Fault and fault lines ». Atelier 21 – Anglais de spécialité–GERAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société des Anglicistes de l'Enseignement Supérieur (SAES), Jun 2022, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Tralogy3: Human translation and natural language processing: Forging a new consensus? - Collective workshop SPECTRAN (Specialised Corpora and Neural Machine Translation) / PAPTAN (Platform for Deep Learning for Neural Machine Translation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tralogy, Apr 2022, Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03687740v1</w:t>
+                <w:t xml:space="preserve">hal-03677260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses comparatives des erreurs de traduction automatique anglais-français des syntagmes nominaux complexes dans les articles de recherche pour deux langues de spécialité.</w:t>
               </w:r>
@@ -1439,178 +1439,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03684567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corpus augmenté, moteur de traduction pilote en anglais médical : l’interprétation des donnée sur les groupes nominaux complexes</w:t>
+                <w:t xml:space="preserve">Méthodologie d’analyse des erreurs de traduction automatique des syntagmes nominaux complexes dans deux langues de spécialité de l’anglais vers le français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Natalie Kübler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TralogyIII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Claire Larsonneur; Nicolas Froeliger; François Yvon, Apr 2022, Université Paris-Cité, Paris, France</w:t>
+              <w:t xml:space="preserve">Rencontres Doctorales Monique Mémet – 43e colloque du GERAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe d'Etude et de Recherche en Anglais de Spécialité (GERAS), Mar 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04063839v1</w:t>
+                <w:t xml:space="preserve">hal-03677232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie d’analyse des erreurs de traduction automatique des syntagmes nominaux complexes dans deux langues de spécialité de l’anglais vers le français</w:t>
+                <w:t xml:space="preserve">Corpus augmenté, moteur de traduction pilote en anglais médical : l’interprétation des donnée sur les groupes nominaux complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Kübler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Doctorales Monique Mémet – 43e colloque du GERAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe d'Etude et de Recherche en Anglais de Spécialité (GERAS), Mar 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">TralogyIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Claire Larsonneur; Nicolas Froeliger; François Yvon, Apr 2022, Université Paris-Cité, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03677232v1</w:t>
+                <w:t xml:space="preserve">hal-04063839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduction automatique et deep learning : mort et renaissance de la traduction spécialisée ?</w:t>
               </w:r>
@@ -1914,51 +1914,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="11FD7329"/>
+    <w:nsid w:val="1591A4EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2145,51 +2145,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maud-benard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7031-8637" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408084v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud B&#233;nard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26262/st.v0i16.10666" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03879126v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bordet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie K&#252;bler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228687v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bawden" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villemonte de La Clergerie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cornejo C&#225;rcamo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dahan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05031532v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mestivier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojca Pecman" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573922v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziqian Peng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Esamotunu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131594v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Kubler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichao Zhu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306041v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zimina-Poirot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnoosh Namdarzadeh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05031530v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130246v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03879220v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03677260v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03687740v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684567v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04063839v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03677232v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03676826v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700009v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Minder" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maud-benard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7031-8637" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408084v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud B&#233;nard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26262/st.v0i16.10666" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03879126v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bordet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie K&#252;bler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228687v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bawden" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villemonte de La Clergerie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cornejo C&#225;rcamo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dahan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05031532v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mestivier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojca Pecman" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573922v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziqian Peng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Esamotunu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131594v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Kubler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichao Zhu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05031530v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306041v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zimina-Poirot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnoosh Namdarzadeh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130246v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03687740v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03879220v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03677260v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684567v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03677232v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04063839v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03676826v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700009v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Minder" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>