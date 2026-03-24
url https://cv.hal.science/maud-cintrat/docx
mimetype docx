--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -552,2106 +552,2106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04502958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Médicament vétérinaire : autorisation de mise sur le marché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire permanent Santé, bioéthique, biotechnologies [Encyclopédie juridique Éditions législatives]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04502903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’animal habituellement traité par le vétérinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’étiquetage du salami : entre &amp;quot;dénomination de la denrée alimentaire&amp;quot; et &amp;quot;nom du produit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit alimentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 434</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04502968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les plantes pour soigner les animaux – regard d’une juriste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Cintrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04502909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’étiquetage du salami : entre &amp;quot;dénomination de la denrée alimentaire&amp;quot; et &amp;quot;nom du produit</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essais clinique de médicaments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire permanent Santé, bioéthique, biotechnologies [Encyclopédie juridique Éditions législatives]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04502901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’anémie infectieuse des équidés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De multiples manquements déontologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’information des consommateurs : quelle conformité du décret interdisant les dénominations relatives à la « viande végétale » au droit de l’Union européenne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Cintrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Lamy Droit alimentaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 434</w:t>
+              <w:t xml:space="preserve">, 2023, 441, pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04502948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pesticides : la primauté de la santé des abeilles sur l’amélioration de la production agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 492, pp.789-791</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’animal habituellement traité par le vétérinaire</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Première étape de l'adaptation du droit interne à la réforme européenne du droit des médicaments vétérinaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 506 (32)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La simplification de l’information du consommateur d’aliments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Watrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit alimentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 423</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La culture de cellules animales à des fins d'alimentation ou les perspectives juridiques de la viande de synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit alimentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environnement et produits de santé : prévention et traitement des déchets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Siranyan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.529</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03705981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environnement et produits de santé : prévention et traitement des déchets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Siranyan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.529</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une adaptation raisonnée des mesures de police sanitaire en vue de l'acquisition du statut officiellement indemne de leucose bovine enzootique des cheptels de la Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Cintrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 2</w:t>
+              <w:t xml:space="preserve">, 2022, 1, pp.83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La qualification de médicament d’un antiparasitaire pour abeilles à base de thymol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’anémie infectieuse des équidés</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04503011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La langue des médicaments vétérinaires face à l’entrée en application d’un règlement européen, note sous CJUE, 17 mars 2021, aff. C-64/20, UH c. Irlande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Cintrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 2</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">De multiples manquements déontologiques</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pharmacien, acteur du développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Siranyan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit médical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pharmacien, acteur de développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Siranyan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit médical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conflit de qualifications, entre produit biocide et médicament vétérinaire par fonction, note sous CAA de Marseille, 2e ch., 1er avril 2021, ANSES c. Société Aedes-Protecta (n° 19MA01823)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Cintrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 2</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 441, pp.16</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’abattage rituel avec étourdissement préalable réversible obligatoire : une ingérence proportionnée dans la liberté de religion, note sous CJUE, gr. ch., 17 décembre 2020, Centraal Israëlitisch Consistorie van België e.a., aff. C-336/19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 492, pp.789-791</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’exception réunionnaise en faveur de la &amp;quot;non lutte&amp;quot; contre la leucose bovine enzootique, note sous CÉ, 24 février 2020, Association de défense des agriculteurs de la réunion, req. n° 417746</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Première étape de l'adaptation du droit interne à la réforme européenne du droit des médicaments vétérinaires</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme du régime européen des médicaments vétérinaires, entre perspectives économiques et sanitaires, À propos du règlement (UE) 2019/6 du Parlement européen et du Conseil du 11 décembre 2018 relatif aux médicaments vétérinaires et abrogeant la directive 2001/82/CE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etat d’urgence sanitaire et soins aux animaux : conséquences de l’état d’urgence sur la santé des animaux et la détermination des personnes en charge de leur maintien en bonne santé. A propos de CA Saint-Denis (la Réunion), 7 mai 2020 (n° 20/00645)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Desmoulin-Canselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2, pp.89-96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03098783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre la résistance aux antibiotiques à l’échelle disciplinaire, note sous CÉ, 29 mai 2020, req. n° 421569</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’incompatibilité en droit de l’Union européenne entre la production biologique (logo AB) et l’abattage rituel sans étourdissement, note CJUE, Gde ch., 26 février 2019, aff. C-497/17, Œuvre d’assistance aux bêtes d’abattoirs (OABA) contre Ministre de l’Agriculture et de l’Alimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Cintrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 506 (32)</w:t>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’ostéopathie animale et le monopole vétérinaire, note sous CÉ, 4e ch., 18 juillet 2018, req. n° 410604, 410605, 410606, Fédération européenne des ostéopathes pour animaux, Ecole française, d’ostéopathie animale, Société European school of Animal Osteopathy France et req. n° 415043, Union des ostéopathes animaliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 3, pp.529</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La santé animale dans l’Union européenne : l’élaboration d’un cadre juridique global, entre continuité et innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 423</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préfet et indemnisation d’un abattage sanitaire, comm. sous CAA Bordeaux, 4e ch., 23 mars 2017, req. n° 15BX01516, EARL La Petite Côte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...1086 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03608541v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03608522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Conseil d’État, la fête de l’Aïd el-Kébir et la santé humaine et animale, note sous CÉ, 5e ch., 21 février 2018, Association Traditions, Terroirs et Ruralité, req. n° 403254</w:t>
               </w:r>
@@ -3417,51 +3417,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La participation de la société civile à l'amélioration de la qualité des aliments, approche juridique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Cintrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Watrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mare et martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La place de la société civile dans la protection juridique de l'environnement et de la santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
@@ -3622,165 +3622,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03941811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La santé mentale des animaux saisie par le droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Cintrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal et santé dirigé par F.-X. Roux-Demare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’expérimentation animale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Cintrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire critique du droit de l’éducation, Droit de l’enseignement supérieur dirigé par P. Bertoni et R. Matta-Duvignau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03608515v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03608512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le droit, à la recherche d’un équilibre entre l’animal destiné à l’alimentation et l’homme</w:t>
               </w:r>
@@ -4339,51 +4339,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472893v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Cintrat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770840v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770871v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771113v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770887v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502958v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502909v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502968v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502903v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770862v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502901v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770857v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770867v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502948v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770845v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941803v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941784v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705981v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Siranyan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608491v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Watrin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814747v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941856v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503011v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608529v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814773v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608493v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608527v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608530v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608516v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608533v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098783v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608531v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608535v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608538v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608522v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608540v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608500v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608542v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608509v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin-Bariteau Florian" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608524v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608507v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03721979v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770879v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770885v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770876v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941794v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941820v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941811v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608515v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608512v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608521v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608499v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608502v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472877v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02427672v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472893v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Cintrat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770840v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770871v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771113v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770887v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502958v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502903v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770862v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502968v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502909v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502901v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770857v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770867v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502948v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770845v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941803v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608491v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Watrin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941784v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03705981v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Siranyan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814747v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941856v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503011v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608529v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608493v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814773v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608527v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608530v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608533v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608516v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098783v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608531v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608535v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608538v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608522v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608541v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608540v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608500v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608542v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608509v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin-Bariteau Florian" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608524v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608507v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03721979v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770879v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770885v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770876v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941794v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941820v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941811v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608512v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608515v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608521v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608499v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608502v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472877v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02427672v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>