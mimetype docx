--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,9209 +66,9209 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
-[...1492 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revival of traditional agricultural systems – A multidisciplinary on‐farm survey of maize‐bean intercropping reveals unexpected competition effects on beans</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bernard Lagardère</w:t>
+                <w:t xml:space="preserve">The population genetics of convergent adaptation in maize and teosinte is not locally restricted</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silas Tittes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lorant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean P Mcginty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James B Holland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose de Jesus Sánchez-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants, People, Planet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ppp3.70049⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.92405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05113322v1</w:t>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05151102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The population genetics of convergent adaptation in maize and teosinte is not locally restricted</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jose de Jesus Sánchez-González</w:t>
+                <w:t xml:space="preserve">Revival of traditional agricultural systems – A multidisciplinary on‐farm survey of maize‐bean intercropping reveals unexpected competition effects on beans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noa Vazeux-Blumental</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Trabac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Palaffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lagardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/elife.92405⟩</w:t>
+              <w:t xml:space="preserve">Plants, People, Planet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppp3.70049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05151102v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05113322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The milpa, from Mesoamerica to present days, a multicropping traditional agricultural system serving agroecology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noa Vazeux-Blumental</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domenica Manicacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 347 (G1), pp.159-173. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/crbiol.164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04787345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RIDGE, a tool tailored to detect gene flow barriers across species pairs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewen Burban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Glémin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Molecular Ecology Resources, 24 (4), pp.e13944. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1755-0998.13944⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04505210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Not so local: the population genetics of convergent adaptation in maize and teosinte</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jose de Jesus Sánchez-González</w:t>
+                <w:t xml:space="preserve">Crop domestication as a step towards reproductive isolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Burban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Wojcik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Céline Thuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.92405.1⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 110 (7), pp.e16173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajb2.16173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04478005v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop domestication as a step towards reproductive isolation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Céline Thuillet</w:t>
+                <w:t xml:space="preserve">Not so local: the population genetics of convergent adaptation in maize and teosinte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silas Tittes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lorant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Mcginty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Holland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose de Jesus Sánchez-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajb2.16173⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.92405.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04088575v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges and Opportunities behind the Use of Herbaria in Paleogenomics Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Papalini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Di Vittori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Pieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Allegrezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Frascarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12 (19), pp.3452. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/plants12193452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pervasive G × E interactions shape adaptive trajectories and the exploration of the phenotypic space in artificial selection experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Desbiez-Piat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Ressayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Marchadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Noly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Remoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 225 (4), pp.iyad186. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/genetics/iyad186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04291055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shift in beneficial interactions during crop evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fréville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Montazeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Forst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (6), pp.905-918. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/eva.13390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03701028v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene network simulations provide testable predictions for the molecular domestication syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewen Burban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. I. Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Rouzic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 220 (2), pp.iyab214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/genetics/iyab214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03467513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The INCREASE project: Intelligent Collections of food‐legume genetic resources for European agrofood systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Bellucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orlando Mario Aguilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saleh Alseekh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirstin Bett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creola Brezeanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 108 (3), pp.646-660. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/tpj.15472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03450928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene network simulations provide testable predictions for the molecular domestication syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The domestication of Cucurbita argyrosperma as revealed by the genome of its wild relative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Barrera-Redondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ewen Burban</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillermo Sánchez-de La Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonás Aguirre-Liguori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Castellanos-Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yocelyn Gutiérrez-Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2021.03.19.436202⟩</w:t>
+              <w:t xml:space="preserve">Horticulture research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41438-021-00544-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03311306v2</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03450725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The domestication of Cucurbita argyrosperma as revealed by the genome of its wild relative</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gene network simulations provide testable predictions for the molecular domestication syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Burban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Rouzic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Horticulture research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41438-021-00544-9⟩</w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2021.03.19.436202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03450725v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311306v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay between extreme drift and selection intensities favors the fixation of beneficial mutations in selfing maize populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Desbiez-Piat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Rouzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Dillmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 219 (2), pp.iyab123. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/genetics/iyab123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03795907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive introgression from maize has facilitated the establishment of teosinte as a noxious weed in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Siol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Délye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 117 (41), pp.25618-25627. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.2006633117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03007689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic response to divergent selection for flowering times reveals convergence and key players of the underlying gene regulatory network</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elodie Marchadier</w:t>
+                <w:t xml:space="preserve">Divergence with gene flow is driven by local adaptation to temperature and soil phosphorus concentration in teosinte subspecies ( Zea mays parviglumis and Zea mays mexicana )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonás Aguirre‐liguori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon Gaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pablo Jaramillo‐correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud M. Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvador Montes‐hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Evolutionary Biology</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/461947⟩</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.15098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02345286v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02337502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divergence with gene flow is driven by local adaptation to temperature and soil phosphorus concentration in teosinte subspecies ( Zea mays parviglumis and Zea mays mexicana )</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Salvador Montes‐hernández</w:t>
+                <w:t xml:space="preserve">Transcriptomic response to divergent selection for flowering times reveals convergence and key players of the underlying gene regulatory network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khawla Seddiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Mollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Marchadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
+              <w:t xml:space="preserve">Peer Community In Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.15098⟩</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/461947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02337502v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Common gardens in teosintes reveal the establishment of a syndrome of adaptation to altitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux-Alison Fustier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martínez-Ainsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonás Aguirre-Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Venon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Corti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 15 (12), pp.e1008512. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pgen.1008512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03007959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL Mapping Combined With Comparative Analyses Identified Candidate Genes for Reduced Shattering in Setaria italica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Odonkor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soyeon Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debkanta Chakraborty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliam Martinez-Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuewen Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 9, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+              <w:t xml:space="preserve">, 2018, 9, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpls.2018.00918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296727v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02098582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL Mapping Combined With Comparative Analyses Identified Candidate Genes for Reduced Shattering in Setaria italica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Odonkor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soyeon Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debkanta Chakraborty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliam Martinez-Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuewen Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 9, pp.1-9. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpls.2018.00918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02098582v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress and Prospects in Gender Visibility at SMBE Annual Meetings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jos Käfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Betancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avelyne S. Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (3), pp.901-908. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/gbe/evy056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02310560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures of local adaptation in lowland and highland teosintes from whole-genome sequencing of pooled samples</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. E. Eguiarte</w:t>
+                <w:t xml:space="preserve">Connecting genomic patterns of local adaptation and niche suitability in teosintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. A. Aguirre-Liguori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vázquez-Lobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. S. Gaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. P. Jaramillo-Correa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 26 (10), pp.2738-2756. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.14082⟩</w:t>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.14203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605126v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01568879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connecting genomic patterns of local adaptation and niche suitability in teosintes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. P. Jaramillo-Correa</w:t>
+                <w:t xml:space="preserve">Signatures of local adaptation in lowland and highland teosintes from whole-genome sequencing of pooled samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-A. Fustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-T. Brandenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Lapeyronnie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. E. Eguiarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.14203⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 26 (10), pp.2738-2756. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.14082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01568879v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Independent introductions and admixtures have contributed to adaptation of European maize and its American counterparts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Tristan Brandenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah J. Hearne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Corti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 13 (3), pp.e1006666. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pgen.1006666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing the link between genome size and growth rate in maize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doménica Manicacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Tardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Welcker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PeerJ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 4, pp.e2408. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7717/peerj.2408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01461166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome scan reveals selection acting on genes linked to stress response in wild pearl millet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Berthouly-Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Celine Thuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Rhoné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Mariac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issaka Salia Ousseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 25 (21), pp.5500-5512. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/mec.13859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01531722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Superheroes and masterminds of plant domestication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia E. Martinez-Ainsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 339 (7-8), pp.268-273. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crvi.2016.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dearth of polymorphism associated with a sustained response to selection for flowering time in maize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud M. Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Raffoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Thepot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Falque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12862-015-0382-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02635204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three groups of transposable elements with contrasting copy number dynamics and host responses in the maize (Zea mays ssp. mays) genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concepcion M. Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Meca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud M. Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon S. Gaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 10 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02634243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular evolution accompanying functional divergence of duplicated genes along the plant starch biosynthesis pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odrade Nougué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Corbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Ball</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domenica Manicacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud I Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 14, pp.103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2148-14-103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03153504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The bright side of transposons in crop evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Vitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux-Alison Fustier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Briefings in Functional Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 13 (4), pp.276-295. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/bfgp/elu002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01568885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome size variation in wild and cultivated maize along altitudinal gradients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concepcion M. Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon S. Gaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Meca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Scheinvar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvador Montes-Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 199 (1), pp.264 - 276. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/nph.12247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maize genetic diversity and association mapping using transposable element insertion polymorphisms</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Delphine D. Madur</w:t>
+                <w:t xml:space="preserve">Flowering Time in Maize: Linkage and Epistasis at a Major Effect Locus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Ressayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00122-012-1807-9⟩</w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 190 (4), pp.1547 - +. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/genetics.111.136903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00999979v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flowering Time in Maize: Linkage and Epistasis at a Major Effect Locus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maize genetic diversity and association mapping using transposable element insertion polymorphisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Zerjal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes A. Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Mhiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie V. Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléonore Durand</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jamin</w:t>
+                <w:t xml:space="preserve">Delphine D. Madur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1534/genetics.111.136903⟩</w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 124 (8), pp.1521-1537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-012-1807-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02648939v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00999979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insight into the history of domesticated apple: secondary contribution of the European wild apple to the genome of cultivated varieties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cornille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gladieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinus J. M. Smulders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Roldan-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 8 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pgen.1002703⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maize HapMap2 identifies extant variation from a genome in flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jer-Ming Chia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chi Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter J. Bradbury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denise Costich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia de Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 44 (7), pp.803 - U238. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/ng.2313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasted patterns of selection since maize domestication on duplicated genes encoding a starch pathway enzyme</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genome size and transposable element content as determined by high-throughput sequencing in maize and zea luxurians</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud M. Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew B. Hufford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon S. Gaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Ross-Ibarra</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00122-010-1480-9⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3, pp.219 - 229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evr008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02645710v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome size and transposable element content as determined by high-throughput sequencing in maize and zea luxurians</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Contrasted patterns of selection since maize domestication on duplicated genes encoding a starch pathway enzyme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Corbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes A. Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Montalent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gbe/evr008⟩</w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 122 (4), pp.705 - 722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-010-1480-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02647756v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A European perspective on maize history</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud M. Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain A. Charcosset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 334 (3), pp.221 - 228. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crvi.2010.12.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02647592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Standing variation and new mutations both contribute to a fast response to selection for flowering time in maize inbreds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Ridel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Coubriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 10 (2), pp.1-21. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2148-10-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid structural and epigenetic reorganization near transposable elements in hybrid and allopolyploid genomes in Spartina.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Parisod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armel Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Zerjal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Angèle Grandbastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 184 (4), pp.1003-1015. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2009.03029.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00448908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apparent mutational hotspots and long distance linkage disequilibrium resulting from a bottleneck.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. I. Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Austerlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 21 (2), pp.541-550. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1420-9101.2007.01490.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00549149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection versus demography: A multilocus investigation of the domestication process in maize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.I. Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. U'Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.S. Gaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 21 (7), pp.1215-1225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of genetic relationships between Setaria italica and its wild relative S. viridis using AFLP markers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Le Thierry D’ennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Panaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Toupance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aboubakry Sarr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 100, pp.1061-1066. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s001220051387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant domestication: a model for studying the selection of linkage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Le Thierry d'Ennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Toupance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Godelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Gouyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 12, pp.1138-1147. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1046/j.1420-9101.1999.00115.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02122984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to differentiate truly stochastic gene expression from structured gene expression variability ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Raffoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Ressayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Corti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Belcram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SMBE satellite meeting on biological noise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Tubingen Germany, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13007-023-01029-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05315077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selection dynamics in a changing environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manolo Mischler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Beigeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Desbiez-Piat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une vie plastique : comment la plasticité phénotypique nous invite à repenser les problèmes centraux en biologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Roscoff, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05315081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meta-analysis of wild and domesticated crop phenotypic spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Wojcik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ETEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Gif-sur Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04362536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interaction plante-microbiome: la phénologie du maïs impacte-t-elle la dynamique du microbiome rhizosphérique?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purification Lopez-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petit Pois Déridé 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04351450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Co-adaptation of intercropped maize &amp; bean: first insights from shovelomic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noa Vazeux-Blumental</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Burridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Affortit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Palaffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Creola Brezeanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Biology Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04362348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patterns of abundance and adaptation associated with transposable elements in teosinte genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Martínez-Ainsworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Vitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Tristan Brandenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Falque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PAG30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, San Diego, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meta-analysis of wild and domesticated crop phenotypic spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Wojcik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Belcram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Biology Europe meeting PEB 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04362240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diversity and Origins of associated maize and bean in Romania</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noa Vazeux-Blumental</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud M. Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domenica Manicacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Papa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Bitocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ALPHY/Approche Interdisciplinaire de l’Evolution Moléculaire (AIEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Rennes, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04362141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transcriptomic response to divergent selection for flowering time reveals convergence and key players of the underlying gene regulatory network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud I Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maize Genetics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Saint Louis (MO), United States. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of phenotypic plasticity in rapid adaptation in maize</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Marchadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Ressayre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SFE2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using next-generation sequencing of pooled samples to infer paterns of local adaptation in teosintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux-Alison Fustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Tristan Brandenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis E. Eguiarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Vigouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual Meeting of the Society for Molecular Biology and Evolution (SMBE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, San Juan, Puerto Rico. , 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of crop phenotypic spaces through domestication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Wojcik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Belcram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05382307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multidisciplinary on-farm survey of maize-bean intercropping highlights key considerations for reviving traditional agricultural systems.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noa Vazeux-Blumental</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theo Trabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Palaffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lagardere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04787353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RIDGE, a tool tailored to detect gene flow barriers across species pairs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewen Burban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud I Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Glémin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04291113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Not so local: the population genetics of convergent adaptation in maize and teosinte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silas Tittes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lorant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcginty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Holland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose de Jesus Sánchez-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04291074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Common gardens in teosintes reveal the establishment of a syndrome of adaptation to altitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux-Alison Fustier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Elena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martinez-Ainsworth Jonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres Aguirre-Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette De Meaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (11)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to differentiate truly stochastic gene expression from structured gene expression variability ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Harry Belcram</w:t>
+                <w:t xml:space="preserve">Revisiting the functional features of maize dispensable genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Joets.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Fagny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëla Mollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Turc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMBE satellite meeting on biological noise</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05315077v1</w:t>
+              <w:t xml:space="preserve">PAG32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, San Diego (CA), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection dynamics in a changing environment</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meta-analysis of wild and domesticated crop phenotypic spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Desbiez-Piat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. I. Tenaillon</w:t>
+                <w:t xml:space="preserve">Arthur Wojcik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Stevens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une vie plastique : comment la plasticité phénotypique nous invite à repenser les problèmes centraux en biologie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05315081v1</w:t>
+              <w:t xml:space="preserve">JIDEEV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04362538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction plante-microbiome: la phénologie du maïs impacte-t-elle la dynamique du microbiome rhizosphérique?</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The maize-bean association, first insights from intercropping experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noa Vazeux-Blumental</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Burridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Affortit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Palaffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bauland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Petit Pois Déridé 2023</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04351450v1</w:t>
+              <w:t xml:space="preserve">EMPIRICISM &amp; THEORY IN ECOLOGY AND EVOLUTION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Gif-sur-Yvete, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04362367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meta-analysis of wild and domesticated crop phenotypic spaces</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cross-talks between wild and domesticates in Zea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud I Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ETEE</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04362536v1</w:t>
+              <w:t xml:space="preserve">Genetic admixture: inference and evolutionary consequences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège de France, May 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-adaptation of intercropped maize &amp; bean: first insights from shovelomic</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptive introgression from maize has facilitated the establishment of a teosinte as a noxious weed in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biology Europe</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04362348v1</w:t>
+              <w:t xml:space="preserve">Ecology and coevolution: from data to models and back</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Henri Poincaré, Jan 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patterns of abundance and adaptation associated with transposable elements in teosinte genomes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Linking genomic footprints of selection and phenotypic variation in teosintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud I Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAG30</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04478796v1</w:t>
+              <w:t xml:space="preserve">Plant genomes in a changing environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Cambridge, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meta-analysis of wild and domesticated crop phenotypic spaces</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Linking genomic footprints of selection and phenotypic variation in teosintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud I Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biology Europe meeting PEB 2023</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04362240v1</w:t>
+              <w:t xml:space="preserve">Harlan International Symposium III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Montpelier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and Origins of associated maize and bean in Romania</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Developmental and morphological changes associated with flowering time shifts during divergent selection experiments in maize</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Ressayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Marchadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALPHY/Approche Interdisciplinaire de l’Evolution Moléculaire (AIEM)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04362141v1</w:t>
+              <w:t xml:space="preserve">60th Annual Maize Genetics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Saint-Malo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic response to divergent selection for flowering time reveals convergence and key players of the underlying gene regulatory network</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maud I Tenaillon</w:t>
+                <w:t xml:space="preserve">The dynamics of adaptive response under strong selection regime in small populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Desbiez-Piat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dillmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maize Genetics Conference</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04349230v1</w:t>
+              <w:t xml:space="preserve">II Joint Congress on Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESEB, Aug 2018, Montpellier (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of phenotypic plasticity in rapid adaptation in maize</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Twenty years of divergent selection for flowering time from maize inbred lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Ressayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Marchadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Charcosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inoussa Sanané</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFE2</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04458069v1</w:t>
+              <w:t xml:space="preserve">60th Annual Maize Genetics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MaizeGDB.org, Mar 2018, Saint Malo (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using next-generation sequencing of pooled samples to infer paterns of local adaptation in teosintes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Linking genomic footprints of selection and phenotypic variation in teosintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud I Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the Society for Molecular Biology and Evolution (SMBE)</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Rapid evolutionary adaptation International meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Kiel, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genomic footprints of past selection at a local scale associate with present phenotypic variation in teosintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud I Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Society for Molecular Biology and Evolution meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SMBE, Jul 2018, Yokohama, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How do the evolutionary forces shape genetic variation of domestic plant genomes?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud I Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">II Joint Congress on Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the many facets of phenotypic changes after 13 years of divergent selection for flowering time in maize</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Tenaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Ressayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bourgais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795417v1</w:t>
+                <w:t xml:space="preserve">Helene Corti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Le Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual Meeting of the Society for Molecular Biology and Evolution 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Austin, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01617670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mécanismes de l'adaptation locale dans les populations de téosintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon S. Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux-Alison Fustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Tristan Brandenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Lapeyronnie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Vigouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Petit Pois Déridé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Orsay, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02794933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9286,77 +9286,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomics of long-and short-term adaptation in maize and teosinte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lorant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeff Ross-Ibarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistical population genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9390,64 +9390,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mélanges de variétés ont contribué à l’expansion géographique mondiale d’une espèce cultivée, le maïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Tenaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Charcosset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">101 secrets de l’ADN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9641,51 +9641,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05366305v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Joets." TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Fagny" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Baudry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;la Mollion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Turc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362538v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Wojcik" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Huynh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Rousselet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Guilloux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362367v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Vazeux-Blumental" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Burridge" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Affortit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Palaffre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bauland" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349218v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud I Tenaillon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349225v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. I. Tenaillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349226v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349228v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458238v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Desbiez-Piat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dillmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04458254v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Ressayre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marchadier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Tenaillon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dillmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458116v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Charcosset" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inoussa Sanan&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349232v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349238v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349236v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617670v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourgais" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Corti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794933v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Boitard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux-Alison Fustier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Tristan Brandenburg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Lapeyronnie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Vigouroux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05113322v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mathieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Trabac" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lagard&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.70049" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05151102v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silas Tittes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lorant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean P Mcginty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James B Holland" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose de Jesus S&#225;nchez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.92405" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787345v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenica Manicacci" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.164" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505210v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Burban" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gl&#233;min" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13944" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478005v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcginty" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Holland" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.92405.1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088575v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;line Thuillet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16173" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305815v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Papalini" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Di Vittori" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Pieri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Allegrezza" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Frascarelli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12193452" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291055v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Noly" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Remoue" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyad186" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701028v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fr&#233;ville" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Montazeaud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Forst" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Papa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13390" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467513v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Rouzic" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyab214" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450928v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bellucci" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Mario Aguilar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Alseekh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirstin Bett" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Creola Brezeanu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15472" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311306v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.03.19.436202" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450725v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Barrera-Redondo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo S&#225;nchez-de La Vega" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon&#225;s Aguirre-Liguori" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Castellanos-Morales" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yocelyn Guti&#233;rrez-Guerrero" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-021-00544-9" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795907v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyab123" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007689v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Siol" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D&#233;lye" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2006633117" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345286v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Seddiki" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Mollion" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/461947" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337502v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon&#225;s Aguirre&#8208;liguori" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Gaut" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Jaramillo&#8208;correa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud M. Tenaillon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Montes&#8208;hern&#225;ndez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15098" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007959v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Mart&#237;nez-Ainsworth" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Venon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Corti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1008512" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296727v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Odonkor" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soyeon Choi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debkanta Chakraborty" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliam Martinez-Bello" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuewen Wang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00918" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098582v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310560v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos K&#228;fer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Betancourt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fernandez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy056" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605126v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Fustier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-T. Brandenburg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. E. Eguiarte" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14082" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568879v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Aguirre-Liguori" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V&#225;zquez-Lobo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S. Gaut" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Jaramillo-Correa" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14203" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605143v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Hearne" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006666" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461166v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dom&#233;nica Manicacci" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Nicolas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Tardieu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2408" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531722v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Berthouly-Salazar" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Celine Thuillet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Rhon&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mariac" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issaka Salia Ousseini" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13859" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-04F5XMPC-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601905v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia E. Martinez-Ainsworth" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2016.05.005" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635204v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Durand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Raffoux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Thepot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Falque" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-015-0382-5" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634243v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concepcion M. Diez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Meca" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon S. Gaut" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004298" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03153504v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odrade Nougu&#233;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Corbi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Ball" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-14-103" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568885v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vitte" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Alix" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bfgp/elu002" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649821v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Scheinvar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Montes-Hernandez" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12247" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999979v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Rousselet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Mhiri" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie V. Combes" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Madur" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-1807-9" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RD4RRRQF-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648939v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jamin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.111.136903" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209929v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cornille" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gladieux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinus J. M. Smulders" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Roldan-Ruiz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurens" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002703" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650682v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer-Ming Chia" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Song" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Bradbury" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Costich" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia de Leon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.2313" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645710v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debieu" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Montalent" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-010-1480-9" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NSLSJ51X-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647756v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew B. Hufford" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Ross-Ibarra" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evr008" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647592v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Charcosset" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2010.12.015" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662644v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Ridel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Coubriche" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-10-2" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448908v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Parisod" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Salmon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#232;le Grandbastien" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03029.x" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549149v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Austerlitz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tenaillon" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2007.01490.x" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677791v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.I. Tenaillon" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. U'Ren" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Gaut" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123002v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Le Thierry D&#8217;ennequin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Panaud" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Toupance" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubakry Sarr" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220051387" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F92DPGFL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122984v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Le Thierry d'Ennequin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Robert" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Godelle" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Gouyon" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1420-9101.1999.00115.x" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382307v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Belcram" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rousselet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bou&#235;t" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brault" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787353v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Trabac" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lagardere" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291113v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291074v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345676v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Elena" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinez-Ainsworth Jonas" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Aguirre-Liguori" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette De Meaux" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05315077v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-023-01029-7" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05315081v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolo Mischler" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beigeaud" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Legrand" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351450v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deschamps" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Purification Lopez-Garcia" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362536v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362348v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478796v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dumas" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362240v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04362141v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bitocchi" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349230v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458069v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795417v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis E. Eguiarte" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345485v2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Ross-Ibarra" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0199-0_12" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345700v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05151102v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silas Tittes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lorant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean P Mcginty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James B Holland" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose de Jesus S&#225;nchez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.92405" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05113322v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Vazeux-Blumental" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mathieu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Trabac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Palaffre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lagard&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.70049" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787345v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenica Manicacci" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Tenaillon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.164" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505210v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Burban" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. I. Tenaillon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gl&#233;min" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13944" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088575v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Huynh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Wojcik" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;line Thuillet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16173" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478005v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcginty" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Holland" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.92405.1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305815v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Papalini" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Di Vittori" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Pieri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Allegrezza" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Frascarelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12193452" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291055v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Desbiez-Piat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Ressayre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marchadier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Noly" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Remoue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyad186" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701028v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fr&#233;ville" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Montazeaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Forst" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Papa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13390" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467513v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Rouzic" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyab214" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450928v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bellucci" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Mario Aguilar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Alseekh" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirstin Bett" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Creola Brezeanu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15472" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450725v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Barrera-Redondo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo S&#225;nchez-de La Vega" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon&#225;s Aguirre-Liguori" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Castellanos-Morales" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yocelyn Guti&#233;rrez-Guerrero" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-021-00544-9" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311306v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.03.19.436202" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795907v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dillmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyab123" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007689v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Siol" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Vigouroux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D&#233;lye" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2006633117" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337502v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon&#225;s Aguirre&#8208;liguori" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Gaut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Jaramillo&#8208;correa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud M. Tenaillon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Montes&#8208;hern&#225;ndez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15098" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345286v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Seddiki" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Mollion" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Guilloux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/461947" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007959v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux-Alison Fustier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Mart&#237;nez-Ainsworth" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Venon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Corti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1008512" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098582v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Odonkor" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soyeon Choi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debkanta Chakraborty" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliam Martinez-Bello" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuewen Wang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00918" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296727v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310560v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos K&#228;fer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Betancourt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fernandez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy056" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568879v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Aguirre-Liguori" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V&#225;zquez-Lobo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S. Gaut" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Jaramillo-Correa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14203" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605126v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Fustier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-T. Brandenburg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Lapeyronnie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. E. Eguiarte" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14082" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605143v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Tristan Brandenburg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Hearne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006666" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461166v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dom&#233;nica Manicacci" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Nicolas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Tardieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2408" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531722v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Berthouly-Salazar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Celine Thuillet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Rhon&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mariac" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issaka Salia Ousseini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13859" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-04F5XMPC-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601905v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia E. Martinez-Ainsworth" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2016.05.005" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635204v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Durand" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Raffoux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Thepot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Falque" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-015-0382-5" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634243v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concepcion M. Diez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Meca" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon S. Gaut" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004298" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03153504v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odrade Nougu&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Corbi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Ball" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud I Tenaillon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-14-103" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568885v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vitte" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Alix" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bfgp/elu002" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649821v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Scheinvar" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Montes-Hernandez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12247" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648939v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jamin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.111.136903" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999979v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Rousselet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Mhiri" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie V. Combes" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Madur" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-1807-9" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RD4RRRQF-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209929v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cornille" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gladieux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinus J. M. Smulders" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Roldan-Ruiz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurens" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002703" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650682v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer-Ming Chia" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Song" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Bradbury" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Costich" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia de Leon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.2313" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647756v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew B. Hufford" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Ross-Ibarra" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evr008" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645710v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debieu" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Montalent" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-010-1480-9" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NSLSJ51X-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647592v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Charcosset" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2010.12.015" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662644v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Ridel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Coubriche" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-10-2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448908v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Parisod" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Salmon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#232;le Grandbastien" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03029.x" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549149v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Austerlitz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tenaillon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2007.01490.x" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677791v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.I. Tenaillon" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. U'Ren" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Gaut" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123002v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Le Thierry D&#8217;ennequin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Panaud" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Toupance" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubakry Sarr" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s001220051387" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F92DPGFL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122984v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Le Thierry d'Ennequin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Robert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Godelle" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Gouyon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1420-9101.1999.00115.x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05315077v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Belcram" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-023-01029-7" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05315081v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolo Mischler" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beigeaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Legrand" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362536v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Rousselet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351450v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deschamps" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Purification Lopez-Garcia" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362348v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Burridge" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Affortit" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478796v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dumas" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362240v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04362141v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bitocchi" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349230v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458069v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dillmann" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795417v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S. Boitard" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis E. Eguiarte" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382307v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rousselet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bou&#235;t" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brault" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787353v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Trabac" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lagardere" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291113v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291074v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345676v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Elena" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinez-Ainsworth Jonas" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Aguirre-Liguori" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette De Meaux" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05366305v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Joets." TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Fagny" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Baudry" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;la Mollion" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Turc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362538v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362367v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bauland" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349218v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349225v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349226v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349228v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04458254v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458238v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458116v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Charcosset" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inoussa Sanan&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349232v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349238v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349236v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617670v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourgais" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Corti" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794933v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345485v2" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Ross-Ibarra" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0199-0_12" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345700v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>