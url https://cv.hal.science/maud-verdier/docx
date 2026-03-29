--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -719,222 +719,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'interprète au centre du prétoire? Voix, pouvoir et tours de parole dans les débats multilingues avec interprétation consécutive et liaisons vidéo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Licoppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clair-Antoine Veyrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit &amp; société : théorie et sciences sociales du droit. [Carnet hypotheses.org]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/drs1.107.0031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03309419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Audiodescription et exploration haptique de sculptures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Verine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 56, pp.135-156. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/edc.11789⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03309420v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-03309419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en jeu de l’attention - Réflexions sur le travail d’accompagnement des artistes professionnels en situation de handicap</w:t>
               </w:r>
@@ -1230,178 +1230,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02100334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Corpus, classes d’exemples et collections en analyse de conversation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel De Fornel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corpus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01944372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Discours d'experts: les modes d'intervention des sciences du langage dans le monde social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000982v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">halshs-01944372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de Brigitte Rasosoloniana, Les mots du grand marché : malgache standard et parler vakinankaratra. Pratiques et représentations linguistiques au marché Sabotsy.</w:t>
               </w:r>
@@ -1456,51 +1456,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’interprétariat par visioconférence au sein des chambres de l’instruction en France : une étude conversationnelle de l’activité d’interprétariat dans un dispositif interactionnel médiatisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Licoppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1547,51 +1547,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'interprétariat par visioconférence au sein des chambres de l'instruction en France : une étude conversationnelle de l'activité d'interprétariat dans un dispositif interactionnel médiatisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Licoppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1774,597 +1774,597 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01622732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Courtroom interaction as a multimedia event: the work of producing relevant videoconference frames in French pre-trial hearlings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Licoppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Electronic Journal of Communication / La Revue Electronique de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (1-2), pp.1-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02100682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interpreting, video communication and the sequential reshaping of institutional talk in the bilingual and distributed courtroom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Licoppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The International Journal of Speech, Language and the Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02100595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE EMERGENCE OF A LINGUISTIC IDEOLOGY IN MALAGASY: LANGUAGE IN CHAT ROOMS IN THE CYBERCAFÉS OF ANTANANARIVO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langage et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 143 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ls.143.0087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01622737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">‘‘Il peut avoir mal quand même’’ – réalité mentale de la douleur et incertitude épistémique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel De Fornel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons Pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Le Mental et le Social, 23, pp.262-293</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02100383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les usages de la visioconférence dans les audiences judiciaires en France : les enjeux d’un protocole de recherche basé sur l’enregistrement audiovisuel des pratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Licoppe</w:t>
-              </w:r>
-[...279 lines deleted...]
-                <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 25 (Décembre), 18 p</w:t>
+              <w:t xml:space="preserve">, 2012, Filmer le travail : chercher, montrer, démontrer, 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01622758v1</w:t>
+                <w:t xml:space="preserve">halshs-01580277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages de la visioconférence dans les audiences judiciaires en France : les enjeux d’un protocole de recherche basé sur l’enregistrement audiovisuel des pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maud Verdier</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Dumoulin</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Licoppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Licoppe</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Filmer le travail : chercher, montrer, démontrer, 25</w:t>
+              <w:t xml:space="preserve">, 2012, 25 (Décembre), 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01580277v1</w:t>
+                <w:t xml:space="preserve">hal-01622758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Videoconference in French Courtrooms : its consequences on judicial settings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Licoppe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Journal of Law, Language &amp; Discourse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 1 (3), pp.1-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2458,51 +2458,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détecter la douleur neuropathique chez les enfants poly-handicapés et non parlants : consultations médicales et grilles d’évaluation de la douleur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel De Fornel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaëlle Lantin-Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3362,51 +3362,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux prises avec la douleur - Analyse conversationnelle des consultations d’analgésie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel De Fornel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3469,51 +3469,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La paire transcription-enregistrement en Analyse de Conversation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel De Fornel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3641,51 +3641,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire entendre sa voix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel De Fornel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions de la Maison des sciences de l’homme. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Grande Guerre des gens ordinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 978-2-7351-2957-7</w:t>
@@ -3783,77 +3783,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voice, power and turn-taking in multi-lingual, consecutively interpreted courtroom proceedings with video links</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Licoppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair-Antoine Veyrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Here or There. Research on Interpreting via Video Link</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4020,51 +4020,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le risque d’erreur de diagnostic médical : étude d’un thème épistémique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel De Fornel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4421,64 +4421,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les comparutions par visioconférence : la confrontation de deux mondes. Prison et tribunal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Licoppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4695,51 +4695,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670015v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Verdier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960848v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zrm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816080v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202419101019" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317505v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.hs016.0117" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075244v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317547v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksii Khaziiev" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.hs016.0027" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317486v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.hs016.0010" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558257v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.175.0143" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309420v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Verine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.11789" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309419v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Licoppe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair-Antoine Veyrier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs1.107.0031" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355934v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Laures" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355924v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.hs01.0246" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001000v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207801025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100334v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.7613" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000982v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01944372v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel De Fornel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100692v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622748v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.153.0109" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062808v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623446v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de Fornel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622732v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100383v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100595v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100682v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dumoulin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622737v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.143.0087" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622758v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01580277v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067424v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067425v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067423v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;lle Lantin-Mallet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Pichard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100688v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815920v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;liani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sandri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355951v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355948v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583831v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815988v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062866v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Auger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/tranel.2019.2889" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05208946v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Ploog" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317591v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100336v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476884v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960908v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000966v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168896v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100381v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622742v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622764v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356062v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Gaumin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171386v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hillary Bays" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00126857v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209089v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Janin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670015v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Verdier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960848v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12zrm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816080v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202419101019" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317505v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.hs016.0117" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075244v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317547v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksii Khaziiev" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.hs016.0027" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317486v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.hs016.0010" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558257v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.175.0143" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309419v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Licoppe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair-Antoine Veyrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs1.107.0031" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309420v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Verine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.11789" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355934v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Laures" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355924v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.hs01.0246" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001000v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207801025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100334v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.7613" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01944372v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel De Fornel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000982v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100692v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622748v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.153.0109" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062808v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623446v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de Fornel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622732v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100682v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dumoulin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100595v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622737v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.143.0087" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100383v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01580277v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622758v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067424v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067425v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067423v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;lle Lantin-Mallet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Pichard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100688v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815920v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;liani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sandri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355951v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355948v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583831v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815988v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062866v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Auger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/tranel.2019.2889" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05208946v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Ploog" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317591v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100336v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476884v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960908v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000966v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168896v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02100381v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622742v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622764v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356062v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Gaumin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171386v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hillary Bays" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00126857v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209089v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Janin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>