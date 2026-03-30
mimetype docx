--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -536,438 +536,438 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03461046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palantir: a springboard for the analysis of secondary metabolite gene clusters in large-scale genome mining projects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monomer structure fingerprints: an extension of the monomer composition version for peptide databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Abdo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Meunier</w:t>
+                <w:t xml:space="preserve">Eissa Ghaleb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Tocquin</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Naser Alajmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Pupin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btaa517⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computer-Aided Molecular Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (11), pp.1147-1156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10822-020-00336-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03081849v1</w:t>
+                <w:t xml:space="preserve">hal-03081813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Annotation and Dereplication of Tandem Mass Spectra of Peptidic Natural Products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Palantir: a springboard for the analysis of secondary metabolite gene clusters in large-scale genome mining projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tocquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Ricart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maude Pupin</w:t>
+                <w:t xml:space="preserve">Damien Sirjacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Müller</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valérie Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.0c03208⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (15), pp.4345-4347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btaa517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03082142v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03081849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monomer structure fingerprints: an extension of the monomer composition version for peptide databases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ammar Abdo</w:t>
+                <w:t xml:space="preserve">Automatic Annotation and Dereplication of Tandem Mass Spectra of Peptidic Natural Products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Ricart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Pupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eissa Ghaleb</w:t>
+                <w:t xml:space="preserve">Markus Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naser Alajmi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maude Pupin</w:t>
+                <w:t xml:space="preserve">Frédérique Lisacek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computer-Aided Molecular Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 34 (11), pp.1147-1156. </w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92 (24), pp.15862-15871. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10822-020-00336-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.0c03208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03081813v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03082142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kendrick Mass Defect Approach Combined to NORINE Database for Molecular Formula Assignment of Nonribosomal Peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Ricart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Hanozin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1057,51 +1057,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norine: update of the nonribosomal peptide resource</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Areski Flissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Ricart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Campart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1178,64 +1178,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">rBAN: retro-biosynthetic analysis of nonribosomal peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Ricart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Areski Flissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1351,51 +1351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Pupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1557,278 +1557,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01398944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smiles2Monomers: a link between chemical and biological structures for polymers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Norine: a powerful resource for novel nonribosomal peptide discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Pupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qassim Esmaeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Areski Flissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cheminformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13321-015-0111-5⟩</w:t>
+              <w:t xml:space="preserve">Synthetic and Systems Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.synbio.2015.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01250619v1</w:t>
+                <w:t xml:space="preserve">hal-01250614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norine: a powerful resource for novel nonribosomal peptide discovery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Smiles2Monomers: a link between chemical and biological structures for polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Dufresne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Pupin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthetic and Systems Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, </w:t>
+              <w:t xml:space="preserve">Journal of Cheminformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.synbio.2015.11.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13321-015-0111-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01250614v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01250619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norine, the knowledgebase dedicated to non-ribosomal peptides, is now open to crowdsourcing</w:t>
               </w:r>
@@ -1961,51 +1961,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of New Bioactive Molecules using a Bayesian Belief Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Abdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2238,51 +2238,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Hasan Abdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Caboche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2558,51 +2558,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversity of monomers in nonribosomal peptides: towards the prediction of origin and biological activity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Caboche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Pupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2701,51 +2701,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Caboche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Pupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2831,51 +2831,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Caboche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Pupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3736,51 +3736,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenge of nonribosomal peptide (NRP) identification: Kendrick mass defect for molecular formula assignment of NRPs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Ricart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Hanozin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4159,77 +4159,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non Ribosomal Peptides : A monomeric puzzle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Pupin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4319,51 +4319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Devignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes en Biologie, l'Informatique et les Mathématiques - JOBIM 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Rennes, France. pp.89-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4584,51 +4584,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juraj Michalik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Areski Flissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Pupin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4922,51 +4922,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioinformatics Tools for the Discovery of New Nonribosomal Peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tilmann Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5302,51 +5302,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Areski Flissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Pupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Caboche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5476,51 +5476,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2D095BFE"/>
+    <w:nsid w:val="25DD858F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5707,51 +5707,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maude-pupin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3197-0715" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165990805" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/I-7437-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426241v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Waongo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Pupin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duban" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chataigne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Zongo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sciaf.2023.e01714" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03833232v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Abdo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10822-021-00440-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03461046v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10822-021-00383-9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081849v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Meunier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tocquin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cornet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sirjacobs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lecl&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa517" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082142v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Ricart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus M&#252;ller" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Lisacek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c03208" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081813v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eissa Ghaleb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naser Alajmi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10822-020-00336-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417587v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Chevalier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hanozin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-019-02314-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376009v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areski Flissi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Campart" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dufresne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz1000" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167433v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Mueller" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13321-019-0335-x" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548616v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qassim Esmaeel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9166-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398944v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Phuong Kieu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chataign&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max B&#233;chet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.347" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01250619v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent No&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13321-015-0111-5" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01250614v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synbio.2015.11.001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235996v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Michalik" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tonon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Janot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv1143" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090611v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomie Salim" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci4004909" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090619v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Caradec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vanvlassenbroeck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Sma&#239;l-Tabbone" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0085667" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750002v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Hasan Abdo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Caboche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10822-012-9608-4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749819v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walaa Hussein" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abderrahmani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Chollet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-012-4181-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350197v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00641488v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Kucherov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00315-10" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00641486v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6807-9-15" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00281012v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fontaine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkm792" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289069v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Didier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debomy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Zhang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Grossmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-8-1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289089v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Laprevotte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;naut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cmb.2006.13.1465" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353442v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Marshall-Breton" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Peter" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirabelle Nebut" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557120v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Everaere" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marquet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Secq" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525952v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02911731v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gautron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Plaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ribaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081192v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bolka-Tabary" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547602v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Chevalier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Matthijs" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753402v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01552490v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rocher" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01552487v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00843827v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00734312v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547627v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Couderc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Touzet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889117v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888999v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474154v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Druon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nassiri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398960v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilmann Weber" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3375-4_14" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00918918v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131704v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622467v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:177d9a9facfca9faa9a122911b7dd31beee8719e;origin=https://hal.archives-ouvertes.fr/hal-04622467;visit=swh:1:snp:4011b605865131db36d843b4296622ebe9bd17ce;anchor=swh:1:rel:3b7137e7e6bf857857816552ba1a7d39013a7569;path=/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maude-pupin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3197-0715" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165990805" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/I-7437-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426241v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Waongo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Pupin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duban" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chataigne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Zongo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sciaf.2023.e01714" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03833232v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Abdo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10822-021-00440-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03461046v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10822-021-00383-9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081813v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eissa Ghaleb" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naser Alajmi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10822-020-00336-8" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081849v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Meunier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tocquin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cornet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sirjacobs" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lecl&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa517" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082142v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Ricart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus M&#252;ller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Lisacek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.0c03208" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417587v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Chevalier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hanozin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-019-02314-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376009v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areski Flissi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Campart" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dufresne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz1000" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167433v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Mueller" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13321-019-0335-x" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548616v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qassim Esmaeel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9166-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398944v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Phuong Kieu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chataign&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max B&#233;chet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.347" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01250614v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synbio.2015.11.001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01250619v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent No&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13321-015-0111-5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235996v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Michalik" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tonon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Janot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv1143" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090611v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomie Salim" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci4004909" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090619v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Caradec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vanvlassenbroeck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Sma&#239;l-Tabbone" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0085667" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750002v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Hasan Abdo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Caboche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10822-012-9608-4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749819v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walaa Hussein" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abderrahmani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Chollet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-012-4181-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350197v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00641488v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Kucherov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00315-10" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00641486v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6807-9-15" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00281012v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fontaine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkm792" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289069v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Didier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debomy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Zhang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Grossmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-8-1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00289089v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Laprevotte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;naut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cmb.2006.13.1465" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353442v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Marshall-Breton" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Peter" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirabelle Nebut" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557120v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Everaere" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marquet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Secq" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525952v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02911731v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gautron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Plaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ribaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081192v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bolka-Tabary" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547602v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Chevalier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Matthijs" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753402v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01552490v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rocher" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01552487v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00843827v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00734312v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547627v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Couderc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Touzet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889117v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888999v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474154v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Druon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nassiri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398960v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilmann Weber" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3375-4_14" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00918918v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131704v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622467v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:177d9a9facfca9faa9a122911b7dd31beee8719e;origin=https://hal.archives-ouvertes.fr/hal-04622467;visit=swh:1:snp:4011b605865131db36d843b4296622ebe9bd17ce;anchor=swh:1:rel:3b7137e7e6bf857857816552ba1a7d39013a7569;path=/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>