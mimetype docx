--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -4077,450 +4077,450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05316634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisakidae infestation levels of seven fish species collected on the distribution market in France: comparison of the 2017 and 2022 monitoring plans</w:t>
+                <w:t xml:space="preserve">In vivo study on the zoonotic potential of Cryptocotyle lingua (Digenea)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maureen Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Bourgau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Karadjian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual congress of the French Society of Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Angers (France), France</w:t>
+              <w:t xml:space="preserve">14th European Multicolloquium of Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Wroclaw, Poland, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316651v1</w:t>
+                <w:t xml:space="preserve">hal-04690302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo study on the zoonotic potential of Cryptocotyle lingua (Digenea)</w:t>
+                <w:t xml:space="preserve">Anisakidae infestation levels of seven fish species collected on the distribution market in France: comparison of the 2017 and 2022 monitoring plans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maureen Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Bourgau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Karadjian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Multicolloquium of Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Wroclaw, Poland, Poland</w:t>
+              <w:t xml:space="preserve">Annual congress of the French Society of Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Angers (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04690302v1</w:t>
+                <w:t xml:space="preserve">hal-05316651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifications des parasites responsables des spots noirs : exemple des tacauds communs Trisopterus luscus et des merlans Merlangius merlangus pêchés en Manche</w:t>
+                <w:t xml:space="preserve">Étude épidémiologique exploratoire de la distribution de Clinostomum complanatum, parasite trématode zoonotique, dans des poissons d’eau douce d’importance commerciale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maureen Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Pozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Blasco-Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Bouquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel de la Société Française de Parasitologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Marrakech (Maroc), Maroc</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques et Doctorales de l'Anses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Maisons Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316719v1</w:t>
+                <w:t xml:space="preserve">hal-05316697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude épidémiologique exploratoire de la distribution de Clinostomum complanatum, parasite trématode zoonotique, dans des poissons d’eau douce d’importance commerciale</w:t>
+                <w:t xml:space="preserve">Identifications des parasites responsables des spots noirs : exemple des tacauds communs Trisopterus luscus et des merlans Merlangius merlangus pêchés en Manche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maureen Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Karadjian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques et Doctorales de l'Anses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Maisons Alfort, France</w:t>
+              <w:t xml:space="preserve">Congrès annuel de la Société Française de Parasitologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Marrakech (Maroc), Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05316697v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId98"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4675,51 +4675,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241503v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Duflot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pozet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bourgau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fawpar.2025.e00281" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295420v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakhri Jeddi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carelle Koudougou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Durand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fawpar.2025.e00282" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779454v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Sabadel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Gay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry S. Lane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Bury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.14043" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759777v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Storm Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Gonchar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Louvard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Achatz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marliese Truter" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2024.09.012" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207762v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cresson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Julien" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chartier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2023028" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997666v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Midelet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Walter Kania" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Buchmann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-021-07278-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993256v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13495" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300031v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Setbon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brauge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2021.106258" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300036v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel S&#225;nchez-Alonso" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Careche" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.10.106" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295821v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine J M Sabadel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J Bury" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295903v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cappelletti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Couvreur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cordier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295875v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295938v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296497v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Couvreur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295931v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296476v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Delhomme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delegrange" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295954v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634760v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729595v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin-Leneveu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729610v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729575v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295674v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729714v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316704v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316714v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karadjian Gr&#233;gory" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316664v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316690v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talleu R&#233;my" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kooh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316708v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296508v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295967v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295691v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316634v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316651v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690302v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316719v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316697v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Blasco-Costa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241503v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Duflot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pozet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bourgau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fawpar.2025.e00281" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295420v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Robert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakhri Jeddi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carelle Koudougou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Durand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fawpar.2025.e00282" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779454v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Sabadel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Gay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry S. Lane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Bury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.14043" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759777v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Storm Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Gonchar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Louvard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Achatz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marliese Truter" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2024.09.012" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207762v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cresson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Julien" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chartier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2023028" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997666v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Midelet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Walter Kania" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Buchmann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-021-07278-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993256v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13495" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300031v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Setbon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brauge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2021.106258" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300036v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel S&#225;nchez-Alonso" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Careche" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.10.106" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295821v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine J M Sabadel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J Bury" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295903v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cappelletti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Couvreur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cordier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295875v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295938v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296497v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Couvreur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295931v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296476v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Delhomme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delegrange" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295954v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634760v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729595v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin-Leneveu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729610v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729575v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295674v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729714v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316704v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316714v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karadjian Gr&#233;gory" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316664v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316690v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talleu R&#233;my" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kooh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316708v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296508v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295967v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295691v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316634v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690302v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316651v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316697v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Blasco-Costa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316719v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>