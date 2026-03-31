--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1473,182 +1473,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04648418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susciter un attachement à la commune : les maires mobilisés contre la métropole</w:t>
-[...33 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prendre le parti de sa commune. L'opposition à la métropole comme ressource politique et registre de mobilisation électorale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Émotions et expertises : les modes de coordination des actions collectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.171-190, 2015</w:t>
+              <w:t xml:space="preserve">Le Saout (R) et Vignon (S), dir., Une invitée discrète. L'intercommunalité dans les élections municipales de 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Berger-Levrault, pp. 175-194, 2015, 978-2-7013-1874-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01117006v1</w:t>
+                <w:t xml:space="preserve">hal-04646945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prendre le parti de sa commune. L'opposition à la métropole comme ressource politique et registre de mobilisation électorale</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Susciter un attachement à la commune : les maires mobilisés contre la métropole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olive Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traïni, Christophe. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Saout (R) et Vignon (S), dir., Une invitée discrète. L'intercommunalité dans les élections municipales de 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Berger-Levrault, pp. 175-194, 2015, 978-2-7013-1874-5</w:t>
+              <w:t xml:space="preserve">Émotions et expertises : les modes de coordination des actions collectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.171-190, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04646945v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01117006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La représentation dans la rue. Analyse comparée de mobilisations d'élus locaux</w:t>
               </w:r>
@@ -1716,51 +1716,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les métropoles en chantier. Réforme institutionnelle, mobilisations sociopolitiques et controverses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cadiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olive Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1796,187 +1796,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00821422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des techniciens face à l'intégration communautaire. Étude sur le transfert du personnel municipal vers la communauté urbaine de Marseille</w:t>
+                <w:t xml:space="preserve">2. Négocier la requalification urbaine. L'action publique dans son horizon d'incertitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dubois Jérôme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Saout (R) et Madoré (F.), dir., Les effets de l'intercommunalité, Rennes, Presses Universitaires de Rennes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marseille, entre ville et ports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Découverte, pp.40-59, 2004, 9782707142870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dec.fourn.2004.01.0040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04646330v1</w:t>
+                <w:t xml:space="preserve">hal-04638420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2. Négocier la requalification urbaine. L'action publique dans son horizon d'incertitude</w:t>
+                <w:t xml:space="preserve">Des techniciens face à l'intégration communautaire. Étude sur le transfert du personnel municipal vers la communauté urbaine de Marseille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Olive</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dubois Jérôme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marseille, entre ville et ports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Saout (R) et Madoré (F.), dir., Les effets de l'intercommunalité, Rennes, Presses Universitaires de Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 978-2-86847-970-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dec.fourn.2004.01.0040⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04638420v1</w:t>
+                <w:t xml:space="preserve">hal-04646330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euroméditerranée: un grand projet d'aménagement à l'épreuve du débat public</w:t>
               </w:r>
@@ -2314,51 +2314,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="767CE202"/>
+    <w:nsid w:val="5375457C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2545,51 +2545,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maurice-olive" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-7522-9497" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094959v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dechezelles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olive Maurice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638299v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Olive" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.11815" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RJ0TKL9V-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798378v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.117.0009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638364v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.018" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799785v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638336v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.160.0135" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646339v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Saout" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pomap.2007.2367" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646900v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dubois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2004.2583" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646929v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646816v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2001.1129" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638263v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.146572" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04201404v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04201405v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638232v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648418v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.159035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01117006v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadiou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646945v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090482v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00821422v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646330v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638420v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubois J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.fourn.2004.01.0040" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646776v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dubois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646270v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078054v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Massardier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maurice-olive" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-7522-9497" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094959v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dechezelles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olive Maurice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638299v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Olive" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.11815" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RJ0TKL9V-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798378v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.117.0009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638364v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.018" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799785v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638336v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.160.0135" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646339v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Saout" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pomap.2007.2367" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646900v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dubois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2004.2583" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646929v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646816v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2001.1129" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638263v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.146572" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04201404v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04201405v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638232v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648418v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.159035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646945v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01117006v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadiou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090482v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00821422v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04638420v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubois J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.fourn.2004.01.0040" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646330v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646776v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dubois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04646270v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078054v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Massardier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>