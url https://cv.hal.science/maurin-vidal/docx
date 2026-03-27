--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Maurin Vidal </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La boussole qui ne perd pas le nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duclaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettre d'information Epos-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénag infiltre le réseau collaboratif Centipède-RTK pour augmenter la couverture GNSS du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Métois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettre d'information Epos-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost-Efficient Multi-GNSS Station with Real-Time Transmission for Geodynamics Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Jarrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Vergnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (6), pp.991. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16060991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of tropospheric estimates from CentipedeRTK, a collaborative network of low-cost GNSS stations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Métois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GPS Solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (4), pp.158. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10291-024-01699-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envirosciences-Pyrénées : un réseau dense de stations multi-paramètres pour la connaissance des aléas tectoniques et hydro-gravitaires dans les Pyrénées centrales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bès de Berc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céleste Broucke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettre d'information Epos-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1, pp.14-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpine deep-seated gravitational slope deformation and the Messinian Salinity Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zerathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Hippolyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landslides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp.539-549. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10346-020-01504-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does Long-Term GPS in the Western Alps Finally Confirm Earthquake Mechanisms?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Walpersdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Pinget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vernant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deprez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 37 (10), pp.3721-3737. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2018TC005054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a standard typology of endogenous landslide seismic sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Helmstetter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Radiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (4), pp.1059-1088. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/esurf-6-1059-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiyear time-lapse ERT to study short- and long-term landslide hydrological dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Palis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landslides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (4), pp.1333 - 1343. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10346-016-0791-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01737657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term monitoring of a large deep-seated landslide (La Clapiere, South-East French Alps): initial study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Palis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Ph. Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landslides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (1), pp.155 - 170. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10346-016-0705-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosional and Depositional Features of Glacial Meltwater Discharges on the Eastern Canadian Continental Margin,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zerathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giuliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 208 (1), pp.1 - 10. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geomorph.2013.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01859179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and limitations in geodetic monitoring of landslides, casestudy of Viella (Pyrenees mountains) and La Valette (Southern Alps), France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Ferhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Wanner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Symposium on Deformation Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KIT, Apr 2025, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation scientifique de CentipedeRTK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Métois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque G2 - Géodésie et géophysique depuis l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05409651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS low-cost prototype on ship for caching tsunami wave propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Jarrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sakic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint session on geoscience applications of mass-market GNSS sensors and ionosphere monitoring and modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU General assembly, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-17764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The OMIV service: acquiring and sharing long-period instrumental time series for documenting landslide activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Radiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vienna (AUSTRIA), France. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-14542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04622633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landslide investigation using Remote Sensing and Geophysics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Wanner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Besso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union (EGU) general assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-5351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of extreme precipitation during the mediterranean event associated with the Alex storm in the Alpes-Maritimes: atmospheric mechanisms and resulting rainfall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SimHydro 2021 : Models for complex and global water issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374712v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-parametric analysis of landslide triggering factors - example of the Julian Pra landslide (Vence, France, 06)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bernardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marçot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing strategy of Continuous GPS (cGPS) observations for the French Landslide Observatory OMIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Ferhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benbachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boetzlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4thJoint International Symposium on Deformation Monitoring (JISDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses de la relation entre précipitations et variations des niveaux de nappes de sub-surfaces en connections avec leur rôle dans le déclenchement de glissements de terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bernardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marçot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires JAG 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, NICE SOPHIA-ANTIPOLIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpine giant landslide and the Messinian Salinity Crisis (MSC) (Southern alps, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Six stations GNSS bas-coût labélisées RENAG déployées par la communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water vapour monitoring over France using the low-cost GNSS collaborative network Centipede</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Métois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. 2023, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-9059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outil de diagnostic de la nature des déformations du sous-sol par nouvelle génération de capteurs Projet DIAG-Sécheresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Hernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaire (JAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpelier, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison instrumentale de la mesure des précipitations : essais et retours d’expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires (JAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpelier, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envirosciences-Pyrénées : solutions de station de mesures multi-paramètres autonomes et bas-coût en géosciences. Mesures co-localisées de paramètres géodésiques, météorologiques et sismologiques en réseau dense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céleste Broucke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bès de Berc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Obernai (67210), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of sub-surface groundwater level and precipitations relations in connection to their role in triggering shallow landslides.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bernardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marçot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria. 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparisons of precipitation measurement methods in landslide instrumentation in the Alpes-Maritimes (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Besso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02263504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de capteurs connectés et de protocoles de surveillance appliqués pour des systèmes d'alerte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Besso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires (JAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nice, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The EPOS GNSS Data Gateway: concept and access to data and metadata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Vergnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Menut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.M. Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria. 21 (EGU2019-15782), Geophysical Research Abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The EPOS GNSS Data Gateway: concept and access to EPOS GNSS data and metadata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Vergnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Menut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-M. Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th General Assembly of Wegener</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récupération de données des stations Campbell de type CR1000 & Davis Vantage Pro 2 par Drivers en langage Python</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salem Harrache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Darras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Ulrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Favereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Grenoble, France. JAG 2013, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01467191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Determination of the SLR Reference Point at Côte d’Azur Multi-Technique Geodetic Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barnéoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Courde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Beilin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madec Germerie-Guizouarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Pesce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Positioning and Reference Frames. REFAG 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Association of Geodesy Symposia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, 2023, International Association of Geodesy Symposia, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/1345_2023_223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un prototype de station GNSS à bas coût</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sakic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station MICH of Rénag, located in Saint-Michel-l'Observatoire (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Michel-l'Observatoire (04870), France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station GUIL of Rénag located in Guillestre (Hautes-Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillestre (05600), France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BLIX of Rénag located in Blieux (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blieux (04330), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BLIX of Rénag located in Blieux (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blieux (04330), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CGRO of Rénag located in Marie (Provence-Alpes-Côte-d'Azur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie (06420), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CGRO of Rénag located in Marie (Provence-Alpes-Côte-d'Azur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie (06420), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BLIX of Rénag located in Blieux (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blieux (04330), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station MICH of Rénag, located in Saint-Michel-l'Observatoire (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Michel-l'Observatoire (04870), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CGRO of Rénag located in Marie (Provence-Alpes-Côte-d'Azur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie (06420), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station RG00 of Rénag located in Sartène (Corse du Sud)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sartène (20100), France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station GINA of Rénag, located in Ginasservis (Var)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginasservis (83560), France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station SAUV of Rénag located in Issirac (Gard)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Issirac (30760), France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CLAP of Rénag located in Saint-Etienne-de-Tinée (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Etienne-de-Tinée (06660), France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station GINA of Rénag, located in Ginasservis (Var)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginasservis (83560), France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station NICE of Rénag located in Nice (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nice (06000), France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station NICE of Rénag located in Nice (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nice (06000), France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BURE of Rénag located in Saint-Etienne en Devoluy (Hautes-Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Etienne-en-Dévoluy (05250), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station GUIL of Rénag located in Guillestre (Hautes-Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillestre (05600), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station TROP of Rénag located in Gassin (Var)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gassin (83580), France. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station SOPH of Rénag located in Valbonne (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valbonne (06560), France. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CLAP of Rénag located in Saint-Etienne-de-Tinée (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Etienne-de-Tinée (06660), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station RSTL of Rénag located at the Laboratoire Souterrain à Bas Bruit de Rustrel (Vaucluse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rustrel (84400), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BURE of Rénag located in Saint-Etienne en Devoluy (Hautes-Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Etienne-en-Dévoluy (05250), France. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId146"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Maurin Vidal </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La boussole qui ne perd pas le nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duclaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettre d'information Epos-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénag infiltre le réseau collaboratif Centipède-RTK pour augmenter la couverture GNSS du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Métois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettre d'information Epos-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of tropospheric estimates from CentipedeRTK, a collaborative network of low-cost GNSS stations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Métois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GPS Solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (4), pp.158. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10291-024-01699-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost-Efficient Multi-GNSS Station with Real-Time Transmission for Geodynamics Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Jarrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Vergnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (6), pp.991. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16060991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envirosciences-Pyrénées : un réseau dense de stations multi-paramètres pour la connaissance des aléas tectoniques et hydro-gravitaires dans les Pyrénées centrales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bès de Berc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céleste Broucke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettre d'information Epos-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1, pp.14-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpine deep-seated gravitational slope deformation and the Messinian Salinity Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zerathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Hippolyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landslides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp.539-549. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10346-020-01504-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does Long-Term GPS in the Western Alps Finally Confirm Earthquake Mechanisms?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Walpersdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Pinget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vernant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deprez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 37 (10), pp.3721-3737. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2018TC005054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a standard typology of endogenous landslide seismic sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Helmstetter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Radiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (4), pp.1059-1088. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/esurf-6-1059-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term monitoring of a large deep-seated landslide (La Clapiere, South-East French Alps): initial study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Palis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Ph. Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landslides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (1), pp.155 - 170. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10346-016-0705-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiyear time-lapse ERT to study short- and long-term landslide hydrological dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Palis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landslides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (4), pp.1333 - 1343. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10346-016-0791-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01737657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosional and Depositional Features of Glacial Meltwater Discharges on the Eastern Canadian Continental Margin,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zerathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Giuliano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geomorphology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 208 (1), pp.1 - 10. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geomorph.2013.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01859179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and limitations in geodetic monitoring of landslides, casestudy of Viella (Pyrenees mountains) and La Valette (Southern Alps), France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Ferhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Wanner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Symposium on Deformation Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KIT, Apr 2025, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation scientifique de CentipedeRTK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Métois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque G2 - Géodésie et géophysique depuis l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05409651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS low-cost prototype on ship for caching tsunami wave propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Jarrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sakic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint session on geoscience applications of mass-market GNSS sensors and ionosphere monitoring and modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU General assembly, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-17764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The OMIV service: acquiring and sharing long-period instrumental time series for documenting landslide activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Radiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vienna (AUSTRIA), France. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-14542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04622633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landslide investigation using Remote Sensing and Geophysics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Wanner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Besso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union (EGU) general assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-5351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04833602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of extreme precipitation during the mediterranean event associated with the Alex storm in the Alpes-Maritimes: atmospheric mechanisms and resulting rainfall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SimHydro 2021 : Models for complex and global water issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374712v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-parametric analysis of landslide triggering factors - example of the Julian Pra landslide (Vence, France, 06)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bernardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marçot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing strategy of Continuous GPS (cGPS) observations for the French Landslide Observatory OMIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Ferhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benbachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boetzlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4thJoint International Symposium on Deformation Monitoring (JISDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses de la relation entre précipitations et variations des niveaux de nappes de sub-surfaces en connections avec leur rôle dans le déclenchement de glissements de terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bernardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marçot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires JAG 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, NICE SOPHIA-ANTIPOLIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpine giant landslide and the Messinian Salinity Crisis (MSC) (Southern alps, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Six stations GNSS bas-coût labélisées RENAG déployées par la communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water vapour monitoring over France using the low-cost GNSS collaborative network Centipede</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Métois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. 2023, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-9059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04081663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outil de diagnostic de la nature des déformations du sous-sol par nouvelle génération de capteurs Projet DIAG-Sécheresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Hernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaire (JAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpelier, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison instrumentale de la mesure des précipitations : essais et retours d’expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires (JAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpelier, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envirosciences-Pyrénées : solutions de station de mesures multi-paramètres autonomes et bas-coût en géosciences. Mesures co-localisées de paramètres géodésiques, météorologiques et sismologiques en réseau dense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céleste Broucke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bès de Berc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Obernai (67210), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03481044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of sub-surface groundwater level and precipitations relations in connection to their role in triggering shallow landslides.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bernardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Marçot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria. 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparisons of precipitation measurement methods in landslide instrumentation in the Alpes-Maritimes (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Drouillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Besso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02263504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de capteurs connectés et de protocoles de surveillance appliqués pour des systèmes d'alerte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Besso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lebourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires (JAG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nice, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The EPOS GNSS Data Gateway: concept and access to data and metadata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Vergnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Menut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.M. Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria. 21 (EGU2019-15782), Geophysical Research Abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The EPOS GNSS Data Gateway: concept and access to EPOS GNSS data and metadata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Vergnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Menut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-M. Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th General Assembly of Wegener</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récupération de données des stations Campbell de type CR1000 & Davis Vantage Pro 2 par Drivers en langage Python</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salem Harrache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Darras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Ulrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Favereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Aléas Gravitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Grenoble, France. JAG 2013, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01467191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Determination of the SLR Reference Point at Côte d’Azur Multi-Technique Geodetic Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barnéoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Courde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Beilin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madec Germerie-Guizouarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Pesce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Positioning and Reference Frames. REFAG 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Association of Geodesy Symposia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, 2023, International Association of Geodesy Symposia, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/1345_2023_223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un prototype de station GNSS à bas coût</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sakic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station MICH of Rénag, located in Saint-Michel-l'Observatoire (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Michel-l'Observatoire (04870), France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station GUIL of Rénag located in Guillestre (Hautes-Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillestre (05600), France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BLIX of Rénag located in Blieux (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blieux (04330), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BLIX of Rénag located in Blieux (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blieux (04330), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CGRO of Rénag located in Marie (Provence-Alpes-Côte-d'Azur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie (06420), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CGRO of Rénag located in Marie (Provence-Alpes-Côte-d'Azur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie (06420), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BLIX of Rénag located in Blieux (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blieux (04330), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station MICH of Rénag, located in Saint-Michel-l'Observatoire (Alpes-de-Haute-Provence)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Michel-l'Observatoire (04870), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CGRO of Rénag located in Marie (Provence-Alpes-Côte-d'Azur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie (06420), France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station RG00 of Rénag located in Sartène (Corse du Sud)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sartène (20100), France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station GINA of Rénag, located in Ginasservis (Var)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginasservis (83560), France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station SAUV of Rénag located in Issirac (Gard)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Issirac (30760), France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CLAP of Rénag located in Saint-Etienne-de-Tinée (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Etienne-de-Tinée (06660), France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station GINA of Rénag, located in Ginasservis (Var)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ginasservis (83560), France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station NICE of Rénag located in Nice (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nice (06000), France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station NICE of Rénag located in Nice (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nice (06000), France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BURE of Rénag located in Saint-Etienne en Devoluy (Hautes-Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Etienne-en-Dévoluy (05250), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station GUIL of Rénag located in Guillestre (Hautes-Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillestre (05600), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station TROP of Rénag located in Gassin (Var)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gassin (83580), France. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station SOPH of Rénag located in Valbonne (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valbonne (06560), France. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station CLAP of Rénag located in Saint-Etienne-de-Tinée (Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Etienne-de-Tinée (06660), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station RSTL of Rénag located at the Laboratoire Souterrain à Bas Bruit de Rustrel (Vaucluse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rustrel (84400), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GNSS antenna of the station BURE of Rénag located in Saint-Etienne en Devoluy (Hautes-Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurin Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saint-Etienne-en-Dévoluy (05250), France. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId146"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Vidal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duclaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214397v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bosser" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ancelin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne M&#233;tois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505348v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jarrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16060991" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659785v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-024-01699-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560760v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bourcier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#232;s de Berc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Broucke" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995317v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Drouillas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebourg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zerathe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Hippolyte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chochon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-020-01504-5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947724v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Walpersdorf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pinget" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vernant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deprez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018TC005054" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284415v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Provost" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Helmstetter" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Radiguet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-6-1059-2018" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737657v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Palis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebourg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara L&#233;vy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tric" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-016-0791-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524268v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Palis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Lebourg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tric" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph. Malet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vidal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-016-0705-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859179v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fabre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giuliano" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2013.11.008" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGBWFTQ0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040850v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Ferhat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Wanner" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409651v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696491v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17764" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04622633v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-14542" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833602v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gautier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Besso" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-5351" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374712v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264988v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Drouillas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bernardie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mar&#231;ot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747304v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbachir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boetzl&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Maisse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935262v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925119v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890901v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081663v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9059" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890770v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Hernandez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890631v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481044v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936537v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263504v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442579v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407314v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Menut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Ngo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rolland" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407451v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-M. Ngo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467191v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Harrache" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Darras" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Ulrich" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Favereau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321093v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barn&#233;oud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Courde" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Beilin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madec Germerie-Guizouarn" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pesce" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2023_223" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224608v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885816v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194843v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194733v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194721v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194753v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194743v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194730v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885819v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194749v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194917v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885799v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195095v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194815v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885813v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194862v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194876v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194738v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194855v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195113v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195103v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194822v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194938v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194742v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Vidal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duclaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214397v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bosser" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ancelin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne M&#233;tois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659785v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-024-01699-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505348v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jarrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16060991" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560760v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bourcier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#232;s de Berc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Broucke" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995317v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Drouillas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebourg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zerathe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Hippolyte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chochon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-020-01504-5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947724v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Walpersdorf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pinget" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vernant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deprez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018TC005054" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284415v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Provost" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Helmstetter" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Radiguet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-6-1059-2018" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524268v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Palis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Lebourg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tric" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph. Malet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vidal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-016-0705-7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737657v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Palis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebourg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara L&#233;vy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tric" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-016-0791-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859179v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fabre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giuliano" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2013.11.008" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGBWFTQ0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040850v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Ferhat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Wanner" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409651v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696491v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17764" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04622633v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-14542" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833602v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gautier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Besso" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-5351" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374712v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264988v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Drouillas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bernardie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mar&#231;ot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747304v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbachir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boetzl&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Maisse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935262v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925119v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890901v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081663v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9059" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890770v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Hernandez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890631v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481044v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936537v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263504v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442579v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407314v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Menut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Ngo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rolland" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407451v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-M. Ngo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467191v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Harrache" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Darras" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Ulrich" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Favereau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321093v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barn&#233;oud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Courde" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Beilin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madec Germerie-Guizouarn" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pesce" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2023_223" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224608v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885816v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194843v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194721v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194733v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194753v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194743v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194730v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885819v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194749v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194917v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885799v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195095v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194815v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885813v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194862v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194876v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194738v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194855v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195113v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195103v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194822v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194938v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194742v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>