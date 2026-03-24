--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -136,51 +136,51 @@
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">antezza_m_1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ResearcherID : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">http://www.researcherid.com/rid/L-9392-2013</w:t>
+          <w:t xml:space="preserve">L-9392-2013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
@@ -213,4489 +213,4519 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (126)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (127)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Lifshitz force with graphene: Role of spatial nonlocality and of losses</w:t>
+                <w:t xml:space="preserve">Long-range thermal radiation transfer of nanoemitters via resonant cavities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Rodriguez-Lopez</w:t>
+                <w:t xml:space="preserve">Yun-Chao Hao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Krüger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/vwm1-x3vw⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 263, pp.128631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2026.128631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160020v1</w:t>
+                <w:t xml:space="preserve">hal-05541726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible tuning of asymmetric near-field radiative thermal transistor by utilizing distinct phase-change materials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fangqi Chen</w:t>
+                <w:t xml:space="preserve">Twist-induced near-field radiative thermal regulator assisted by cylindrical surface modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian-You Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao-Ping Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yi Zheng</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Liang Yi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0256162⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 240, pp.126645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2024.126645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04981224v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04860192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermodynamics and protection of discrete time crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minggang Luo</w:t>
+                <w:t xml:space="preserve">Gabriele Cenedese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Samuel Mister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuliano Benenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele de Chiara</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/sxyl-4f3g⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 112 (5), pp.054303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/hl8q-4wy9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05252394v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamics and protection of discrete time crystals</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuliano Benenti</w:t>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriele de Chiara</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kevin Austry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/hl8q-4wy9⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 24 (3), pp.034032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/sxyl-4f3g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05200165v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Twist-induced near-field radiative thermal regulator assisted by cylindrical surface modes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flexible tuning of asymmetric near-field radiative thermal transistor by utilizing distinct phase-change materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hexiang Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuguang Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fangqi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jian-You Wang</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hong-Liang Yi</w:t>
+                <w:t xml:space="preserve">Yi Zheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2024.126645⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 126 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0256162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04860192v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamics of coupled time crystals with an application to energy storage</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Casimir-Lifshitz force with graphene: Role of spatial nonlocality and of losses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Rodriguez-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 11 (1), pp.015003. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2058-9565/ae186c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/vwm1-x3vw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05364352v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05160020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing radiative heat transfer with meta-atomic displacement</w:t>
+                <w:t xml:space="preserve">Thermodynamics of coupled time crystals with an application to energy storage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
+                <w:t xml:space="preserve">Paulo Paulino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuihua Yang</w:t>
+                <w:t xml:space="preserve">Albert Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele de Chiara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Huang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hong-Liang Yi</w:t>
+                <w:t xml:space="preserve">Igor Lesanovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Quantum Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (1), pp.015003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/nanoph-2024-0729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2058-9565/ae186c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05001129v1</w:t>
+                <w:t xml:space="preserve">hal-05364352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electric conductivity in graphene: Kubo model versus a nonlocal quantum field theory model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pablo Rodriguez-Lopez</w:t>
+                <w:t xml:space="preserve">Enhancing radiative heat transfer with meta-atomic displacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jian-Sheng Wang</w:t>
+                <w:t xml:space="preserve">Shuihua Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Liang Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.115428⟩</w:t>
+              <w:t xml:space="preserve">Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/nanoph-2024-0729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05007945v1</w:t>
+                <w:t xml:space="preserve">hal-05001129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normal and lateral Casimir-Lifshitz forces between a nanoparticle and a graphene grating</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Electric conductivity in graphene: Kubo model versus a nonlocal quantum field theory model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Rodriguez-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian-Sheng Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 111 (7), pp.075417. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, 111 (11), pp.115428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.115428⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.075417⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04955608v1</w:t>
+                <w:t xml:space="preserve">hal-05007945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir radiation with Weyl semimetals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaohu Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haotuo Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiuquan Huang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 7 (4), pp.043328. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/ldyf-753c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05431386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrawhite structural starch film for sustainable cooling</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Normal and lateral Casimir-Lifshitz forces between a nanoparticle and a graphene grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4TA08793C⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 111 (7), pp.075417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.075417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04985871v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04955608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field radiative heat transfer between shifted graphene gratings</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Ultrawhite structural starch film for sustainable cooling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Caratenuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuguang Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Mu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.195431⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4TA08793C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04608436v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04985871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field radiative heat transfer between a nanoparticle and a graphene grating</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
+                <w:t xml:space="preserve">Unconventional Thermophotonic Charge Density Wave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Torbatian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shui-Hua Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Liang Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.075423⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 133 (6), pp.066902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.066902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617593v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photon mediated transport of energy, linear momentum, and angular momentum in fullerene and graphene systems beyond local equilibrium</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Favorable and unfavorable many-body interactions for near-field radiative heat transfer in nanoparticle networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junming Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linhua Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.125105⟩</w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 327, pp.109129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.109129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04608564v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881058v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of highly circularly polarized thermal radiation in α-MoO$_3$/β-Ga$_2$O$_3$ twisted layers</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Casimir-Lifshitz force for graphene-covered gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho Bun Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhuoming Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.109051⟩</w:t>
+              <w:t xml:space="preserve">Phys.Rev.B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (4), pp.045446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.045446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04608450v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-area polycrystalline α-MoO$_3$ thin films for IR photonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Cristina Larciprete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Ceneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiyu Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Abedini Dereshgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Vittorio Lupo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 57 (13), pp.135107. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6463/ad18f6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04608628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unconventional Thermophotonic Charge Density Wave</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
+                <w:t xml:space="preserve">Optimization of highly circularly polarized thermal radiation in α-MoO$_3$/β-Ga$_2$O$_3$ twisted layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Centini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahra Torbatian</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chiyu Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Cristina Larciprete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuoming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.133.066902⟩</w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 323, pp.109051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.109051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04842972v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04608450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Lifshitz force for graphene-covered gratings</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Photon mediated transport of energy, linear momentum, and angular momentum in fullerene and graphene systems beyond local equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian-Sheng Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Rev.B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.045446⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109 (12), pp.125105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.125105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04603644v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04608564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Favorable and unfavorable many-body interactions for near-field radiative heat transfer in nanoparticle networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Near-field radiative heat transfer between shifted graphene gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minggang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.109129⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109 (19), pp.195431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.195431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04881058v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04608436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced near-field radiative heat transfer between core-shell nanoparticles through surface modes hybridization</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Near-field radiative heat transfer between a nanoparticle and a graphene grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4 (5), pp.1092-1099. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (7), pp.075423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fmre.2023.03.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.075423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609835v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field radiative heat transfer between graphene-covered Weyl semimetals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Enhanced near-field radiative heat transfer between core-shell nanoparticles through surface modes hybridization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haotuo Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kezhang Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2024.110192⟩</w:t>
+              <w:t xml:space="preserve">Fundamental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (5), pp.1092-1099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fmre.2023.03.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843008v1</w:t>
+                <w:t xml:space="preserve">hal-04609835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum thermodynamics of boundary time-crystals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Near-field radiative heat transfer between graphene-covered Weyl semimetals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaohu Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiuquan Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haotuo Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriele de Chiara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40, pp.110192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2024.110192⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2058-9565/ad3f42⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04608461v1</w:t>
+                <w:t xml:space="preserve">hal-04843008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrahigh Thermal Rectification at Small Temperature Difference Achieved by Near‐Field Thermal Photon Manipulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kezhang Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanglin Bao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Optical Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12 (33), pp.2401633. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adom.202401633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04843039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The normal Casimir–Lifshitz force for laterally moving graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliia Emelianova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nail Khusnutdinov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 35 (23), pp.235001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6528/ad2f1c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04608544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant anisotropy and Casimir phenomena: the case of carbon nanotube metasurfaces</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum thermodynamics of boundary time-crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor V Bondarev</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Federico Carollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Lesanovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lilia M Woods</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele de Chiara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Rev.B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.035422⟩</w:t>
+              <w:t xml:space="preserve">Quantum Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (3), pp.035024. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2058-9565/ad3f42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04324164v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04608461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of near-field thermal radiation between multilayered metamaterials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Giant anisotropy and Casimir phenomena: the case of carbon nanotube metasurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Rodriguez-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dai-Nam Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sen Zhang</w:t>
+                <w:t xml:space="preserve">Igor V Bondarev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yongdi Dang</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lilia M Woods</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.21.024054⟩</w:t>
+              <w:t xml:space="preserve">Phys.Rev.B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109 (3), pp.035422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.035422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04608582v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonreciprocal heat flux via synthetic fields in linear quantum systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of near-field thermal radiation between multilayered metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongdi Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinran Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
+                <w:t xml:space="preserve">Naeem Iqbal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Girish Agarwal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yi Jin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108 (4), pp.042201. </w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (2), pp.024054. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.108.042201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.21.024054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609857v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04608582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance improvement of three-body radiative diodes driven by graphene surface plasmon polaritons</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Effect of graphene grating coating on near-field radiative heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junming Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D3CP01912H⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 123 (25), pp.253902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0182725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609959v1</w:t>
+                <w:t xml:space="preserve">hal-04609727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable nonadditivity in the Casimir-Lifshitz force between graphene gratings</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yi Zheng</w:t>
+                <w:t xml:space="preserve">Performance improvement of three-body radiative diodes driven by graphene surface plasmon polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming-Jian He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xue Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhi-Heng Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108 (6), pp.062811. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (31), pp.20782-20793. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.108.062811⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D3CP01912H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04170736v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-rectification near-field radiative thermal diode using Weyl semimetals</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Confinement-Induced Nonlocality and Casimir Force in Transdimensional Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Bondarev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Pugh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Rodriguez-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Woods</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.7.035201⟩</w:t>
+              <w:t xml:space="preserve">Phys.Chem.Chem.Phys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (42), pp.29257-29265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3CP03706A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609996v1</w:t>
+                <w:t xml:space="preserve">hal-04174566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confinement-Induced Nonlocality and Casimir Force in Transdimensional Systems</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tunable nonadditivity in the Casimir-Lifshitz force between graphene gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Austry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Chem.Chem.Phys.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 25 (42), pp.29257-29265. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (6), pp.062811. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3CP03706A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.108.062811⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04174566v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04170736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of graphene grating coating on near-field radiative heat transfer</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">High-rectification near-field radiative thermal diode using Weyl semimetals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haotuo Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kezhang Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 123 (25), pp.253902. </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (3), pp.035201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0182725⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.7.035201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609727v1</w:t>
+                <w:t xml:space="preserve">hal-04609996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple magnetoplasmon polaritons of magneto-optical graphene in near-field radiative heat transfer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nonreciprocal heat flux via synthetic fields in linear quantum systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lei Qu</w:t>
+                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Rodriguez-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ya-Tao Ren</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Girish Agarwal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 37, pp.101207. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (4), pp.042201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtphys.2023.101207⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.108.042201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609948v1</w:t>
+                <w:t xml:space="preserve">hal-04609857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic scattering by a partially graphene-coated dielectric cylinder: Efficient computation and multiple plasmonic resonances</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Multiple magnetoplasmon polaritons of magneto-optical graphene in near-field radiative heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming-Jian He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Qu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya-Tao Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.107.025306⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37, pp.101207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtphys.2023.101207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04610037v1</w:t>
+                <w:t xml:space="preserve">hal-04609948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Electromagnetic scattering by a partially graphene-coated dielectric cylinder: Efficient computation and multiple plasmonic resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Rev.B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108 (23), pp.235154. </w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (2), pp.025306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.235154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.107.025306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04196317v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04610037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir-Lifshitz force between graphene-based structures out of thermal equilibrium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Austry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minggang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ho Bun Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phys.Rev.B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 108 (11), pp.115412. </w:t>
@@ -4746,90 +4776,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Many-body interaction on near-field radiative heat transfer between two nanoparticles caused by proximate particle ensembles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baokun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minggang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junming Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linhua Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 215, pp.124462. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4857,7640 +4887,7653 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04609986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual-band nonreciprocal thermal radiation by coupling optical Tamm states in magnetophotonic multilayers</w:t>
+                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jun Wu</w:t>
+                <w:t xml:space="preserve">Mário Silveirinha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feng Wu</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Hugo Terças</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaohu Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2022.107457⟩</w:t>
+              <w:t xml:space="preserve">Phys.Rev.B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (23), pp.235154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.235154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03524642v1</w:t>
+                <w:t xml:space="preserve">hal-04196317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photon tunneling reconstitution in black phosphorus/hBN heterostructure</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Intelligent radiative thermostat induced by near-field radiative thermal diode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.6.075201⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27, pp.100828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtphys.2022.100828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03739127v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative heat transfer in a low-symmetry Bravais crystal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaoming Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Liang Yi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 106 (15), pp.115404. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.155404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03806711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligent radiative thermostat induced by near-field radiative thermal diode</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yang Liu</w:t>
+                <w:t xml:space="preserve">Photon tunneling reconstitution in black phosphorus/hBN heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Torbatian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Novko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtphys.2022.100828⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, pp.075201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.6.075201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03767404v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03739127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photothermal behavior for two-dimensional nanoparticle ensembles: Multiple scattering and thermal accumulation effects</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Dual-band nonreciprocal thermal radiation by coupling optical Tamm states in magnetophotonic multilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiancheng Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaohu Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.105.235431⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 175, pp.107457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2022.107457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03703322v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disorder-induced topological phase transition in HgCdTe crystals</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Photothermal behavior for two-dimensional nanoparticle ensembles: Multiple scattering and thermal accumulation effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junming Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linhua Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 106 (11), pp.115203. </w:t>
+              <w:t xml:space="preserve">, 2022, 105, pp.235431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.115203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.105.235431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03783120v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controllable thermal radiation from twisted bilayer graphene</w:t>
+                <w:t xml:space="preserve">Disorder-induced topological phase transition in HgCdTe crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yong-Mei Zhang</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jian-Sheng Wang</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2022.123076⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (11), pp.115203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.115203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03693817v1</w:t>
+                <w:t xml:space="preserve">hal-03783120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical polarizability of graphene with spatial dispersion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Controllable thermal radiation from twisted bilayer graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong-Mei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian-Sheng Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.125421⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 194, pp.123076. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2022.123076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03176682v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03693817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong geometry dependence of the Casimir force between interpenetrated rectangular gratings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mingkang Wang</w:t>
+                <w:t xml:space="preserve">Ultrahigh-rectification near-field radiative thermal diode using infrared-transparent film backsided phase-transition metasurface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lu Tang</w:t>
+                <w:t xml:space="preserve">Yanpei Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fangqi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Caratenuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.-Y. Ng</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
+                <w:t xml:space="preserve">Xiaojie Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-20891-4⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 119 (12), pp.123101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0058779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03122200v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03350625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissipative Topological Phase Transition with Strong System-Environment Coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Nie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Nie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
+                <w:t xml:space="preserve">Yu-Xi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franco Nori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 127 (25), pp.250402. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.127.250402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03480809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrahigh-rectification near-field radiative thermal diode using infrared-transparent film backsided phase-transition metasurface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yang Liu</w:t>
+                <w:t xml:space="preserve">Strong geometry dependence of the Casimir force between interpenetrated rectangular gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingkang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanpei Tian</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Andrew Caratenuto</w:t>
+                <w:t xml:space="preserve">Lu Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojie Liu</w:t>
+                <w:t xml:space="preserve">C.-Y. Ng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0058779⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-20891-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03350625v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03122200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic field-induced emissivity tuning of InSb-based metamaterials in the terahertz frequency regime</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Dynamical polarizability of graphene with spatial dispersion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian-Sheng Wang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (9), pp.3141. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103, pp.125421. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OME.433003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.125421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03327278v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03176682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polariton topological transition effects on radiative heat transfer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Magnetic field-induced emissivity tuning of InSb-based metamaterials in the terahertz frequency regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiao-Hu Wu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yong Zhang</w:t>
+                <w:t xml:space="preserve">Caratenuto Andrew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fangqi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanpei Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hing-Liang Yi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gang Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 103, pp.155404. </w:t>
+              <w:t xml:space="preserve">Optical Materials Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (9), pp.3141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.155404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OME.433003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03191119v1</w:t>
+                <w:t xml:space="preserve">hal-03327278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant thermal magnetoresistance driven by graphene magnetoplasmon</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hong Qi</w:t>
+                <w:t xml:space="preserve">Polariton topological transition effects on radiative heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan-Xiong Su</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ya-Tao Ren</w:t>
+                <w:t xml:space="preserve">Xiao-Hu Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi-Jun Zhao</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hing-Liang Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 117 (11), pp.113104. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103, pp.155404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0022261⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.155404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02966760v1</w:t>
+                <w:t xml:space="preserve">hal-03191119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuously variable emission for mechanical deformation induced radiative cooling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fangqi Chen</w:t>
+                <w:t xml:space="preserve">Casimir-Polder force and torque for anisotropic molecules close to conducting planes and their effects on CO$_2$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alok Ghanekar</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ignat Fialkovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nail Khusnutdinov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 1 (1), pp.95. </w:t>
+              <w:t xml:space="preserve">Phys.Rev.B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (19), pp.195422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43246-020-00098-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.195422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03044075v1</w:t>
+                <w:t xml:space="preserve">hal-02973233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid thermal Yagi-Uda nanoantennas for directional and narrow band long-wavelength IR radiation sources</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inverse design of a 1D dielectric metasurface by topology optimization: fluctuations-trend analysis assisted by a diamond-square algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Li Voti</w:t>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Bertolotti</w:t>
+                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concita Sibilia</w:t>
+                <w:t xml:space="preserve">Jonathan Albert Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay A. Gippius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.389837⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 37 (12), pp.3721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.405030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02871572v1</w:t>
+                <w:t xml:space="preserve">hal-02997633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetoplasmon-surface phonon polaritons’ coupling effects in radiative heat transfer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hong Qi</w:t>
+                <w:t xml:space="preserve">Hybrid thermal Yagi-Uda nanoantennas for directional and narrow band long-wavelength IR radiation sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Centini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Cristina Larciprete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yatao Ren</w:t>
+                <w:t xml:space="preserve">Roberto Li Voti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yijun Zhao</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mario Bertolotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concita Sibilia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OL.403044⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (13), pp.19334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.389837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02966745v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02871572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inverse design of a 1D dielectric metasurface by topology optimization: fluctuations-trend analysis assisted by a diamond-square algorithm</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Magnetoplasmon-surface phonon polaritons’ coupling effects in radiative heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
+                <w:t xml:space="preserve">Mingjian He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Albert Fan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Yatao Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijun Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 37 (12), pp.3721. </w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (18), pp.5148-5151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/JOSAB.405030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OL.403044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02997633v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02966745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Polder force and torque for anisotropic molecules close to conducting planes and their effects on CO$_2$</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
+                <w:t xml:space="preserve">Giant thermal magnetoresistance driven by graphene magnetoplasmon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming-Jian He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ignat Fialkovsky</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yan-Xiong Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya-Tao Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Jun Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Rev.B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.195422⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (11), pp.113104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0022261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02973233v1</w:t>
+                <w:t xml:space="preserve">hal-02966760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative heat transfer and radiative thermal energy for two-dimensional nanoparticle ensembles</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Continuously variable emission for mechanical deformation induced radiative cooling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojie Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanpei Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fangqi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alok Ghanekar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communications Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (1), pp.95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43246-020-00098-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.024203⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02908106v1</w:t>
+                <w:t xml:space="preserve">hal-03044075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Reciprocal, Robust Surface Plasmon Polaritons on Gyrotropic Interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samaneh Pakniyat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Holmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Hanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Antennas and Propagation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 65 (5), pp.3718. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TAP.2020.2969725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Many-body effective thermal conductivity in phase-change nanoparticle chains due to near-field radiative heat transfer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Radiative heat transfer and radiative thermal energy for two-dimensional nanoparticle ensembles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minggang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junming Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linhua Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.120793⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (2), pp.024203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.024203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059594v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybridization of topological surface states with a flat band</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Teppe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 32 (16), pp.165501. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/ab6741⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02447824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field radiative heat transfer between twisted nanoparticle gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minggang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junming Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 117, pp.053901. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0018329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02912756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active control of near-field radiative heat transfer by a graphene-gratings coating-twisting method</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Many-body effective thermal conductivity in phase-change nanoparticle chains due to near-field radiative heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minggang Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junming Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linhua Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OL.392371⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 166, pp.120793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.120793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02583744v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic-tunable nanoscale thermal radiation between twisted graphene gratings</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Active control of near-field radiative heat transfer by a graphene-gratings coating-twisting method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingjian He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yatao Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijun Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.119305⟩</w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (10), pp.2914. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OL.392371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02431405v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02583744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disorder-induced phase transition in Dirac systems beyond the linear approximation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Magnetic-tunable nanoscale thermal radiation between twisted graphene gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming-Jian He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya-Tao Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Jun Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Teppe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.205424⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 150, pp.119305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2020.119305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617155v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant Casimir Torque between Rotated Gratings and the θ = 0 Anomaly</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Quantum machines powered by correlated baths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele de Chiara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Special Topics: Physics Education Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2, pp.033315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.033315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.013903⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02431447v1</w:t>
+                <w:t xml:space="preserve">hal-02923218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum machines powered by correlated baths</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Giant Casimir Torque between Rotated Gratings and the θ = 0 Anomaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho Bun Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valery Marachevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Special Topics: Physics Education Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (1), pp.013903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.013903⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.033315⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02923218v1</w:t>
+                <w:t xml:space="preserve">hal-02431447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative thermal switch driven by anisotropic black phosphorus plasmons</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Disorder-induced phase transition in Dirac systems beyond the linear approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.402642⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (20), pp.205424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.205424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924253v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metasurface-mediated anisotropic radiative heat transfer between nanoparticles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Radiative thermal switch driven by anisotropic black phosphorus plasmons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming-Jian He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya-Tao Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Jun Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (18), pp.26922. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.402642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.100.085426⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02267129v1</w:t>
+                <w:t xml:space="preserve">hal-02924253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative heat transfer between metallic nanoparticle clusters in both near field and far field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minggang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junming Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linhua Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 99 (13), pp.134207. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.134207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02111478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Markovian transient Casimir-Polder force and population dynamics on excited- and ground-state atoms: Weak- and strong-coupling regimes in generally nonreciprocal environments</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metasurface-mediated anisotropic radiative heat transfer between nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Liang Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Monticone</w:t>
+                <w:t xml:space="preserve">He-Ping Tan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 99 (4), pp.042508. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 100 (8), pp.085426. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.99.042508⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.100.085426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02103569v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02267129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant resonant radiative heat transfer between nanoparticles</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-Markovian transient Casimir-Polder force and population dynamics on excited- and ground-state atoms: Weak- and strong-coupling regimes in generally nonreciprocal environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ping-Heng Tan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">George W. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mário Silveirinha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Monticone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.100.134305⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (4), pp.042508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.99.042508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02317225v1</w:t>
+                <w:t xml:space="preserve">hal-02103569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene-based thermal repeater</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Giant resonant radiative heat transfer between nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Liang Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">He-Ping Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ping-Heng Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 100 (13), pp.134305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.100.134305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5132995⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02424284v1</w:t>
+                <w:t xml:space="preserve">hal-02317225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unidirectional and diffractionless surface plasmon polaritons on three dimensional nonreciprocal plasmonic platforms</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Graphene-based thermal repeater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming-Jian He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya-Tao Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Jun Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 115 (26), pp.263101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5132995⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.245414⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02160116v1</w:t>
+                <w:t xml:space="preserve">hal-02424284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling between subwavelength nano-slits lattice modes and metal-insulator-graphene cavity modes: A semi-analytical model</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Unidirectional and diffractionless surface plasmon polaritons on three dimensional nonreciprocal plasmonic platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George W. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mário Silveirinha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunas Sartri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OSA Continuum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OSAC.2.001296⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99, pp.245414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.245414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02076490v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02160116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inducing and controlling rotation on small objects using photonic topological materials</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Coupling between subwavelength nano-slits lattice modes and metal-insulator-graphene cavity modes: A semi-analytical model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Edee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Benrhouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stefan Yoshi Buhmann</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Albert Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 98 (14), pp.144101. </w:t>
+              <w:t xml:space="preserve">OSA Continuum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (4), pp.1296-1309. </w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.98.144101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OSAC.2.001296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01885407v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconciliation of quantum local master equations with thermodynamics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spontaneous lateral atomic recoil force close to a photonic topological material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George W. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mário Silveirinha</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/aaecee⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97, pp.201108(R). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.201108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925150v1</w:t>
+                <w:t xml:space="preserve">hal-01792421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous lateral atomic recoil force close to a photonic topological material</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Reconciliation of quantum local master equations with thermodynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele de Chiara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Landi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Hewgill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendan Reid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Ferraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 97, pp.201108(R). </w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (11), pp.113024. </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.201108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/aaecee⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01792421v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A self-contained quantum harmonic engine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inducing and controlling rotation on small objects using photonic topological materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Pigeon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Lindel Frieder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George W. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gabriele de Chiara</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Yoshi Buhmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/120/60006⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 98 (14), pp.144101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.98.144101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01726096v1</w:t>
+                <w:t xml:space="preserve">hal-01885407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluctuation-induced forces on an atom near a photonic topological material</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">A self-contained quantum harmonic engine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendan Reid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele de Chiara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120 (6), pp.60006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/120/60006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.97.022509⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01714025v1</w:t>
+                <w:t xml:space="preserve">hal-01726096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical torque on a two-level system near a strongly nonreciprocal medium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
+                <w:t xml:space="preserve">Fluctuation-induced forces on an atom near a photonic topological material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mário Silveirinha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George W. Hanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francesco Monticone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.98.125146⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97, pp.022509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.97.022509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01883367v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01714025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Many body heat radiation and heat transfer in the presence of a non-absorbing background medium</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Optical torque on a two-level system near a strongly nonreciprocal medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mário Silveirinha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George W. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Matthias Krüger</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Monticone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 95, pp.085413. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.085413⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 98 (12), pp.125146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.98.125146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464078v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01883367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Lifshitz force for nonreciprocal media and applications to photonic topological insulators</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Strong Thermal and Electrostatic Manipulation of the Casimir Force in Graphene Multilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chahine Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.96.062505⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118 (12), pp.126101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.126101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01664518v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01494732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative heat transfer between metallic gratings using Fourier modal method with adaptive spatial resolution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Excitation injector in an atomic chain: long-ranged transport and efficiency amplification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Doyeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Leggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.125404⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (95), pp.012138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.95.012138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01482013v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01448442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitation injector in an atomic chain: long-ranged transport and efficiency amplification</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Radiative heat transfer between metallic gratings using Fourier modal method with adaptive spatial resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Noto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.95.012138⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95, pp.125404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.125404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01448442v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01482013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong Thermal and Electrostatic Manipulation of the Casimir Force in Graphene Multilayers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Casimir-Lifshitz force for nonreciprocal media and applications to photonic topological insulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian L. Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frieder Lindel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Krems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George W. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.126101⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96 (6), pp.062505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.96.062505⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01494732v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01664518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field heat transfer between graphene/hBN multilayers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Many body heat radiation and heat transfer in the presence of a non-absorbing background medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muller Boris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Incardone Roberta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bo Zhao</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
+                <w:t xml:space="preserve">Thorsten Emig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Krüger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 95, pp.245437. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.245437⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 95, pp.085413. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.085413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01552158v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust entanglement with three-dimenstional nonreciprocal photonic topological insulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George W. Hanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 95, pp.063807. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.95.063807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant Interatomic Energy-Transport Amplification with Nonreciprocal Photonic Topological Insulators</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Near-field heat transfer between graphene/hBN multilayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuomin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shanhui Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.173901⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95, pp.245437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.245437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01624891v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01552158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphene-based amplification and tuning of near-field radiative heat transfer between dissimilar polar materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 96, pp.045402. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.045402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01557223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative heat transfer and nonequilibrium Casimir-Lifshitz force in many-body systems with planar geometry</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Giant Interatomic Energy-Transport Amplification with Nonreciprocal Photonic Topological Insulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Doyeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George W. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 95, pp.205404. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 119 (17), pp.173901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.205404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.173901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01517943v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01624891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-induced optomechanical forces in graphene waveguides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Radiative heat transfer and nonequilibrium Casimir-Lifshitz force in many-body systems with planar geometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Latella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 93, pp.115427. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.115427⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 95, pp.205404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.205404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01292276v1</w:t>
+                <w:t xml:space="preserve">hal-01517943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum thermal machine acting on a many-body quantum system: Role of correlations in thermodynamic tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Doyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Leggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 93, pp.022134. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.93.022134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Otto engine beyond its standard quantum limit</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Light-induced optomechanical forces in graphene waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93, pp.115427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.115427⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.93.022122⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01275487v1</w:t>
+                <w:t xml:space="preserve">hal-01292276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperbolic waveguide for long-distance transport of near-field heat flux</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Otto engine beyond its standard quantum limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Leggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93, pp.022122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.93.022122⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.94.104301⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01359633v1</w:t>
+                <w:t xml:space="preserve">hal-01275487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum thermal machines with single nonequilibrium environments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Hyperbolic waveguide for long-distance transport of near-field heat flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svend-Age Biehs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 91 (1), pp.012117. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94, pp.104301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.91.012117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.94.104301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01109758v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01359633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermally activated nonlocal amplification in quantum energy transport</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+                <w:t xml:space="preserve">Quantum thermal machines with single nonequilibrium environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Leggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bellomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/110/40002⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91 (1), pp.012117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.91.012117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01158058v1</w:t>
+                <w:t xml:space="preserve">hal-01109758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonequilibrium dissipation-driven steady many-body entanglement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bellomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 91 (4), pp.042124. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.91.042124⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01144541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed thermal tasks on many-body systems through a single quantum machine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+                <w:t xml:space="preserve">Thermally activated nonlocal amplification in quantum energy transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Leggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 112, pp.40004. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 110 (4), pp.40002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/110/40002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/112/40004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01235704v1</w:t>
+                <w:t xml:space="preserve">hal-01158058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir interaction between a sphere and a grating</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Distributed thermal tasks on many-body systems through a single quantum machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Leggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Doyeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 92 (6), pp.062504. </w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112, pp.40004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.92.062504⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/112/40004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01245998v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01235704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matter waves in atomic artificial graphene</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Casimir interaction between a sphere and a grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Bartolo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Paulo Maia Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 107 (3), pp.30006. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (6), pp.062504. </w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/107/30006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.92.062504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01054237v1</w:t>
+                <w:t xml:space="preserve">hal-01245998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium between dielectric gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Noto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 90, pp.022120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12518,2616 +12561,2707 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01058753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matter waves in two-dimensional arbitrary atomic crystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId360" w:history="1">
+                <w:t xml:space="preserve">Matter waves in atomic artificial graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Bartolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.90.033617⟩</w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 107 (3), pp.30006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/107/30006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01065030v1</w:t>
+                <w:t xml:space="preserve">hal-01054237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optomechanical Rydberg-Atom Excitation via Dynamic Casimir-Polder Coupling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Matter waves in two-dimensional arbitrary atomic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Bartolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.113.023601⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90 (3), pp.033617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.90.033617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020218v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-body radiative heat transfer and Casimir-Lifshitz force out of thermal equilibrium for arbitrary bodies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Optomechanical Rydberg-Atom Excitation via Dynamic Casimir-Polder Coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Braggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Carugno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Noto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Passante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.89.052104⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 113, pp.023601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.113.023601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00996282v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum systems in a stationary environment out of thermal equilibrium</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Three-body radiative heat transfer and Casimir-Lifshitz force out of thermal equilibrium for arbitrary bodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 87 (012101), pp.012101. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.87.012101⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 89, pp.052104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.89.052104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01241962v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00996282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steady entanglement out of thermal equilibrium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId348" w:history="1">
+                <w:t xml:space="preserve">Quantum systems in a stationary environment out of thermal equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bellomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/104/10006⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (012101), pp.012101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.87.012101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00880526v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01241962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creation and protection of entanglement in systems out of thermal equilibrium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId348" w:history="1">
+                <w:t xml:space="preserve">Steady entanglement out of thermal equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bellomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 104, pp.10006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/104/10006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/15/11/113052⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00909815v1</w:t>
+                <w:t xml:space="preserve">hal-00880526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photonic band gap in an imperfect atomic diamond lattice: penetration depth and effects of finite size and vacancies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Creation and protection of entanglement in systems out of thermal equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bellomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yvan Castin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 88 (033844), pp.033844. </w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15, pp.113052. </w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.88.033844⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/15/11/113052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00818327v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of an elementary quantum system in environments out of thermal equilibrium</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Photonic band gap in an imperfect atomic diamond lattice: penetration depth and effects of finite size and vacancies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Castin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/100/20006⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88 (033844), pp.033844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.88.033844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241936v1</w:t>
+                <w:t xml:space="preserve">hal-00818327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Body Ampli cation of Photon Heat Tunneling Supplementary Material</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Dynamics of an elementary quantum system in environments out of thermal equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bellomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 100 (2), pp.20006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/100/20006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.244302⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00763953v1</w:t>
+                <w:t xml:space="preserve">hal-01241936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum metamaterials: a brave new world</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Three-Body Ampli cation of Photon Heat Tunneling Supplementary Material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Newsroom</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (244302), pp.244302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.244302⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/2.1201206.004296⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04617458v1</w:t>
+                <w:t xml:space="preserve">hal-00763953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium and heat transfer between arbitrary bodies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Quantum metamaterials: a brave new world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Felbacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Newsroom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/2.1201206.004296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/95/61002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00556819v1</w:t>
+                <w:t xml:space="preserve">hal-04617458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering-matrix approach to Casimir-Lifshitz force and heat transfer out of thermal equilibrium between arbitrary bodies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium and heat transfer between arbitrary bodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 95 (6), pp.61002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/95/61002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.84.042102⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00627218v1</w:t>
+                <w:t xml:space="preserve">hal-00556819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative study of two- and three-dimensional strong localization of matter waves by atomic scatterers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Scattering-matrix approach to Casimir-Lifshitz force and heat transfer out of thermal equilibrium between arbitrary bodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David A. W. Hutchinson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 82, pp.043602. </w:t>
+              <w:t xml:space="preserve">, 2011, 84 (042102), pp.042102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.82.043602⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.84.042102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00494324v2</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00627218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fano-Hopfield model and photonic band gaps for an arbitrary atomic lattice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Quantitative study of two- and three-dimensional strong localization of matter waves by atomic scatterers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Castin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David A. W. Hutchinson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 80, pp.013816. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.80.013816⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 82, pp.043602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.82.043602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00406429v1</w:t>
+                <w:t xml:space="preserve">hal-00494324v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectrum of Light in a Quantum Fluctuating Periodic Structure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId382" w:history="1">
+                <w:t xml:space="preserve">Fano-Hopfield model and photonic band gaps for an arbitrary atomic lattice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Castin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 80, pp.013816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.80.013816⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.103.123903⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00365761v2</w:t>
+                <w:t xml:space="preserve">hal-00406429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation induced force between two planar waveguides</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Spectrum of Light in a Quantum Fluctuating Periodic Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Castin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iacopo Carusotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjd/e2007-00308-1⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 103, pp.123903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.103.123903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02964075v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00365761v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Radiation induced force between two planar waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Riboli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Recati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lev P. Pitaevskii</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vitaly B. Svetovoy</w:t>
+                <w:t xml:space="preserve">Iacopo Carusotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.77.022901⟩</w:t>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 46 (1), pp.157-164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjd/e2007-00308-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02964086v1</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02964075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical properties of atomic Mott insulators: From slow light to dynamical Casimir effects</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev P. Pitaevskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Stringari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Bariani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cristiano Ciuti</w:t>
+                <w:t xml:space="preserve">Vitaly B. Svetovoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 77 (6), pp.063621. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.77.063621⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 77 (2), pp.022901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.77.022901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02964258v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02964086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dark solitons in a superfluid Fermi gas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Optical properties of atomic Mott insulators: From slow light to dynamical Casimir effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iacopo Carusotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Bariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone de Liberato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franco Dalfovo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sandro Stringari</w:t>
+                <w:t xml:space="preserve">Cristiano Ciuti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 76 (4), pp.043610. </w:t>
+              <w:t xml:space="preserve">, 2008, 77 (6), pp.063621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.76.043610⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.77.063621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02964061v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02964258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the Temperature Dependence of the Casimir-Polder Force</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dark solitons in a superfluid Fermi gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. M. Obrecht</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId407" w:history="1">
+                <w:t xml:space="preserve">Franco Dalfovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lev P. Pitaevskii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandro Stringari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.063201⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76 (4), pp.043610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.76.043610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02964046v1</w:t>
+                <w:t xml:space="preserve">hal-02964061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breathing modes of a fast rotating Fermi gas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Measurement of the Temperature Dependence of the Casimir-Polder Force</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Obrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert J. Wild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev P. Pitaevskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandro Stringari</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 75 (5), pp.053609. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 98 (6), pp.063201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.75.053609⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.063201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02964057v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02964046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Lifshitz Force Out of Thermal Equilibrium and Asymptotic Nonadditivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Breathing modes of a fast rotating Fermi gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Cozzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandro Stringari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vitaly B. Svetovoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.97.223203⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 75 (5), pp.053609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.75.053609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02964025v1</w:t>
+                <w:t xml:space="preserve">hal-02964057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface–atom force out of thermal equilibrium and its effect on ultra-cold atoms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Casimir-Lifshitz Force Out of Thermal Equilibrium and Asymptotic Nonadditivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev P. Pitaevskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Stringari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitaly B. Svetovoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and General (1975 - 2006)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 97 (22), pp.223203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.97.223203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0305-4470/39/21/S02⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02962795v1</w:t>
+                <w:t xml:space="preserve">hal-02964025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Asymptotic Behavior of the Surface-Atom Force out of Thermal Equilibrium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Surface–atom force out of thermal equilibrium and its effect on ultra-cold atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandro Stringari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and General (1975 - 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 39 (21), pp.6117-6126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0305-4470/39/21/S02⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.95.113202⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02962766v1</w:t>
+                <w:t xml:space="preserve">hal-02962795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">New Asymptotic Behavior of the Surface-Atom Force out of Thermal Equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev P. Pitaevskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Stringari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 95 (11), pp.113202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.95.113202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effect of the Casimir-Polder force on the collective oscillations of a trapped Bose-Einstein condensate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lev P. Pitaevskii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandro Stringari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 70 (5), pp.053619. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.70.053619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02960126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15137,7236 +15271,7236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kavli ITS Workshop on “Future Directions in Non-equilibrium Statistical Physics”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Beijing, China</w:t>
+              <w:t xml:space="preserve">Thermal Polaritonics Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Daejeon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05061713v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META 20205</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Malaga, Espagne, Spain</w:t>
+              <w:t xml:space="preserve">Simons Collaboration satellite workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Andrea Alù, Oct 2025, New York (NY), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05176981v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05304264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Simons Collaboration satellite workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Andrea Alù, Oct 2025, New York (NY), United States</w:t>
+              <w:t xml:space="preserve">META 20205</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Malaga, Espagne, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05304264v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05176981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermal Polaritonics Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Daejeon, South Korea</w:t>
+              <w:t xml:space="preserve">Kavli ITS Workshop on “Future Directions in Non-equilibrium Statistical Physics”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05061707v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third Workshop on "Thermal radiation to electrical energy conversion"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05073359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of top metallic contacts on energy conversion performances for near-field thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Chiba/Japan, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05177009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Invited Seminar at the Condensed Matter Physics Center (IFIMAC), Universidad Autónoma de Madrid</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05137048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NEAR-FIELD RADIATIVE HEAT TRANSFER BETWEEN GRAPHENE-BASED NANOSTRUCTURES: LATERALLY SHIFTED GRATINGS AND NANOPARTICLE-GRATING CONFIGURATIONS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd International Materials Research Congress Sociedad Mexicana de Materiales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sociedad Mexicana de Materiales; Materials Research Society, Aug 2024, Cancun, Mexico</w:t>
+              <w:t xml:space="preserve">FQMT 2024 - Frontiers of Quantum and Mesoscopic Thermodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Prague (Czech Republic), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843158v1</w:t>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Università di Roma - La Sapienza, Apr 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04987306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">NEAR-FIELD RADIATIVE HEAT TRANSFER BETWEEN GRAPHENE-BASED NANOSTRUCTURES: LATERALLY SHIFTED GRATINGS AND NANOPARTICLE-GRATING CONFIGURATIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FQMT 2024 - Frontiers of Quantum and Mesoscopic Thermodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Prague (Czech Republic), Czech Republic</w:t>
+              <w:t xml:space="preserve">32nd International Materials Research Congress Sociedad Mexicana de Materiales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sociedad Mexicana de Materiales; Materials Research Society, Aug 2024, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04844720v1</w:t>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluctuational electrodynamics effects in graphene-based nanosystems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AES 2024, The International Conference on Antennas and Electromagnetic Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Rome (Italie), Italy</w:t>
+              <w:t xml:space="preserve">Séminaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Queen's University of Belfast, Oct 2024, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845553v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Fluctuational electrodynamics effects in graphene-based nanosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Queen's University of Belfast, Oct 2024, Belfast, Ireland</w:t>
+              <w:t xml:space="preserve">AES 2024, The International Conference on Antennas and Electromagnetic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rome (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987291v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the different models of Graphene conductivity and its effects on Casimir forces and on radiative heat transfer in nanostructured systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META 2024 - The 14th International Conference on Metamaterials, Photonic Crystals and Plasmonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Toyama, Japon, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous breaking of time-reversal symmetry and time-crystal states in chiral atomic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Department of Physics, National University of Singapore (NUS), Jul 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04987302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genuine Quantum Thermal Machine in Single Nonequilibrium EM Bath</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder partially covered with a graphene strip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Quantum Science and Technology with EM Relevance", PIERS23 “Progress In Electromagnetic Research Symposium”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Prague (Czech Republic), Czech Republic</w:t>
+              <w:t xml:space="preserve">META 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S. Zouhdi &amp; P. Lalanne, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845568v1</w:t>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04172370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructuration effects in Casimir Torque and in Thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thermal Polaritonics Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circularly polarized thermal radiation in α-MoO3/β-Ga2O3 twisted layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Centini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiyu Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Cristina Larciprete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuomin Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Symposium on Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Thessaloniki, Greece. pp.145-151, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1615/RAD-23.180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04610064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder partially covered with a graphene strip</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Genuine Quantum Thermal Machine in Single Nonequilibrium EM Bath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, S. Zouhdi &amp; P. Lalanne, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">"Quantum Science and Technology with EM Relevance", PIERS23 “Progress In Electromagnetic Research Symposium”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Prague (Czech Republic), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04172370v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of top metallic contacts on radiation transfer and conversion efficiency for near-field ther- mophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Austry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minggang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, S. Zouhdi &amp; P. Lalanne, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Many-body interaction on near-field radiative heat transfer in the three-particle system: enhancement and inhibition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minggang Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junming Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linhua Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Symposium on Radiative Transfer, RAD-23</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Thessaloniki, Greece. pp.169-176, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1615/RAD-23.210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04610050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genuine Quantum Thermal Machine in a Nonequilibrium EM Bath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Specific Approaches in Computational Electromagnetics", PIERS23</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Prague (Czech Republic), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructuration effects in Casimir Torque and in Thermophotovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Specific Approaches in Computational Electromagnetics, PIERS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04987527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder covered with graphene strips</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Casimir torque and force on gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AES 2022 (Antennas and Electromagnetic Systems)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">META 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Torremolinos, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03692457v1</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03811151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macroscopic Effects of Fluctuations in Quantum and Classical Electrodynamics: Casimir Forces and Radiative Heat Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KITP Program: Emerging Regimes and Implications of Quantum and Thermal Fluctuational Electrodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Goleta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03811154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giant Casimir Torque And Theta=0 Anomaly + Genuinely Quantum Thermal Machine Out of Thermal Equilibrium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KITP Program: Emerging Regimes and Implications of Quantum and Thermal Fluctuational Electrodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Goleta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03811152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir torque and force on gratings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder covered with graphene strips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Torremolinos, Spain</w:t>
+              <w:t xml:space="preserve">AES 2022 (Antennas and Electromagnetic Systems)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03811151v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03692457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torque and energy transfer in periodic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">745. WE-Heraeus-Seminar:"Photon, Phonon, and Electron Transitions in Coupled Nanoscale Systems"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03811148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative heat transfer between nanostructured objects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Radiative heat transfer between metallic gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Beyond Fourier" thematic day, Societé Francaise de Termique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">2022 High-Level Academic Exchange program for Smart Energy and Aerospace Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Harbin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03811149v1</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative heat transfer between metallic gratings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Radiative heat transfer between nanostructured objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 High-Level Academic Exchange program for Smart Energy and Aerospace Power</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Harbin, China</w:t>
+              <w:t xml:space="preserve">"Beyond Fourier" thematic day, Societé Francaise de Termique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881040v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03811149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir torque and force on gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">729. WE-Heraeus-Seminar: Fluctuation‐induced Forces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2022, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03811158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir interaction on gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AES 2022 (Antennas and Electromagnetic Systems)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://aesconference.org/index.php/AES22/AES22, May 2022, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03692467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entanglement and Giant transport in non-reciprocal photonic topological insulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KITP program « Emerging Regimes and Implications of Quantum and Thermal Fluctuational Electrodynamics »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Santa Barbara (CA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder covered with graphene strips for heat transfer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder covered with graphene strips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Jeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Optical Society : Annual Meeting 2021 (EOSAM2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Rome, Italy</w:t>
+              <w:t xml:space="preserve">The 14th International Conference “Micro- and Nanoelectronics – 2021” (ICMNE-2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Zvenigorod, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03357063v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder covered with graphene strips</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Efficient computation of EM scattering from a dielectric cylinder covered with graphene strips for heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Jeyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th International Conference “Micro- and Nanoelectronics – 2021” (ICMNE-2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Zvenigorod, Russia</w:t>
+              <w:t xml:space="preserve">European Optical Society : Annual Meeting 2021 (EOSAM2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03391523v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir torque and force on gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers of Quantum and Mesoscopic Thermodynamics - FQMT2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03321782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giant Casimir torque between rotated gratings and the θ = 0 anomaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Alexander Friedmann International Seminar on Gravitation and Cosmology and 4th Satellite Symposium on the Casimir Effect</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Saint-Pétersbourg, Russia. pp.02n03</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonreciprocity-induced Quantum Optical Torque</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Engineering Casimir Forces: From Topological Insulators to (Collective) Photon Recoil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Yoshi Buhmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Barcellona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bennet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frider Lindel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190232v1</w:t>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering Casimir Forces: From Topological Insulators to (Collective) Photon Recoil</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nonreciprocity-induced Quantum Optical Torque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Silveirinha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George W. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Monticone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190229v1</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giant interatomic energy-transport amplification with nonreciprocal photonic topological insulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Doyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George W. Hanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers of Quantum and Mesoscopic Thermodynamics - FQMT19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02190897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giant Interatomic Energy-transport Amplification with Nonreciprocal Photonic Topological Insulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Doyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ali Hassani Gangaraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George W. Hanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02190893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-range Heat and Energy Transfer through Hyperbolic Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svend-Age Biehs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02190887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling between nano-slits lattice modes and metal-insulator-graphene cavity modes: a semi-analytical model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kofi Edee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">METANANO 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITMO University, Jul 2019, Saint Petersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02188829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir Forces between Silicon Gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ho Bun Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingkang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Y. Ng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Che Ting Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS : Progress In Electromagnetics Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIERS Academy, Aug 2018, Toyama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01864295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field heat transfer between graphene/hBN multilayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuomin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shanhui Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS: Progress In Electromagnetics Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIERS Academy, Aug 2018, Toyama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01863580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latest Advances on Modal Methods in Computational Electromagnetics: Applications in Nanophotonics and Plasmonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kofi Edee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maha Ben Rhouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS : Progress In Electromagnetics Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIERS Academy, Aug 2018, Toyama, Japan. pp.230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01863901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative heat-transfer between metallic gratings using adaptive spatial resolution</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Solitons in a superfluid Fermi gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">META'17 - Incheon – Korea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Incheon - Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">6.CIRM Conference «New Challenges in Mathematical Modelling and Numerical Simulation of Superfluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01570566v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust entanglement with three-dimensional nonreciprocal photonic topological insulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solitons in a superfluid Fermi gas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Radiative heat-transfer between metallic gratings using adaptive spatial resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Noto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6.CIRM Conference «New Challenges in Mathematical Modelling and Numerical Simulation of Superfluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Marseille, France</w:t>
+              <w:t xml:space="preserve">META'17 - Incheon – Korea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Incheon - Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909525v1</w:t>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01570566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative heat transfer between metallic gratings using Adaptive Spatial Resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NanoRad 2017 (Thermal Radiation at the nanoscale)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Daejon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitation injector in an atomic chain: Long-range transport and efficiency amplification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FQMT17 “Frontiers of Quantum and Mesoscopic Thermodynamics”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Entanglement and Giant Interatomic Energy-Transport with Photonic Topological Insulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EOS topical meeting on "Optics at the Nanoscale"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Capri, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative Heat Transfer between Metallic Gratings Using Adaptive Spatial Resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Noto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS : Progress In Electromagnetics Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIER Electromagnetics Academy, May 2017, Saint Petersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01538779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal and Electrostatic Manipulation of the Casimir Force in Graphene Multilayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chahine Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global summit on Laser Optics &amp; Photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01548335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir Interaction: grating-grating and sphere-grating</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Light-induced Optomechanical Forces in Graphene Waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AES 2016 (Advanced Electromagnetics Symposium)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Malaga-Torremolinos, Spain</w:t>
+              <w:t xml:space="preserve">Progress In Electromagnetics Research Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880991v1</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01421873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer and Casimir-Lifshitz interactions between diffraction gratings: numerical methods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Casimir Interaction between a sphere and grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Antezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Maia Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heat transfer at the nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wilhelm und Else Heraeus-Stiftung, Apr 2016, Bad Honnef, Germany</w:t>
+              <w:t xml:space="preserve">Advanced Electromagnetics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01318643v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01422091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir Interaction between a sphere and grating</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Heat transfer and Casimir-Lifshitz interactions between diffraction gratings: numerical methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electromagnetics Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Malaga, Spain</w:t>
+              <w:t xml:space="preserve">Heat transfer at the nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wilhelm und Else Heraeus-Stiftung, Apr 2016, Bad Honnef, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01422091v1</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01318643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-equilibrium Casimir-Lifshitz force between gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Casimir and van der Waals Physics: Progress and Prospects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The HKUST Club Institute for Advanced Study of the Hong Kong University of Science and Techno, Apr 2016, Hong-Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01318653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-induced Optomechanical Forces in Graphene Waveguides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Casimir Interaction: grating-grating and sphere-grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress In Electromagnetics Research Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Shanghai, China</w:t>
+              <w:t xml:space="preserve">AES 2016 (Advanced Electromagnetics Symposium)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Malaga-Torremolinos, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01421873v1</w:t>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperbolic waveguide for long distance transport of near-field heat flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svend-Age Biehs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress In Electromagnetics Research Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01421877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light and matter waves propagation in artificial atomic crystals: periodic and disordered configurations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First CoCo Summer School « Ultracold few- and many-body systems: Quantum mechanics made crystal clear »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Mittelwihr, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-equilibrium quantum manipulation: from quantum thermal machines to quantum transport</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Quantum thermal machines with single nonequilibrium environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FisMat 2015: Italian National Conference on Condensed Matter Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Palermo, Italy</w:t>
+              <w:t xml:space="preserve">FQMT15 “Frontiers of Quantum and Mesoscopic Thermodynamics”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909530v1</w:t>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum thermal machines with single nonequilibrium environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Non-equilibrium quantum manipulation: from quantum thermal machines to quantum transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FQMT15 “Frontiers of Quantum and Mesoscopic Thermodynamics”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">FisMat 2015: Italian National Conference on Condensed Matter Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Palermo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909535v1</w:t>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium between dielectric gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Noto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FISMAT 2015 : Italian National Conference on Condensed Matter Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Palerme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01318661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermally activated nonlocal amplification in quantum energy transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META15: International Conference on Metamaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir-Lifshitz force out of thermal equilibrium between dielectric gratings, International Symposium on Nanotechnologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Noto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Nanotechnologies: Research, Innovation and Economic Challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Marocaine de Chimie Analytique pour un Développement Durable (AMCADD), Oct 2015, Casablanca, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01318487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-equilibrium quantum manipulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Electromagnetic diffraction from nanostructured objects: numerical challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Guizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Noto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIII International Materials Research Congress, “Symposium Materials Relevance in Fluctuation-I</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Cancun, Mexico</w:t>
+              <w:t xml:space="preserve">Progress in Electromagnetic Research Symposium (PIERS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PIERS Academy, Jul 2014, Guangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909555v1</w:t>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02042555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic diffraction from nanostructured objects: numerical challenges</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Non-equilibrium quantum manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Electromagnetic Research Symposium (PIERS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PIERS Academy, Jul 2014, Guangzhou, China</w:t>
+              <w:t xml:space="preserve">XXIII International Materials Research Congress, “Symposium Materials Relevance in Fluctuation-I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02042555v1</w:t>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elementary quantum systems out of thermal equilibrium: From quantum thermalization to entanglement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FQMT13 “Frontiers of Quantum and Mesoscopic Thermodynamics”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmon amplification by strong coupling in a layered structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Castanié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Guizal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Felbacq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NanoScience Engineering 2013 - Part of SPIE Optics Photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, San Diego (California), United States. pp.88081K, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2029606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02964425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-field heat transfer between arbitrary bodies: from quantum thermalization to entanglement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">École de Physique de Les Houches: “Nanoscale Radiative Heat Transfer ”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Les Houches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04881007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">near-field heat transfer in n-body sytems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ben-Abdallah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phonon and fluctuations, Sant Feliu de Guixols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, xx, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00818567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral gaps for light in a periodic ensemble of ultracold atoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JPS-ESPCI : “Journées de Physique Statistique”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two- and three-dimensional strong localization of matter waves by atomic scatterers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MesoImage workshop : “Correlations, Fluctuations and Disorder ”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light propagation in a periodic ensemble of ultracold atoms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Casimir-Lifshitz Force Out of Thermal Equilibrium and Asymptotic Nonadditivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEWQO2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Turku, Finland</w:t>
+              <w:t xml:space="preserve">QFEXT’09 : “Quantum Field Theory Under the Influence of External Condition”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Norman, Oklahoma, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01910115v1</w:t>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01910108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Lifshitz Force Out of Thermal Equilibrium and Asymptotic Nonadditivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Light propagation in a periodic ensemble of ultracold atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QFEXT’09 : “Quantum Field Theory Under the Influence of External Condition”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Norman, Oklahoma, United States</w:t>
+              <w:t xml:space="preserve">CEWQO2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Turku, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01910108v1</w:t>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01910115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal effects of the Casimir-Polder force : theory and experimental results with ultra-cold gases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERF08 workshop : “Coherence, Squeezing and Entanglement for Precision Measurement with Quantu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Levico (Trento), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First measurement of the dependence of the Casimir-Lifshitz force</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QFEXT’07 : “Quantum Field Theory Under the Influence of External Condition”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal effects of the surface-atom interaction : theory and recent experimental results with ultra-cold gases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Harvard - ITAMP workshop : “Quantum Reflection”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction between atoms and thermal radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRN 2007 : “Thermal Radiation at the Nanoscale : Forces, Heat Transfer, Coherence”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Les Houches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effetti delle forze di Casimir-Polder su gas atomici ultrafreddi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">The Casimir effect out of thermal equilibrium and its effects on ultra-cold gases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop: “Le misure della forza di Casimir: situazione attuale e prospettive future”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Torino, Italy</w:t>
+              <w:t xml:space="preserve">XXIV Convegno di “Fisica teorica e struttura della materia”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Levico, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881015v1</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal effects of the Casimir forces on ultra-cold gases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Thermal effects of the Casimir force for surface-atom and surface-surface configurations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop: “Advances in Precision Tests and Experimental Gravitation in Space”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Florence, Italy</w:t>
+              <w:t xml:space="preserve">QMFPA 2006: “Quantum Mechanics: from fundamental problems to applications”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Bertinoro, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881017v1</w:t>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal effects of the Casimir force for surface-atom and surface-surface configurations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Thermal effects of the Casimir forces on ultra-cold gases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QMFPA 2006: “Quantum Mechanics: from fundamental problems to applications”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, Bertinoro, Italy</w:t>
+              <w:t xml:space="preserve">International Workshop: “Advances in Precision Tests and Experimental Gravitation in Space”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881013v1</w:t>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Casimir effect out of thermal equilibrium and its effects on ultra-cold gases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Effetti delle forze di Casimir-Polder su gas atomici ultrafreddi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV Convegno di “Fisica teorica e struttura della materia”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Levico, Italy</w:t>
+              <w:t xml:space="preserve">Workshop: “Le misure della forza di Casimir: situazione attuale e prospettive future”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881019v1</w:t>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal effects of the Casimir force for surface-atom and surface-surface configurations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Surface-atom force out of thermal equilibrium and its effect on cold atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Lorenz Center: ”Dispersion Forces and Nano-Electro-Mechanical Systems“</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, Leiden, Netherlands</w:t>
+              <w:t xml:space="preserve">YAO’06 : Young Atom Opticians, Ecole Polytechnique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2006, Palaiseau (Ecole Polytechnique), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881010v1</w:t>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface-atom force out of thermal equilibrium and its effect on cold atoms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Thermal effects of the Casimir force for surface-atom and surface-surface configurations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">YAO’06 : Young Atom Opticians, Ecole Polytechnique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2006, Palaiseau (Ecole Polytechnique), France</w:t>
+              <w:t xml:space="preserve">Workshop Lorenz Center: ”Dispersion Forces and Nano-Electro-Mechanical Systems“</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881028v1</w:t>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface-atom force in and out of thermal equilibrium and its effect on cold atoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QED 2005: “Quantum Vacuum and the Search for New Forces”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Les Houches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04881034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface-atom force in and out of thermal equilibrium and its effect on cold atoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QFEXT’05: “Quantum Field Theory Under the Influence of External Condition”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04881030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Unruh Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop: “The Dynamical Casimir Effect”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2004, Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04881037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22376,146 +22510,146 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gain-Loss-Engineering: A New Platform for Extreme Anisotropic Thermal Photon Tunneling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xin-Yu Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Liang Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Energy Engineering. ICEE 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Hong Kong (China), China. 1426, Springer Nature Singapore, pp.73-85, 2025, Lecture Notes in Electrical Engineering, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-96-6444-3_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22525,146 +22659,146 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluctuation-Induced Forces Between Atoms and Surfaces: The Casimir–Polder Interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Intravaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Henkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Casimir Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 834, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Berlin Heidelberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.345-391, 2011, Lecture Notes in Physics, 978-3-642-20287-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-20288-9_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId539" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04617444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22674,277 +22808,277 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir torque and force on gratings, and Genuine quantum thermal machine in single nonequilibrium EM bath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative heat transfer between gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photonic Toplological Insulators: from Robust Entanglement to Giant Interatomic Energy Transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Equilibrium Quantum Manipulation: Entanglement, Quantum Thermal Machines, Energy Transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22954,236 +23088,236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gain-loss-engineering: a new platform for extreme anisotropic thermal photon tunneling</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Graphene conductivity: Kubo model versus QFT-based model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Rodriguez-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId545" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617573v1</w:t>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene conductivity: Kubo model versus QFT-based model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pablo Rodriguez-Lopez</w:t>
+                <w:t xml:space="preserve">Gain-loss-engineering: a new platform for extreme anisotropic thermal photon tunneling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheng-Long Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Chen Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Liang Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mauro Antezza</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId547" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04523215v1</w:t>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId548"/>
+      <w:footerReference w:type="default" r:id="rId551"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -23251,51 +23385,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1E9F6BAD"/>
+    <w:nsid w:val="186E7AE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23482,51 +23616,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mauro-antezza" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4540-5864" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/antezza_m_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/L-9392-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/site/mauroantezza/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160020v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rodriguez-Lopez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Antezza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/vwm1-x3vw" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981224v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hexiang Zhang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuguang Zhang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangqi Chen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zheng" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0256162" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252394v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Jeyar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Austry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minggang Luo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guizal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/sxyl-4f3g" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200165v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Cenedese" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mister" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Benenti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele de Chiara" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/hl8q-4wy9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860192v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-You Wang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Zhang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Ping Luo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Liang Yi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.126645" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364352v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Paulino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Cabot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Lesanovsky" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/ae186c" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001129v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng-Long Zhou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuihua Yang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Huang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2024-0729" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007945v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Sheng Wang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.115428" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955608v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.075417" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431386v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Hu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohu Wu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haotuo Liu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuquan Huang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/ldyf-753c" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985871v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Caratenuto" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Mu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TA08793C" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608436v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.195431" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617593v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.075423" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608564v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.125105" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608450v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Centini" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiyu Yang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cristina Larciprete" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoming Zhang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109051" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608628v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Ceneda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Abedini Dereshgi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Vittorio Lupo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad18f6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842972v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Torbatian" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shui-Hua Yang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.066902" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603644v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Bun Chan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.045446" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881058v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junming Zhao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhua Liu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109129" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609835v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Yang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kezhang Shi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fmre.2023.03.021" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843008v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2024.110192" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608461v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Carollo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/ad3f42" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843039v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Deng" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanglin Bao" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Evans" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202401633" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608544v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Emelianova" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nail Khusnutdinov" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad2f1c" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324164v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dai-Nam Le" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V Bondarev" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia M Woods" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.035422" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608582v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sen Zhang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongdi Dang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinran Li" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naeem Iqbal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Jin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.024054" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609857v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svend-Age Biehs" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girish Agarwal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.108.042201" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609959v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Jian He" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Guo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Qi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Heng Zheng" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP01912H" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170736v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.108.062811" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609996v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.035201" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174566v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Bondarev" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pugh" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Woods" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP03706A" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609727v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182725" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609948v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Qu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya-Tao Ren" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtphys.2023.101207" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610037v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.025306" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196317v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rio Silveirinha" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ter&#231;as" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.235154" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128464v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.115412" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609986v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baokun Liu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124462" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524642v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Wu" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Wu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiancheng Zhao" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.107457" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739127v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Novko" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.075201" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806711v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaoming Tang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.155404" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767404v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtphys.2022.100828" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703322v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.235431" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783120v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Krishtopenko" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Teppe" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.115203" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693817v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Mei Zhang" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123076" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176682v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Zhu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.125421" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122200v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingkang Wang" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Tang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-Y. Ng" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Messina" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-20891-4" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480809v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Nie" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Xi Liu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Nori" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.250402" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350625v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanpei Tian" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojie Liu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0058779" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327278v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caratenuto Andrew" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Xiao" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.433003" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191119v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Hu Wu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hing-Liang Yi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.155404" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02966760v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Xiong Su" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Jun Zhao" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0022261" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044075v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alok Ghanekar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-020-00098-8" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871572v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Li Voti" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Bertolotti" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concita Sibilia" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.389837" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02966745v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingjian He" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yatao Ren" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijun Zhao" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.403044" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997633v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Edee" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Ben Rhouma" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Albert Fan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay A. Gippius" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.405030" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973233v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignat Fialkovsky" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.195422" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908106v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.024203" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566076v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samaneh Pakniyat" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Holmes" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Hanson" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ali Hassani Gangaraj" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2020.2969725" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059594v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120793" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447824v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Teppe" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab6741" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912756v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0018329" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02583744v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.392371" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431405v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.119305" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02617155v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.205424" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431447v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Marachevsky" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.013903" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923218v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033315" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924253v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.402642" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267129v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He-Ping Tan" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.085426" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111478v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Dong" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.134207" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103569v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George W. Hanson" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Monticone" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.042508" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317225v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping-Heng Tan" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.134305" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424284v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5132995" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160116v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunas Sartri" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.245414" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076490v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Benrhouma" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OSAC.2.001296" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885407v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindel Frieder" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Yoshi Buhmann" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.144101" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925150v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Landi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Hewgill" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Reid" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ferraro" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaecee" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792421v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.201108" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726096v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pigeon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/120/60006" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714025v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.022509" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883367v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.125146" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464078v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muller Boris" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Incardone Roberta" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Emig" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Kr&#252;ger" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.085413" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664518v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian L. Fuchs" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frieder Lindel" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Krems" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.062505" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482013v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Noto" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.125404" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448442v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Doyeux" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leggio" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.012138" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494732v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahine Abbas" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.126101" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552158v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Zhao" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuomin Zhang" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanhui Fan" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.245437" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533723v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.063807" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624891v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.173901" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557223v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ben-Abdallah" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.045402" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517943v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Latella" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.205404" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292276v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.115427" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278148v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.022134" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275487v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.022122" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359633v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.104301" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109758v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bellomo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.012117" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158058v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/110/40002" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144541v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.042124" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235704v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/112/40004" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245998v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Maia Neto" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.062504" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054237v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Bartolo" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/107/30006" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058753v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.022120" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065030v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.033617" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020218v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Braggio" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Carugno" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Passante" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.023601" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996282v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.052104" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241962v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Messina" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Felbacq" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.012101" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880526v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/104/10006" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909815v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/11/113052" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818327v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Castin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.033844" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241936v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/100/20006" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763953v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.244302" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617458v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/2.1201206.004296" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00556819v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/95/61002" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627218v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.042102" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494324v2" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. W. Hutchinson" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.043602" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406429v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.013816" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365761v2" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.123903" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964075v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Riboli" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Recati" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iacopo Carusotto" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2007-00308-1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964086v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev P. Pitaevskii" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Stringari" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly B. Svetovoy" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.022901" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964258v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bariani" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone de Liberato" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Ciuti" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.063621" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964061v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Dalfovo" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.76.043610" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964046v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Obrecht" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. Wild" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.063201" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964057v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cozzini" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.75.053609" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964025v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.223203" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962795v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/39/21/S02" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962766v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.95.113202" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960126v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.70.053619" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061713v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176981v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304264v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061707v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073359v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177009v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137048v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843158v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987306v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844720v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845553v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987291v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845546v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987302v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845568v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880837v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610064v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.180" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172370v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172392v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610050v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.210" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880858v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987527v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692457v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811154v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811152v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811151v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811148v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811149v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881040v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811158v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692467v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880863v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357063v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391523v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321782v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880984v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190232v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Silveirinha" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190229v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Barcellona" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bennet" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Fuchs" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frider Lindel" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190897v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190893v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190887v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188829v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864295v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Y. Ng" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Che Ting Chan" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863580v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863901v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570566v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909499v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909525v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909518v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909510v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909487v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538779v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548335v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880991v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318643v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422091v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318653v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421873v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421877v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880993v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909530v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909535v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318661v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909536v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318487v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909555v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042555v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910035v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964425v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Castani&#233;" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2029606" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881007v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00818567v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910102v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910070v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910115v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910108v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910122v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910130v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910125v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910135v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881015v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881017v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881013v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881019v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881010v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881028v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881034v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881030v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881037v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160030v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin-Yu Jia" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-6444-3_7" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617444v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Intravaia" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Henkel" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-20288-9_11" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-20288-9_11" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847628v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847668v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847807v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847842v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617573v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chen Peng" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523215v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mauro-antezza" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4540-5864" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/antezza_m_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/L-9392-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/site/mauroantezza/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541726v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun-Chao Hao" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Kr&#252;ger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Antezza" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng-Long Zhou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2026.128631" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860192v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-You Wang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Ping Luo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Liang Yi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.126645" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200165v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Cenedese" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mister" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Benenti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele de Chiara" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/hl8q-4wy9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252394v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Jeyar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Austry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minggang Luo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guizal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zheng" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/sxyl-4f3g" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981224v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hexiang Zhang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuguang Zhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangqi Chen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0256162" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160020v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rodriguez-Lopez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/vwm1-x3vw" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364352v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Paulino" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Cabot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Lesanovsky" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/ae186c" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001129v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuihua Yang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Huang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2024-0729" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007945v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Sheng Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.115428" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431386v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Hu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohu Wu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haotuo Liu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuquan Huang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/ldyf-753c" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955608v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.075417" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985871v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Caratenuto" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Mu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TA08793C" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842972v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Torbatian" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shui-Hua Yang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.066902" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881058v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junming Zhao" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhua Liu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109129" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603644v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Bun Chan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.045446" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608628v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cristina Larciprete" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Ceneda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiyu Yang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Abedini Dereshgi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Vittorio Lupo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad18f6" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608450v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Centini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoming Zhang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109051" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608564v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.125105" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608436v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.195431" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617593v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.075423" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609835v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Yang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kezhang Shi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fmre.2023.03.021" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843008v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2024.110192" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843039v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Deng" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanglin Bao" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Evans" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202401633" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608544v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Emelianova" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nail Khusnutdinov" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad2f1c" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608461v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Carollo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/ad3f42" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324164v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dai-Nam Le" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V Bondarev" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia M Woods" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.035422" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608582v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sen Zhang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongdi Dang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinran Li" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naeem Iqbal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Jin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.024054" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609727v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182725" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609959v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Jian He" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Guo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Qi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Heng Zheng" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP01912H" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174566v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Bondarev" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pugh" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Woods" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP03706A" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170736v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.108.062811" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609996v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.035201" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609857v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svend-Age Biehs" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girish Agarwal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.108.042201" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609948v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Qu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya-Tao Ren" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtphys.2023.101207" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610037v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.025306" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128464v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.115412" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609986v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baokun Liu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2023.124462" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196317v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rio Silveirinha" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ter&#231;as" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.235154" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767404v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtphys.2022.100828" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806711v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaoming Tang" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.155404" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739127v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Novko" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.075201" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524642v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Wu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Wu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiancheng Zhao" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.107457" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703322v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.235431" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783120v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Krishtopenko" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Teppe" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.115203" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693817v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong-Mei Zhang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123076" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350625v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanpei Tian" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojie Liu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0058779" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480809v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Nie" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Xi Liu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Nori" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.250402" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122200v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingkang Wang" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Tang" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-Y. Ng" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Messina" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-20891-4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176682v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Zhu" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.125421" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327278v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caratenuto Andrew" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Xiao" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.433003" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191119v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Hu Wu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hing-Liang Yi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.155404" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973233v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignat Fialkovsky" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.195422" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997633v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Edee" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Ben Rhouma" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Albert Fan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay A. Gippius" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.405030" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871572v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Li Voti" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Bertolotti" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concita Sibilia" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.389837" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02966745v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingjian He" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yatao Ren" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijun Zhao" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.403044" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02966760v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Xiong Su" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Jun Zhao" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0022261" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044075v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alok Ghanekar" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-020-00098-8" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566076v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samaneh Pakniyat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Holmes" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Hanson" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ali Hassani Gangaraj" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2020.2969725" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908106v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.024203" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447824v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Teppe" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ab6741" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912756v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0018329" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059594v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120793" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02583744v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.392371" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431405v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.119305" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923218v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033315" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431447v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Marachevsky" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.013903" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02617155v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.205424" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924253v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.402642" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111478v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Dong" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.134207" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267129v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He-Ping Tan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.085426" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103569v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George W. Hanson" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Monticone" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.042508" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317225v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping-Heng Tan" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.134305" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424284v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5132995" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160116v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunas Sartri" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.245414" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076490v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Benrhouma" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OSAC.2.001296" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792421v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.201108" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925150v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Landi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Hewgill" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Reid" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ferraro" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaecee" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885407v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindel Frieder" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Yoshi Buhmann" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.144101" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726096v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pigeon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/120/60006" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714025v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.022509" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883367v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.125146" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494732v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahine Abbas" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.126101" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448442v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Doyeux" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leggio" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.012138" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482013v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Noto" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.125404" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664518v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian L. Fuchs" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frieder Lindel" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Krems" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.062505" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464078v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muller Boris" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Incardone Roberta" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Emig" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.085413" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533723v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.95.063807" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552158v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Zhao" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuomin Zhang" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanhui Fan" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.245437" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557223v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ben-Abdallah" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.045402" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624891v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.173901" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517943v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Latella" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.205404" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278148v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.022134" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292276v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.115427" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275487v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.022122" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359633v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.104301" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109758v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bellomo" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.012117" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144541v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.042124" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158058v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/110/40002" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235704v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/112/40004" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245998v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Maia Neto" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.062504" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058753v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.022120" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054237v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Bartolo" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/107/30006" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065030v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.033617" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020218v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Braggio" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Carugno" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Passante" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.023601" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996282v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.052104" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241962v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Messina" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Felbacq" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.012101" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880526v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/104/10006" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909815v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/11/113052" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818327v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Castin" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.033844" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241936v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/100/20006" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763953v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.244302" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617458v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/2.1201206.004296" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00556819v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/95/61002" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627218v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.042102" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494324v2" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. W. Hutchinson" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.043602" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406429v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.013816" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365761v2" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.123903" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964075v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Riboli" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Recati" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iacopo Carusotto" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2007-00308-1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964086v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev P. Pitaevskii" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Stringari" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly B. Svetovoy" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.022901" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964258v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bariani" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone de Liberato" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Ciuti" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.063621" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964061v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Dalfovo" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.76.043610" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964046v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Obrecht" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. Wild" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.063201" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964057v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cozzini" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.75.053609" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964025v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.223203" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962795v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0305-4470/39/21/S02" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962766v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.95.113202" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960126v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.70.053619" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061707v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304264v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176981v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061713v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073359v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177009v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137048v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844720v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987306v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843158v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987291v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845553v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845546v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987302v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172370v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880837v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610064v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.180" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845568v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172392v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610050v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.210" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880858v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987527v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811151v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811154v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811152v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692457v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811148v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881040v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811149v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811158v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692467v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880863v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391523v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357063v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321782v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880984v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190229v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Barcellona" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bennet" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Fuchs" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frider Lindel" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190232v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Silveirinha" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190897v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190893v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190887v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188829v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864295v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Y. Ng" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Che Ting Chan" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863580v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863901v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909525v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909499v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570566v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909518v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909510v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909487v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538779v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548335v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421873v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422091v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318643v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318653v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880991v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421877v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880993v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909535v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909530v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318661v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909536v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318487v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042555v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909555v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910035v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964425v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Castani&#233;" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2029606" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881007v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00818567v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910102v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910070v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910108v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910115v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910122v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910130v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910125v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910135v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881019v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881013v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881017v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881015v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881028v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881010v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881034v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881030v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881037v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160030v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin-Yu Jia" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-6444-3_7" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617444v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Intravaia" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Henkel" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-20288-9_11" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-20288-9_11" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847628v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847668v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847807v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847842v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523215v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617573v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chen Peng" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>