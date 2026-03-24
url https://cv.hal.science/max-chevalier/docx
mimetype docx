--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Max Chevalier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">max-chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5402-6255</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">069989699</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging LLMs for legal terms extraction with limited annotated data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Mokhtar Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Thanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Satoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence and Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10506-025-09448-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simrec: a similarity measure recommendation system for mixed data clustering algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil El-Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Big Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (1), pp.43. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40537-024-01052-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview on Data Ingestion and Schema Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Metadata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3, pp.219. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56294/dm2024219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surrogate modelling for an aircraft dynamic landing loads simulation using an LSTM AutoEncoder-based dimensionality reduction approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Lazzara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasone Garay Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin J. Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aerospace Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 126, pp.107629. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ast.2022.107629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics-constrained deep learning forecasting: an application with capacitance resistive model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Yewgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Busby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (4), pp.1065-1100. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10596-022-10146-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The investigation of an event-based approach to improve commodities supply chain management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovana Ramalho Sena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Chemli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brazilian Journal of Operations and Production Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (2), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14488/BJOPM.2022.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CIRCLE 2020: : the first joint conference of the information retrieval communities in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iván Cantador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Melucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sigir Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (2), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3483382.3483394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enterprise Knowledge Graph : définition et contribution à un système 'Team of Teams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Vidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, RNTI-B-16, pp.60-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepôts de données orientés documents : cuboïdes étendus - Modèles et cuboïdes NoSQL orientés documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 20 (1), pp.9-38. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dn.2017.00001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandit algorithms for the multiple-play recommendation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (2-3), pp.59-79. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/DN.18.2-3.59-79⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Systèmes de Recommandation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Kembellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Dudognon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.H7245</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche de gestion de contextes métiers pour l'accès à l'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamdi Chaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tricot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 19 (2), pp.111-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01390837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usagers et recherche d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Numéro spécial - Usage et Conception des SI : Prise en Compte de l'Utilisateur, 14 (3), pp.75-95. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ISI.14.3.75-95⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantics-based Profiles Modeling and Matching for Resources Access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Sciences pour l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7, pp.54-63. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/jspi.v7i1.30039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des individus et de leurs relations pour l'aide à l'intégration des individus dans l'organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, EGC 2005 : Actes des Journées francophones d'Extraction et Gestion des Connaissances 2005, RNTI-E-3 (2), pp.599-610</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction terminologique juridique à faible supervision : une méthode hybride combinant LLM, règles syntaxiques et CamemBERT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Boumedyen Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36es Journées francophones d'Ingénierie des Connaissances, IC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fleur Mougin, Jul 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empowering CamemBERT Legal Entity Extraction With LLM Boostrapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Boumedyen Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EKAW 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Amsterdam, Netherlands. pp.86-101, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-77792-9_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Semantic Model and LLM for Bootstrapping a Legal Entity Extraction: An Industrial Use Case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Boumedyen Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semantics 2024 - 20th International Conference on Semantic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Amterdam, Netherlands. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/ssw240004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity Measures Recommendation for Mixed Data Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Conference on Scientific and Statistical Database Management (SSDBM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3676288.3676302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04635057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IDAGEmb : An Incremental Data Alignment Based on Graph Embedding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 26th International Conference on Big Data Analytics and Knowledge Discovery (DAWAK 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Regional Explanations with Validity Domains for Local Explanations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Big Data Analytics and Knowledge Discovery (Dawak 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Naples, Italy. pp.147-161, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-68323-7_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un clustering interactif assisté par l'explicabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Mokhtari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème conférence francophone sur l'Extraction et la Gestion des Connaissances (EGC 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hocine Cherifi, Jan 2024, Dijon, France. pp.287-294</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Node2Vec Stability: Preliminary Study to Ensure the Compatibility of Embeddings with Incremental Data Alignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Model and Data Engineering (MEDI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Sousse, Tunisia. pp.79-88, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-55729-3_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AutoXAI: Un cadre pour sélectionner automatiquement la solution d'XAI la plus adaptée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Extraction et Gestion des Connaissances (EGC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Lyon, France. pp.491--498</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignement incrémental des données dans des environnements dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41éme Congrès INFormatique des ORganisations et Systèmes d'Information et de Décision (INFORSID 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d’informatique L3i de La Rochelle Université, May 2023, La Rochelle, France. pp.177-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Model for the Legal Maintenance: the Case of Semantic Annotation of France Legislative and Regulatory Texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Boumedyen Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Methodologies for Translating Legal Norms into Formal Representations (LN2FR 2022) in conjunction with JURIX 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’alignement des schémas hétérogènes : approche basée sur des embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée inter-associations EGC/Inforsid : Les sciences des données dans les systèmes d’information (2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Query Management for a Decentralised Enterprise Knowledge Graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Vidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Signal Image Technology &amp; Internet based Systems (SITIS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Dijon, France. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS57111.2022.00012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinations of Content Representation Models for Event Detection on Social Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gitto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Research Challenges in Information Science (RCIS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://link.springer.com/chapter/10.1007/978-3-031-05760-1_42, May 2022, Barcelone, Spain. pp.670-677, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-05760-1_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of similarity measures on clustering mixed data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Scientific and Statistical Database Management (SSDBM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Copenhague, Denmark. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3538712.3538742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AutoXAI: A Framework to Automatically Select the Most Adapted XAI Solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st ACM International Conference on Information and Knowledge Management (CIKM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Atlanta GA, United States. pp.315-324, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3511808.3557247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'influence des représentations textuelles sur la détection d'évènements non supervisée dans des flux de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Chemli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gitto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIXème Congrès INFormatique des ORganisations et Systèmes d'Information et de Décision (INFORSID 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Dijon (virtuel), France. pp.23-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a Business View of Enterprise Data: An approach based on a Decentralised Enterprise Knowledge Graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Vidé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th International Database Engineering and Applications Symposium (IDEAS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Concordia Univesity with the cooperation of BytePress.org, Jul 2021, Montréal (virtual), Canada. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3472163.3472276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03304542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-CRM: A New Deep Learning Approach For Capacitance Resistive Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Yewgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Busby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin J Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECMORXVII: 17 th European Conference On The Mathematics Of Oil Recovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03008325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event detection and time series alignment to improve stock market forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Chemli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gitto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Conference of the Information Retrieval Communities in Europe (CIRCLE 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Samatan, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification multi-labels de données de santé médico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierno Ibrahima Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Megdiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bricon-Souf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Seminaire Veille Strategique Scientifique et Technologique (VSST 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interrogation de données hétérogènes dans les systèmes NoSQL orientés graphes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamdi Ben Hamadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36e Congres Informatique des Organisations et Systemes d'Information et de Decision (INFORSID 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France. pp.179-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03635372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Querying heterogeneous data in graph-oriented NoSQL systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamdi Ben Hamadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Data Warehousing and Knowledge Discovery (DaWaK 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Regensburg, Germany. pp.289-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un benchmark enrichi pour l'évaluation des entrepôts de données noSQL volumineuses et variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journees Francophones sur les Entrepots de Donnees et l'Analyse en ligne (EDA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lyon, France. pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document-oriented data warehouses: models and extended cuboids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International IEEE Conference on Research Challenges in Information Science (RCIS 2016) co-located witht the 34th French Conference INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France. pp. 13-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tags and Information Recollection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Terrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Signal-Image Technology &amp; Internet-Based Systems (SITIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Naples, Italy. pp.373-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational Memory: a Model based on a Heterogeneous Network and an Automatic Information Integration Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bascans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gennero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IEEE International Conference on Research Challenges in Information Science (RCIS2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France. pp. 1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document-oriented data warehouses : complex hierarchies and summarizability.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Ubiquitous Networking (UNet 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Casablanca, Morocco. pp.671-683</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document-Oriented Models for Data Warehouses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Enterprise Information Systems (ICEIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Rome, Italy. pp.142-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADORES: A Diversity-oriented Online Recommender System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Dudognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Annual ACM Symposium on Applied Computing (SAC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Pise, Italy. pp.1075-1076, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2851613.2851921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04109518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of Multidimensional Databases with Document-Oriented NoSQL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Big Data Analytics and Knowledge Discovery (DaWaK 2015) in 26th DEXA Conferences and Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Valencia, Spain. pp. 379-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes de recommandations : algorithmes de bandits et évaluation expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47emes Journees de Statistique de la SFdS (JDS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. pp. 1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmes de bandit pour les systèmes de recommandation : le cas de multiples recommandations simultanées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference francophone en Recherche d'Information et Applications (CORIA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France. pp. 73-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiple-play bandit algorithm applied to recommender systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gerchinovitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Florida Artificial Intelligence Research Society (FLAIRS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Hollywood, United States. pp.67-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04077707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepôts de données multidimensionnelles NoSQL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Journées Francophones sur les Entrepôts de Données et l'Analyse en ligne (EDA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Bruxelles, Belgique. pp. 161-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire organisationnelle adaptative en vue d'une classification automatique pour la capitalisation d'informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bascans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gennero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33eme congres INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Biarritz, France. pp. 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01327095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing Multidimensional Data Warehouses into NoSQL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Enterprise Information Systems (ICEIS 2015) held in conjunction with ENASE 2015 and GISTAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01387759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implantation Not Only SQL des bases de données multidimensionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4eme Seminaire de Veille Strategique, Scientifique et Technologique (VSST 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grenade, Espagne. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark for OLAP on NoSQL Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IEEE International Conference on Research Challenges in Information Science (IEEE RCIS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Athens, Greece. pp. 480-485</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of multidimensional databases in column-oriented NoSQL systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th East-European Conference on Advances in Databases and Information Systems (ADBIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Poitiers, France. pp. 79-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche de gestion de contextes métiers pour l'accès à l'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamdi Chaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tricot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation graphique des SI. Du traitement visuel de modèles complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bihanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dupuy-Chessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Pallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.99-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité de recommandations : application à une plateforme de blogs et évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Candillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Dudognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference francophone en Recherche d'Information et Applications (CORIA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Neuchâtel, Switzerland. pp. 269-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01264564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-application Profile Updates Propagation: a Semantic Layer to improve Mapping between Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bennani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Viviani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Interoperability of User Profiles in Multi-Application Web Environments in conjunction with the WWW2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Lyon, France. pp.949-958, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2187980.2188228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01352979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation utilisateurs et systèmes d'information sur le Web : pour une approche centrée usager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Ciaccia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "Hypertextes et hypermédias. Produits, Outils et Méthodes Rétrospective et Perspective 1989 - 2009" (H2PTM'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Paragraphe à l’Université Paris 8, Sep 2009, Paris, France. pp.61-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de l'organisation : une approche topologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Gabriel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées Francophones Extraction et Gestion de Connaissances (EGC 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Namur, Belgique. pp.557-568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalized Information Access Through Flexible and Interoperable Profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Web Information Systems Engineering, Workshop on Personalized Access to Web Information (WISE 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Nancy, France. pp.374--385, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-540-77010-7_35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation des Interfaces Utilisateur d'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Atelier Visualisation et Extraction de Connaissances - EGC'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Lille, France. pp.23-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00001156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interopérabilité de profils pour l’accès à des ressources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ième Congrès National Inforsid’06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Hammamet, Tunisie. p. 65-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critères d'évaluation pour les interfaces des systèmes de recherche d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Conférence en Recherche d'Information et Applications (CORIA'06)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIRIS, Mar 2006, Lyon, France. pp.109-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00001155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profiles Semantics and Matchings Flexibility for Resources Access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International IEEE conference on Signal-Image Technology &amp; Internet-based Systems (SITIS’05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Yaounde, Cameroon. p. 224-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profile reusability for personalized information access : application to users contexts determination.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Context-based Information Retrieval (CIR’05), in conjonction with Context’05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Paris, France. p. 71-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PROFILE-BASED ARCHITECTURE FOR A FLEXIBLE AND PERSONALIZED INFORMATION ACCESS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IADIS International Conference (IADIS/WWW Internet 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Madrid, Spain. p. 1017- 1022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de l'organisation : une représentation basée sur les acteurs et leurs relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Veille Stratégique Scientifique et Technologique (VSST 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRIT; UPC; SFBA, Oct 2004, Toulouse, France. pp.209-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NeuralODE-Based Latent Trajectories into AutoEncoder Architecture for Surrogate Modelling of Parametrized High-Dimensional Dynamical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Lazzara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICANN 2023: 32nd International Conference on Artificial Neural Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Thrace, Greece. 14259, Springer Nature Switzerland, pp.497-508, 2023, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-44223-0_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Surrogate Model Prediction by Noise Injection into Autoencoder Latent Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Lazzara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasone Garay Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 34th International Conference on Tools with Artificial Intelligence (ICTAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, En ligne, France. IEEE, pp.533-538, 2022, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI56018.2022.00085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of CIRCLE 2020 - Conference of the Information Retrieval Communities in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iván Cantador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Melucci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRCLE 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2621, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIGIR'19: Proceedings of the 42nd International ACM SIGIR Conference on Research and Development in Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Piwowarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gaussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd International ACM SIGIR Conference on Research and Development in Information Retrieval (SIGIR 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM: Association for Computing Machinery, 2019, The 42nd International ACM SIGIR Conference on Research and Development in Information Retrieval, 978-1-4503-6172-9. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3331184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03352400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des open et/ou linked data dans les SI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 23 (3-4), 120p, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 23 (3-4), pp.7-8, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-02009033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accès à l’information et évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beigbeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Calabretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18 (1), 124 p., 2015, Accès à l’information et évaluation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01239918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux Sociaux et diffusion d'informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jian-Yun Nie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nie, Jian-Yun; Chevalier, Max. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 21 (3_Septembre-Décembre 2018), 106 p., 2019, Revue des Sciences et Technologies de l'Information, série Document Numérique, 978-2-7462-4888-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03003822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommender Systems and Diversity: Taking Advantage of the Long Tail and the Diversity of Recommendation Lists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Foulonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Groues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Naudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kembellec, Gérald; Chartron, Ghislaine; Saleh, Imad. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recommender Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, chapter 4, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiley-ISTE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71--92, 2014, 978-1848217683. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119054252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandeurs et diversité : Exploitation de la longue traîne et diversité des listes de recommandations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Foulonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Grouès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Naudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chartron, Ghislaine; Saleh, Imad; Kembellec, Gérald. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les systèmes de recommandation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.85--104, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation des systèmes d'accès à l'information et des documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Lopistéguy; Dominique Rieu; Philippe Roose. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'adaptation dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cépaduès, pp.39-71, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A method for Characterizing a geological reservoir of interest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Busby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Yewgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin J Lapeyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2023214191. 2022, https://data.inpi.fr/brevets/WO2023214191?q=#WO2023214191</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes de recommandation et algorithmes de bandits: Notebook Ipython</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOBIDIK: nosql MOdeling of BIg Data, Information and Knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases de données embarquées : intérêts et fonctionnement, exemple avec Derby. Techniques de l'ingénieur - H3867</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Pinel-Sauvagnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INTERFACE ADAPTATIVE POUR L'AIDE A LA RECHERCHE D'INFORMATION SUR LE WEB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interface homme-machine [cs.HC]. Université Paul Sabatier - Toulouse III, 2002. Français. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00350508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usagers & Recherche d'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique [cs]. Université Paul Sabatier - Toulouse III, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00573946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId217"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Max Chevalier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">max-chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5402-6255</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">069989699</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging LLMs for legal terms extraction with limited annotated data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Mokhtar Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Thanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Satoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence and Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10506-025-09448-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05446939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simrec: a similarity measure recommendation system for mixed data clustering algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil El-Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Big Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (1), pp.43. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40537-024-01052-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview on Data Ingestion and Schema Matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data and Metadata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3, pp.219. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56294/dm2024219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics-constrained deep learning forecasting: an application with capacitance resistive model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Yewgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Busby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 26 (4), pp.1065-1100. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10596-022-10146-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surrogate modelling for an aircraft dynamic landing loads simulation using an LSTM AutoEncoder-based dimensionality reduction approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Lazzara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasone Garay Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin J. Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aerospace Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 126, pp.107629. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ast.2022.107629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The investigation of an event-based approach to improve commodities supply chain management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovana Ramalho Sena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Chemli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brazilian Journal of Operations and Production Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (2), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14488/BJOPM.2022.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CIRCLE 2020: : the first joint conference of the information retrieval communities in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iván Cantador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Melucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sigir Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (2), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3483382.3483394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enterprise Knowledge Graph : définition et contribution à un système 'Team of Teams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Vidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, RNTI-B-16, pp.60-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepôts de données orientés documents : cuboïdes étendus - Modèles et cuboïdes NoSQL orientés documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 20 (1), pp.9-38. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dn.2017.00001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandit algorithms for the multiple-play recommendation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (2-3), pp.59-79. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/DN.18.2-3.59-79⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Systèmes de Recommandation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Kembellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Dudognon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.H7245</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche de gestion de contextes métiers pour l'accès à l'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamdi Chaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tricot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 19 (2), pp.111-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01390837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usagers et recherche d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Numéro spécial - Usage et Conception des SI : Prise en Compte de l'Utilisateur, 14 (3), pp.75-95. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ISI.14.3.75-95⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantics-based Profiles Modeling and Matching for Resources Access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Sciences pour l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7, pp.54-63. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/jspi.v7i1.30039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des individus et de leurs relations pour l'aide à l'intégration des individus dans l'organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, EGC 2005 : Actes des Journées francophones d'Extraction et Gestion des Connaissances 2005, RNTI-E-3 (2), pp.599-610</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction terminologique juridique à faible supervision : une méthode hybride combinant LLM, règles syntaxiques et CamemBERT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Boumedyen Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36es Journées francophones d'Ingénierie des Connaissances, IC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fleur Mougin, Jul 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Node2Vec Stability: Preliminary Study to Ensure the Compatibility of Embeddings with Incremental Data Alignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Model and Data Engineering (MEDI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Sousse, Tunisia. pp.79-88, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-55729-3_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity Measures Recommendation for Mixed Data Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman-Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Conference on Scientific and Statistical Database Management (SSDBM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3676288.3676302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04635057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empowering CamemBERT Legal Entity Extraction With LLM Boostrapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Boumedyen Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EKAW 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Amsterdam, Netherlands. pp.86-101, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-77792-9_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Semantic Model and LLM for Bootstrapping a Legal Entity Extraction: An Industrial Use Case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Boumedyen Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semantics 2024 - 20th International Conference on Semantic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Amterdam, Netherlands. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/ssw240004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IDAGEmb : An Incremental Data Alignment Based on Graph Embedding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 26th International Conference on Big Data Analytics and Knowledge Discovery (DAWAK 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04612352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Regional Explanations with Validity Domains for Local Explanations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Big Data Analytics and Knowledge Discovery (Dawak 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Naples, Italy. pp.147-161, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-68323-7_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un clustering interactif assisté par l'explicabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Mokhtari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème conférence francophone sur l'Extraction et la Gestion des Connaissances (EGC 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hocine Cherifi, Jan 2024, Dijon, France. pp.287-294</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignement incrémental des données dans des environnements dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41éme Congrès INFormatique des ORganisations et Systèmes d'Information et de Décision (INFORSID 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d’informatique L3i de La Rochelle Université, May 2023, La Rochelle, France. pp.177-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AutoXAI: Un cadre pour sélectionner automatiquement la solution d'XAI la plus adaptée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Extraction et Gestion des Connaissances (EGC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Lyon, France. pp.491--498</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AutoXAI: A Framework to Automatically Select the Most Adapted XAI Solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Aligon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Roman Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st ACM International Conference on Information and Knowledge Management (CIKM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Atlanta GA, United States. pp.315-324, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3511808.3557247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of similarity measures on clustering mixed data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Scientific and Statistical Database Management (SSDBM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Copenhague, Denmark. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3538712.3538742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Query Management for a Decentralised Enterprise Knowledge Graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Vidé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Signal Image Technology &amp; Internet based Systems (SITIS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Dijon, France. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS57111.2022.00012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’alignement des schémas hétérogènes : approche basée sur des embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumaima El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad El Allaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anass El Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée inter-associations EGC/Inforsid : Les sciences des données dans les systèmes d’information (2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Model for the Legal Maintenance: the Case of Semantic Annotation of France Legislative and Regulatory Texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mokhtar Boumedyen Billami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Methodologies for Translating Legal Norms into Formal Representations (LN2FR 2022) in conjunction with JURIX 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinations of Content Representation Models for Event Detection on Social Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gitto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Research Challenges in Information Science (RCIS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://link.springer.com/chapter/10.1007/978-3-031-05760-1_42, May 2022, Barcelone, Spain. pp.670-677, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-05760-1_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a Business View of Enterprise Data: An approach based on a Decentralised Enterprise Knowledge Graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Vidé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th International Database Engineering and Applications Symposium (IDEAS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Concordia Univesity with the cooperation of BytePress.org, Jul 2021, Montréal (virtual), Canada. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3472163.3472276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03304542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'influence des représentations textuelles sur la détection d'évènements non supervisée dans des flux de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Chemli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gitto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIXème Congrès INFormatique des ORganisations et Systèmes d'Information et de Décision (INFORSID 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Dijon (virtuel), France. pp.23-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Event detection and time series alignment to improve stock market forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elliot Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Chemli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Dousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Gitto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Conference of the Information Retrieval Communities in Europe (CIRCLE 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Samatan, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-CRM: A New Deep Learning Approach For Capacitance Resistive Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Yewgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Busby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin J Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECMORXVII: 17 th European Conference On The Mathematics Of Oil Recovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03008325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Querying heterogeneous data in graph-oriented NoSQL systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamdi Ben Hamadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Data Warehousing and Knowledge Discovery (DaWaK 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Regensburg, Germany. pp.289-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification multi-labels de données de santé médico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierno Ibrahima Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Megdiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bricon-Souf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Seminaire Veille Strategique Scientifique et Technologique (VSST 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interrogation de données hétérogènes dans les systèmes NoSQL orientés graphes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamdi Ben Hamadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36e Congres Informatique des Organisations et Systemes d'Information et de Decision (INFORSID 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France. pp.179-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03635372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un benchmark enrichi pour l'évaluation des entrepôts de données noSQL volumineuses et variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journees Francophones sur les Entrepots de Donnees et l'Analyse en ligne (EDA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lyon, France. pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document-oriented data warehouses : complex hierarchies and summarizability.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Ubiquitous Networking (UNet 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Casablanca, Morocco. pp.671-683</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational Memory: a Model based on a Heterogeneous Network and an Automatic Information Integration Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bascans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gennero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IEEE International Conference on Research Challenges in Information Science (RCIS2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France. pp. 1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tags and Information Recollection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Terrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Signal-Image Technology &amp; Internet-Based Systems (SITIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Naples, Italy. pp.373-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document-oriented data warehouses: models and extended cuboids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International IEEE Conference on Research Challenges in Information Science (RCIS 2016) co-located witht the 34th French Conference INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France. pp. 13-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Document-Oriented Models for Data Warehouses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Enterprise Information Systems (ICEIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Rome, Italy. pp.142-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADORES: A Diversity-oriented Online Recommender System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Dudognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Annual ACM Symposium on Applied Computing (SAC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Pise, Italy. pp.1075-1076, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2851613.2851921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04109518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of multidimensional databases in column-oriented NoSQL systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th East-European Conference on Advances in Databases and Information Systems (ADBIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Poitiers, France. pp. 79-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing Multidimensional Data Warehouses into NoSQL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Enterprise Information Systems (ICEIS 2015) held in conjunction with ENASE 2015 and GISTAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01387759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire organisationnelle adaptative en vue d'une classification automatique pour la capitalisation d'informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bascans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Gennero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33eme congres INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Biarritz, France. pp. 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01327095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepôts de données multidimensionnelles NoSQL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Journées Francophones sur les Entrepôts de Données et l'Analyse en ligne (EDA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Bruxelles, Belgique. pp. 161-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmes de bandit pour les systèmes de recommandation : le cas de multiples recommandations simultanées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference francophone en Recherche d'Information et Applications (CORIA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France. pp. 73-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiple-play bandit algorithm applied to recommender systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gerchinovitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Florida Artificial Intelligence Research Society (FLAIRS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Hollywood, United States. pp.67-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04077707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of Multidimensional Databases with Document-Oriented NoSQL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Big Data Analytics and Knowledge Discovery (DaWaK 2015) in 26th DEXA Conferences and Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Valencia, Spain. pp. 379-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes de recommandations : algorithmes de bandits et évaluation expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47emes Journees de Statistique de la SFdS (JDS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. pp. 1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implantation Not Only SQL des bases de données multidimensionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4eme Seminaire de Veille Strategique, Scientifique et Technologique (VSST 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Grenade, Espagne. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark for OLAP on NoSQL Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IEEE International Conference on Research Challenges in Information Science (IEEE RCIS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Athens, Greece. pp. 480-485</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité de recommandations : application à une plateforme de blogs et évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Candillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Dudognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference francophone en Recherche d'Information et Applications (CORIA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Neuchâtel, Switzerland. pp. 269-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01264564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche de gestion de contextes métiers pour l'accès à l'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamdi Chaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tricot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Congrès INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation graphique des SI. Du traitement visuel de modèles complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bihanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dupuy-Chessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Pallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Morineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées INFormatique des Organisations et Systemes d'Information et de Decision (INFORSID 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.99-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-application Profile Updates Propagation: a Semantic Layer to improve Mapping between Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Bennani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Viviani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Interoperability of User Profiles in Multi-Application Web Environments in conjunction with the WWW2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Lyon, France. pp.949-958, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2187980.2188228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01352979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation utilisateurs et systèmes d'information sur le Web : pour une approche centrée usager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Ciaccia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence "Hypertextes et hypermédias. Produits, Outils et Méthodes Rétrospective et Perspective 1989 - 2009" (H2PTM'09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Paragraphe à l’Université Paris 8, Sep 2009, Paris, France. pp.61-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de l'organisation : une approche topologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Gabriel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes Journées Francophones Extraction et Gestion de Connaissances (EGC 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Namur, Belgique. pp.557-568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Personalized Information Access Through Flexible and Interoperable Profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Web Information Systems Engineering, Workshop on Personalized Access to Web Information (WISE 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Nancy, France. pp.374--385, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-540-77010-7_35⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critères d'évaluation pour les interfaces des systèmes de recherche d'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Conférence en Recherche d'Information et Applications (CORIA'06)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIRIS, Mar 2006, Lyon, France. pp.109-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00001155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation des Interfaces Utilisateur d'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Atelier Visualisation et Extraction de Connaissances - EGC'06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Lille, France. pp.23-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00001156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interopérabilité de profils pour l’accès à des ressources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ième Congrès National Inforsid’06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Hammamet, Tunisie. p. 65-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profiles Semantics and Matchings Flexibility for Resources Access</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International IEEE conference on Signal-Image Technology &amp; Internet-based Systems (SITIS’05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Yaounde, Cameroon. p. 224-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profile reusability for personalized information access : application to users contexts determination.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Context-based Information Retrieval (CIR’05), in conjonction with Context’05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Paris, France. p. 71-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de l'organisation : une représentation basée sur les acteurs et leurs relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Péninou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Veille Stratégique Scientifique et Technologique (VSST 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRIT; UPC; SFBA, Oct 2004, Toulouse, France. pp.209-220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PROFILE-BASED ARCHITECTURE FOR A FLEXIBLE AND PERSONALIZED INFORMATION ACCESS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Tchienehom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IADIS International Conference (IADIS/WWW Internet 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Madrid, Spain. p. 1017- 1022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NeuralODE-Based Latent Trajectories into AutoEncoder Architecture for Surrogate Modelling of Parametrized High-Dimensional Dynamical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Lazzara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICANN 2023: 32nd International Conference on Artificial Neural Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Thrace, Greece. 14259, Springer Nature Switzerland, pp.497-508, 2023, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-44223-0_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Surrogate Model Prediction by Noise Injection into Autoencoder Latent Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Lazzara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasone Garay Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lapeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 34th International Conference on Tools with Artificial Intelligence (ICTAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, En ligne, France. IEEE, pp.533-538, 2022, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI56018.2022.00085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of CIRCLE 2020 - Conference of the Information Retrieval Communities in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iván Cantador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Melucci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRCLE 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2621, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIGIR'19: Proceedings of the 42nd International ACM SIGIR Conference on Research and Development in Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Piwowarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gaussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd International ACM SIGIR Conference on Research and Development in Information Retrieval (SIGIR 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM: Association for Computing Machinery, 2019, The 42nd International ACM SIGIR Conference on Research and Development in Information Retrieval, 978-1-4503-6172-9. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3331184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03352400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des open et/ou linked data dans les SI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 23 (3-4), 120p, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 23 (3-4), pp.7-8, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-02009033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accès à l’information et évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beigbeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Calabretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18 (1), 124 p., 2015, Accès à l’information et évaluation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01239918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux Sociaux et diffusion d'informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jian-Yun Nie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nie, Jian-Yun; Chevalier, Max. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 21 (3_Septembre-Décembre 2018), 106 p., 2019, Revue des Sciences et Technologies de l'Information, série Document Numérique, 978-2-7462-4888-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03003822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommender Systems and Diversity: Taking Advantage of the Long Tail and the Diversity of Recommendation Lists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Foulonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Groues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Naudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kembellec, Gérald; Chartron, Ghislaine; Saleh, Imad. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recommender Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, chapter 4, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiley-ISTE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71--92, 2014, 978-1848217683. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119054252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandeurs et diversité : Exploitation de la longue traîne et diversité des listes de recommandations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Foulonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Grouès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Naudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chartron, Ghislaine; Saleh, Imad; Kembellec, Gérald. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les systèmes de recommandation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.85--104, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation des systèmes d'accès à l'information et des documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Soulé-Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Lopistéguy; Dominique Rieu; Philippe Roose. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'adaptation dans tous ses états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cépaduès, pp.39-71, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A method for Characterizing a geological reservoir of interest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Busby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Yewgat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin J Lapeyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2023214191. 2022, https://data.inpi.fr/brevets/WO2023214191?q=#WO2023214191</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOBIDIK: nosql MOdeling of BIg Data, Information and Knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlind Kopliku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Malki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Tournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes de recommandation et algorithmes de bandits: Notebook Ipython</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Louëdec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Garivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Mothe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03198246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bases de données embarquées : intérêts et fonctionnement, exemple avec Derby. Techniques de l'ingénieur - H3867</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Pinel-Sauvagnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Teste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INTERFACE ADAPTATIVE POUR L'AIDE A LA RECHERCHE D'INFORMATION SUR LE WEB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interface homme-machine [cs.HC]. Université Paul Sabatier - Toulouse III, 2002. Français. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00350508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usagers & Recherche d'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique [cs]. Université Paul Sabatier - Toulouse III, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00573946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId217"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1C39F752"/>
+    <w:nsid w:val="8811803C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/max-chevalier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5402-6255" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069989699" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446939v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Breton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Mokhtar Billami" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Chevalier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Thanh Nguyen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Satoh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-025-09448-8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996111v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Diop" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil El-Malki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;ninou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Roman-Jimenez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40537-024-01052-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612277v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima El Haddadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dousset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad El Allaoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass El Haddadi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56294/dm2024219" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03840028v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lazzara" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Colombo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasone Garay Garcia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J. Lapeyre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ast.2022.107629" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749681v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Yewgat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Busby" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lapeyre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teste" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-022-10146-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714377v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Ma&#238;tre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovana Ramalho Sena" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Chemli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14488/BJOPM.2022.005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690877v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Cantador" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Melucci" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Mothe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3483382.3483394" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123181v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Vid&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ravat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558102v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Malki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlind Kopliku" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tournier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.2017.00001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659313v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lou&#235;dec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Garivier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DN.18.2-3.59-79" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209342v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Kembellec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dudognon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390837v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Chaker" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614927v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Julien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Soul&#233;-Dupuy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#232;s-Parlangeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ISI.14.3.75-95" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580009v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Tchienehom" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/jspi.v7i1.30039" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783518v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Canut" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S&#232;des" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441298v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Boumedyen Billami" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Trojahn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04987684v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77792-9_6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04719513v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ssw240004" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635057v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil El Malki" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3676288.3676302" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612352v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717816v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cugny" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aligon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Roman Jimenez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-68323-7_12" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465483v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Mokhtari" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612268v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-55729-3_7" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258658v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176658v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04212544v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04211235v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830000v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS57111.2022.00012" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714365v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gitto" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05760-1_42" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03711360v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3538712.3538742" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854778v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3511808.3557247" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324781v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304542v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Marty" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3472163.3472276" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008325v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J Lapeyre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109875v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289949v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Ibrahima Diop" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Megdiche" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bricon-Souf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635372v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Ben Hamadou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279379v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885343v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474901v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692627v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Terrier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712551v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bascans" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gennero" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659006v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659016v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109518v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2851613.2851921" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371802v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671320v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659314v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077707v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gerchinovitz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360873v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327095v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387759v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375419v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375413v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363342v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141671v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668941v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bihanic" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupuy-Chessa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Pallec" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morineau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264564v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Candillier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352979v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bennani" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elod Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hubert" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Viviani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2187980.2188228" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188715v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Ciaccia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773759v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Gabriel Boyer" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614939v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77010-7_35" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-S68BB28Z-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001156v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonnel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580533v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001155v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580010v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580415v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580013v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783528v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749669v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44223-0_40" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749631v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI56018.2022.00085" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887476v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352400v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Piwowarski" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gaussier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331184" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099201v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Trojahn dos Santos" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zimmermann" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02009033v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01239918v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beigbeder" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Calabretto" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003822v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Yun Nie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/informatique/reseaux-sociaux-et-diffusion-d-informations/nie/descriptif-9782746248885" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263724v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Foulonneau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Groues" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Naudet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781119054252.ch4" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119054252" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246621v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grou&#232;s" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/systeme-dinformation-et-de-connaissance/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783344v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04966058v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198246v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198264v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260605v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Pinel-Sauvagnat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00350508v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00573946v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/max-chevalier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5402-6255" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069989699" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446939v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Breton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Mokhtar Billami" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Chevalier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Thanh Nguyen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Satoh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-025-09448-8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996111v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Diop" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil El-Malki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;ninou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Roman-Jimenez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40537-024-01052-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612277v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima El Haddadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dousset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad El Allaoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass El Haddadi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56294/dm2024219" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749681v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Yewgat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Busby" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lapeyre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teste" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-022-10146-6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03840028v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lazzara" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Colombo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasone Garay Garcia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J. Lapeyre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ast.2022.107629" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714377v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Ma&#238;tre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovana Ramalho Sena" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Chemli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14488/BJOPM.2022.005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690877v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iv&#225;n Cantador" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Melucci" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Mothe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3483382.3483394" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123181v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Vid&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ravat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558102v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Malki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlind Kopliku" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tournier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.2017.00001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659313v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lou&#235;dec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Garivier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DN.18.2-3.59-79" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209342v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Kembellec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dudognon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390837v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Chaker" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614927v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Julien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Soul&#233;-Dupuy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#232;s-Parlangeau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ISI.14.3.75-95" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580009v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Tchienehom" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/jspi.v7i1.30039" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783518v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Canut" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S&#232;des" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441298v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Boumedyen Billami" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Trojahn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612268v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-55729-3_7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635057v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil El Malki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3676288.3676302" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04987684v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77792-9_6" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04719513v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ssw240004" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612352v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717816v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cugny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aligon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Roman Jimenez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-68323-7_12" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465483v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Mokhtari" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176658v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258658v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854778v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3511808.3557247" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03711360v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3538712.3538742" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830000v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS57111.2022.00012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04211235v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04212544v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714365v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gitto" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05760-1_42" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304542v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Marty" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3472163.3472276" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324781v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109875v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008325v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J Lapeyre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279379v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Ben Hamadou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289949v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Ibrahima Diop" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Megdiche" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bricon-Souf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635372v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885343v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659006v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712551v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bascans" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gennero" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692627v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Terrier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474901v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659016v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109518v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2851613.2851921" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363342v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387759v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01327095v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360873v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659314v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077707v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gerchinovitz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371802v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671320v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375419v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375413v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264564v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Candillier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141671v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668941v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bihanic" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupuy-Chessa" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Pallec" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morineau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352979v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bennani" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elod Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hubert" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Viviani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2187980.2188228" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188715v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Ciaccia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773759v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Gabriel Boyer" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614939v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77010-7_35" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-S68BB28Z-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001155v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonnel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001156v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580533v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580010v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580415v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783528v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580013v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749669v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44223-0_40" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749631v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI56018.2022.00085" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887476v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352400v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Piwowarski" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gaussier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331184" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099201v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Trojahn dos Santos" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zimmermann" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02009033v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01239918v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beigbeder" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Calabretto" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003822v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Yun Nie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/informatique/reseaux-sociaux-et-diffusion-d-informations/nie/descriptif-9782746248885" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263724v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Foulonneau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Groues" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Naudet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781119054252.ch4" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119054252" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246621v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grou&#232;s" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/systeme-dinformation-et-de-connaissance/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783344v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04966058v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198264v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198246v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260605v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Pinel-Sauvagnat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00350508v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00573946v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>