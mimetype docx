--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -195,595 +195,690 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05393271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OntoConnectLM : Un outil de génération des ontologies guidé par les LLMs et les connaissances ouvertes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emna Amdouni</w:t>
+                <w:t xml:space="preserve">Extraction d'informations dans des rapports d'incidents du réseau électrique à l'aide de LLMs open source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Gagnant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhadi Belfadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joseph Kattan</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dussartre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26ÈME CONFÉRENCE FRANCOPHONE SUR L'EXTRACTION ET LA GESTION DES CONNAISSANCES</w:t>
+              <w:t xml:space="preserve">Conférence sur l'Extraction et Gestion des Connaissances (EGC) 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2026, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05470168v2</w:t>
+                <w:t xml:space="preserve">hal-05540716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RITSA: Toward a Retrieval-Augmented Generation System for Intelligent Transportation Systems Architecture</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominik Vereno</w:t>
+                <w:t xml:space="preserve">OntoConnectLM : Un outil de génération des ontologies guidé par les LLMs et les connaissances ouvertes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Amdouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhadi Belfadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Gagnant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Kattan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Workshop on Model-based System Engineering and Artificial Intelligence - MBSE-AI Integration. Modelsward'2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2025, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">26ÈME CONFÉRENCE FRANCOPHONE SUR L'EXTRACTION ET LA GESTION DES CONNAISSANCES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04900918v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05470168v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Retrieval-Augmented Generation (RAG) System for Supporting Architectural Design of Intelligent Transportation Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">RITSA: Toward a Retrieval-Augmented Generation System for Intelligent Transportation Systems Architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afef Awadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mateo Becquart</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Meyer-Vitali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominik Vereno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Gagnant</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">André Meyer-Vitali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 25th International Conference on Software Quality, Reliability, and Security (QRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Hangzhou, China</w:t>
+              <w:t xml:space="preserve">2nd Workshop on Model-based System Engineering and Artificial Intelligence - MBSE-AI Integration. Modelsward'2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05118114v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04900918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associer modèle de langage et ingénierie d'ontologie : une étude de cas et perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Retrieval-Augmented Generation (RAG) System for Supporting Architectural Design of Intelligent Transportation Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afef Awadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateo Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Gagnant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Meyer-Vitali</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop HyCHA'24 (Hybridation Connaissances, Humain et Apprentissage Statistique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Gif-sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">The 25th International Conference on Software Quality, Reliability, and Security (QRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Hangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04527942v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05118114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Associer modèle de langage et ingénierie d'ontologie : une étude de cas et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Gagnant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhadi Belfadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dussartre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Crochepierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Picault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop HyCHA'24 (Hybridation Connaissances, Humain et Apprentissage Statistique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A semi-automatic framework towards building Electricity Grid Infrastructure Management ontology: A case study and retrospective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhadi Belfadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Gagnant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Dussartre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Picault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Crochepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th International Conference on Web Information Systems Engineering (WISE2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Victoria University, Oct 2023, Melbourne (AUS), Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04245068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -793,177 +888,177 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-Automatic Building of Ontologies from Unstructured French Texts: Industrial Case Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Amdouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhadi Belfadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Gagnant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Kierszbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s41019-025-00284-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04942531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:footerReference w:type="default" r:id="rId30"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1110,51 +1205,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393271v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Gagnant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Belfadel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dussartre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470168v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Amdouni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kattan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900918v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Awadid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Meyer-Vitali" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Vereno" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118114v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Becquart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527942v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Crochepierre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Picault" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245068v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Picault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942531v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Renault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kierszbaum" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41019-025-00284-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393271v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Gagnant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Belfadel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dussartre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540716v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470168v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Amdouni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kattan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900918v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Awadid" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Meyer-Vitali" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Vereno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118114v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Becquart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527942v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Crochepierre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Picault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245068v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Picault" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942531v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Renault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kierszbaum" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41019-025-00284-z" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>