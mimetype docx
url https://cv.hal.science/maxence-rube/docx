--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1862,185 +1862,176 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02519379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technological process effects on SAW sensors devices characteristics and FEM estimation</w:t>
+                <w:t xml:space="preserve">Conception et élaboration d’un microcapteur de biomolécule en milieu liquide couplant onde de Love et matrice poreuse fonctionnalisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Rube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ollivier Tamarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Adrian Laborde</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Sébéloué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Linguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE SENSORS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée CMC2 « Nanomatériaux, Microcapteurs, Objets communicants : Application à la santé et au bien-être »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Club MicroCapteurs Chimiques, Nov 2019, Marseille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02490299v1</w:t>
+                <w:t xml:space="preserve">hal-02519386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et élaboration d’un microcapteur de biomolécule en milieu liquide couplant onde de Love et matrice poreuse fonctionnalisée</w:t>
+                <w:t xml:space="preserve">Optimization and design of a Love Wave sensor device at 433 MHz by Finite Element Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Rube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ollivier Tamarin</w:t>
@@ -2075,89 +2066,89 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Linguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée CMC2 « Nanomatériaux, Microcapteurs, Objets communicants : Application à la santé et au bien-être »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Club MicroCapteurs Chimiques, Nov 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Instrumentation Systems, Circuits and Transducers (INSCIT 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, São Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02519386v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02299745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications des capteurs à ondes acoustiques pour la détection environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ollivier Tamarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2216,182 +2207,191 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd IEEE France Sensors Chapter Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02519378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization and design of a Love Wave sensor device at 433 MHz by Finite Element Modeling</w:t>
+                <w:t xml:space="preserve">Technological process effects on SAW sensors devices characteristics and FEM estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Rube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ollivier Tamarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Linguet</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamida Hallil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Conédéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Laborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Instrumentation Systems, Circuits and Transducers (INSCIT 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 IEEE SENSORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Montreal, Canada. pp.1-4/C2P-J-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS43011.2019.8956567⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02299745v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02490299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite Element Modelling design and optimization of Love Wave mesoporous tranducers for biochemical detection in liquid medium</w:t>
               </w:r>
@@ -2921,295 +2921,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Water Contamination with LoRa-Enabled Surface Acoustic Wave Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haydar Jammoul</w:t>
+                <w:t xml:space="preserve">Frugal Love wave acoustic sensor full plaform for in situ operation in liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ollivier Tamarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wejdene Gongi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asawari Choudhari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Rube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Sebeloue</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Corinne Dejous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 7th International Symposium on Instrumentation Systems, Circuits and Transducers (INSCIT)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/INSCIT59673.2023.10258483⟩</w:t>
+              <w:t xml:space="preserve">37st Symposium on Microelectronics Technology and Devices (SBMicro)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, pp.1-4, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SBMicro60499.2023.10302616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04284336v1</w:t>
+                <w:t xml:space="preserve">hal-04483045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frugal Love wave acoustic sensor full plaform for in situ operation in liquids</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Asawari Choudhari</w:t>
+                <w:t xml:space="preserve">Investigating Water Contamination with LoRa-Enabled Surface Acoustic Wave Sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haydar Jammoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Rube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Sebeloue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idris Sadli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Dejous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37st Symposium on Microelectronics Technology and Devices (SBMicro)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, pp.1-4, 2023, </w:t>
+              <w:t xml:space="preserve">2023 7th International Symposium on Instrumentation Systems, Circuits and Transducers (INSCIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Rio de Janeiro (BR), Brazil. IEEE; IEEE, pp.1-5, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SBMicro60499.2023.10302616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/INSCIT59673.2023.10258483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04483045v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04284336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MIP Functionalized Love Wave Sensor for Detection of 4-AP Organic Compound in Turbid Solutions</w:t>
               </w:r>
@@ -3247,51 +3247,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Rube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idris Sadli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, pp.1-4, 2023, </w:t>
@@ -3355,51 +3355,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asawari Choudhari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Rube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idris Sadli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Sebeloue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3515,51 +3515,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Sebeloue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asawari Choudhari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idris Sadli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, pp.1-4, 2021, </w:t>
@@ -4019,51 +4019,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466460v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Mazouz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jih&#232;ne Ammar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Tamarin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houneida Sakly" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Rube" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA08673F" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466461v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Silva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;vio Bezerra" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalberth Ara&#250;jo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Sebeloue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3638717" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466462v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wejdene Gongi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mougin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dejous" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Ben Ouada" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-99494-8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573453v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asawari Choudhari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebi&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24102976" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481994v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Carlos Silv&#233;rio Freire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalberth Fernandes de Ara&#250;jo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;vio Correia Bezerra" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nath&#225;lia Freitas Nunes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29292/jics.v18i2.690" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939946v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafedh Ben Ouada" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23020803" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315716v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine S&#233;b&#233;lou&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sadli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hallil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3094299" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423797v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Lachaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raimbault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20010072" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999552v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Hallil Abbas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Ouelhazi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JERM.2018.2880883" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466468v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sueldo Bezerra" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT66472.2025.11180984" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482007v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Freire" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nunes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT59673.2023.10258491" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088019v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Hallil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Linguet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519379v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lachaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebiere" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490299v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956567" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519386v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519378v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299745v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299738v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT.2018.8546720" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299726v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hemour" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299741v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Flahaut" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Zhang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466466v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Nogueira" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cardoso" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carvalho" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT66472.2025.11180988" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04284336v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haydar Jammoul" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Sadli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT59673.2023.10258483" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483045v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBMicro60499.2023.10302616" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483085v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vignol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325295" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483024v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS52175.2022.9967144" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482964v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639606" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069181v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04513842v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021YANE0011" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466460v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Mazouz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jih&#232;ne Ammar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Tamarin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houneida Sakly" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Rube" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA08673F" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466461v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Silva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;vio Bezerra" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalberth Ara&#250;jo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Sebeloue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3638717" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466462v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wejdene Gongi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mougin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dejous" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Ben Ouada" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-99494-8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573453v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asawari Choudhari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebi&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24102976" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481994v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Carlos Silv&#233;rio Freire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalberth Fernandes de Ara&#250;jo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;vio Correia Bezerra" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nath&#225;lia Freitas Nunes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29292/jics.v18i2.690" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939946v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafedh Ben Ouada" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23020803" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315716v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine S&#233;b&#233;lou&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sadli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hallil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3094299" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423797v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Lachaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raimbault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20010072" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999552v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Hallil Abbas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Ouelhazi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JERM.2018.2880883" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466468v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sueldo Bezerra" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT66472.2025.11180984" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482007v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Freire" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nunes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT59673.2023.10258491" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088019v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Hallil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Linguet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519379v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lachaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebiere" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519386v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299745v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519378v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490299v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956567" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299738v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT.2018.8546720" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299726v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hemour" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299741v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Flahaut" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Zhang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466466v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Nogueira" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cardoso" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carvalho" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT66472.2025.11180988" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483045v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBMicro60499.2023.10302616" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04284336v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haydar Jammoul" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Sadli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INSCIT59673.2023.10258483" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483085v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vignol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325295" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483024v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS52175.2022.9967144" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482964v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639606" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069181v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04513842v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021YANE0011" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>