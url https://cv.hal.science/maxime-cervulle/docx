--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (20)</w:t>
+        <w:t xml:space="preserve">Ouvrages (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1162,873 +1162,1082 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02547396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marges du masculin: exotisation, déplacements, recentrements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Isabelle François</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 4, 176 p., 2015, Collection Identités, genres, sexualités, Anne Tomiche; Pierre Zoberman, 978-2-343-07503-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cultural Studies : théories et méthodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Armand Colin, 2015, collection 128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02546509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...53 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan, 4, 176 p., 2015, Collection Identités, genres, sexualités, Anne Tomiche; Pierre Zoberman, 978-2-343-07503-7</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hall Stuart &amp;quot;Identités et cultures 2. Politiques des différences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Amsterdam, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Hall Stuart &amp;quot;Identités et cultures 2. Politiques des différences</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02548812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans le blanc des yeux. Diversité, racisme et médias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Amsterdam, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...25 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02546510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultural Studies. Genèse, objets, traductions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Lindgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Macé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maigret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Mcrobbie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions de la Bibliothèque publique d’information, 2010, 978-2-84246-128-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.bibpompidou.1612⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homo exoticus. Race, classe et critique queer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick Rees-Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INA; Armand Colin, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identités et cultures. Vol. 1. Politiques des cultural studies (Édition augmentée)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart Hall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jaquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Amsterdam, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identités et cultures. Vol. 1. Politiques des cultural studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart Hall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jaquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions Amsterdam, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inclusions paradoxales : la politique de « diversité » dans les industries cinématographique et audiovisuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Lécossais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 31, pp.En ligne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casting out: The racial division of acting labor in French film and television</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lécossais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Cultural Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/09571558251406520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05445976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malaise dans le « male gaze » : Généalogie critique d’un concept controversé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 61, pp.189-212. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/edc.16351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04351832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Par-delà l'énigme des publics : articuler les approches interprétativiste et praxéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 44, pp.245-262. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.33285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04351837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour vers le futur : les Cultural Studies et l'école de Birmingham. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2044,2561 +2253,2561 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poli-Politiques des Cultural Studies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15, pp.2-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regard et communication. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Saemmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MEI - Médiation et information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.7-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réception les yeux fermés ? Spectacles non vus et controverses théâtrales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MEI - Médiation et information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 49, pp.51-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Seeing and Knowing : entretien avec John Rajchman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Saemmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MEI - Médiation et information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.15-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le public, grand oublié des politiques culturelles en faveur de la diversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Observatoire, la revue des politiques culturelles </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 56, pp.81-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gênero, controvérsias e espaço público midiático</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Âncora : Revista Latino-americana de Jornalismo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6 (2), pp.15-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une autre conception de la personne : régimes de valeur et pratiques d’autonomisation de la classe populaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Quemener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Le Gouëz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poli - Politique de l'Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14, pp.9-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03758660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le genre des controverses : approches féministes et queer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 33, pp.7-22. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.12076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Une autre conception de la personne : régimes de valeur et pratiques d’autonomisation de la classe populaire</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sexe en public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauren Berlant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Warner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Garrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions de communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33, pp.111-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04269981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le genre des controverses : approches féministes et queer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions de communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33, pp.7-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.12076⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03002374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le genre des controverses : approches féministes et queer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions de communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33, pp.7-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.12076⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposer le racisme. Exhibit B et le public oppositionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 48, pp.37-54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stuart Hall, l'identité caribéenne, entre racines africaines et musique jamaïcaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jamaïca Jamaïca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 257</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02542248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lire entre les lignes : le féminisme matérialiste face au féminisme poststructuraliste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Clair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comment s'en sortir ? </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4, pp.1-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matière à penser. Controverses féministes autour du matérialisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, hors-série, pp.29-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une discussion à propos des Gender Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Beugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Coulomb-Gully</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Sellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mise au Point</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/map.2123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dispositif expositionnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Freitas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poli - Politique de l'Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 14, pp.9-25</w:t>
+              <w:t xml:space="preserve">, 2016, 12, pp.14-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Clémence Garrot</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03758663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Cultural Studies : entretien avec Maxime Cervulle et Nelly Quemener</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Quemener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Buxton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions de communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 33, pp.111-133</w:t>
+              <w:t xml:space="preserve">Web-revue des industries culturelles et numériques </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Virginie Julliard</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02543898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Queer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions de communication</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Encyclopédie critique du genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.529-538</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Virginie Julliard</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02542924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What is to be Done (at the University)? Stuart Hall, Critique, and the Institution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions de communication</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">A Caribbean Platform of Criticism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (1), pp.100-108</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02541538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lumière du monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Quemener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Renzo Dell'Omodarme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 48, pp.37-54</w:t>
+              <w:t xml:space="preserve">Poli - Politique de l'Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10, pp.16-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Clair</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03758664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stuart Hall (1932-2014) et Richard Hoggart (1918-2014). Du “moment Birmingham” à l’internationalisation des Cultural Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comment s'en sortir ? </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 4, pp.1-22</w:t>
+              <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 69, pp.211-213</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Stuart Hall, l'identité caribéenne, entre racines africaines et musique jamaïcaine</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sexualisation normative de l’espace public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jamaïca Jamaïca</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 257</w:t>
+              <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 69, pp.148-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Matière à penser. Controverses féministes autour du matérialisme</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanchité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des inégalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.46-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02542925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">#mariagepourtous : Twitter et la politique affective des hashtags</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Recherches au féminin en Sciences de l’Information et de la Communication, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfsic.717⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01469913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Uses of Universalism. “Diversity Statistics” and the Race Issue in Contemporary France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Cultural Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17 (2), pp.118-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02541539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">”Différences des sexes” et controverses médiatiques : du débat sur la parité au “mariage pour tous” (1998-2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 21, pp.161-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tdm.021.0161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Différence des sexes » et controverses médiatiques : du débat sur la parité au « mariage pour tous » (1998-2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 21 (2), pp.161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tdm.021.0161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03002389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’expérience spectatorielle comme technique de soi racialisante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 36, pp.101-118</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les controverses autour du ‘mariage pour tous’ dans la presse nationale quotidienne : du différentialisme ethno-sexuel comme registre d’opposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Homme et la Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 189-190, pp.207-222</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03991597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conscience dominante. Subjectivation et rapports sociaux de race</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Genre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, hors-série, pp.29-52</w:t>
+              <w:t xml:space="preserve">, 2012, 53, pp.37-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...1338 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homo Exoticus. Race, classe et critique queer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4627,51 +4836,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genre, sexualité &amp; société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4681,51 +4890,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La couleur des rôles : l'origine perçue dans la distribution artistique (théâtre, cinéma, audiovisuel)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4734,161 +4943,161 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lécossais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ministère de la Culture. 2024, 155 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04725088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception de la diversité dans la télévision du quotidien : des programmes aux publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lécossais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Tible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France Télévisions. 2024, 84 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinégalités : qui peuple le cinéma français ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4897,227 +5106,227 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lécossais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Collectif 50/50. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La diversité des publics du Théâtre Gérard Philipe – CDN de Saint-Denis : rapport d’enquêtes sur les saisons 2017-2018 et 2019-2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Renzo Dell'Omodarme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Peghini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Théâtre Gérard Philipe. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les publics du Théâtre Gérard Philipe, Centre dramatique national de Saint-Denis (saison 2017-2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Renzo Dell'Omodarme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Peghini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Théâtre Gérard Philipe. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5127,236 +5336,236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Maxime Cervulle; Bérénice Hamidi. </w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La diversité, et après ? Entretien croisé avec Marine Bachelot Nguyen, David Bobbée et Penda Diouf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Hamidi Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Vincennnes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Damné·es de la scène. Penser les controverses théâtrales sur le racisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.149-168, 2024, 978-2-37924-486-5</w:t>
+              <w:t xml:space="preserve">, pp. 83-104, 2024, 978-2-37924-486-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Presses Universitaires de Vincennnes. </w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04774634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cadrage médiatique de la controverse sur le racisme théâtral. Naissance d'une panique morale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cervulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tomaszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maxime Cervulle; Bérénice Hamidi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Damné·es de la scène. Penser les controverses théâtrales sur le racisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp. 83-104, 2024, 978-2-37924-486-5</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaire de Vincennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.149-168, 2024, 978-2-37924-486-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04774652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scènes politiques : controverses théâtrales et critique antiraciste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5376,73 +5585,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Vincennnes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Damné·es de la scène : penser les controverses théâtrales sur le racisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp. 5-26, 2024, 978-2-37924-486-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les artistes face à la liberté de création. Entretien croisé avec Marilou Craft, Mohamed El Khatib et Stanislas Nordey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5462,219 +5671,219 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Vincennnes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Damné·es de la scène : penser les controverses théâtrales sur le racisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp. 233-258, 2024, 978-2-37924-486-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le féminisme comme théorie de la représentation. Teresa de Lauretis de l'autre côté du miroir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Teresa de Lauretis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théorie queer et cultures populaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Dispute, 2023, Le genre du monde, 2843033306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart Hall et le concept de &amp;quot;régime de représentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France Aubin; Éric George; Julien Rueff. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perspectives critiques en communication. Vol. 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Université du Québec, pp.209-231, 2022, 9782760556225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amitié intellectuelle et alliance épistémique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5694,706 +5903,706 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elsa Dorlin; Isabelle Clair. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photo de famille. Penser des vies intellectuelles d’un point de vue féministe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions de l'EHESS, pp.215-232, 2022, 2713229170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laclau à Birmingham. Ou comment le postmarxisme vient aux Cultural Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rada Ivekovic; Diogo Sardinha; Patrice Vermeren (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hégémonie, populisme, émancipation. Perspectives sur la philosophie d’Ernesto Laclau (1935-2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.239-244, 2021, La Philosophie en commun, 978-2-343-20895-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Centre for Contemporary Cultural Studies de Birmingham : une pratique de la pensée critique et ses contradictions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Malek Bouyahia; Franck Freitas; Karima Ramdani. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser avec Stuart Hall</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Dispute, pp.63-84, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel féminisme pour les Cultural Studies ? Lire Christine Delphy au CCCS de Birmingham (1974-1986)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éric Maigret; Laurent Martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultural Studies : au-delà des politiques des identités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bord de l'eau, 2020, 2356877452</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire la différence : Stuart Hall, les Cultural Studies et le racisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stuart Hall. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Identités et cultures, vol. 2 : politiques des différences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Amsterdam, pp.10-47, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Looking into the light. Whiteness, racism and regimes of representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Richard Dyer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">White (Twentieth Anniversary Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.xiii-xxxii, 2017, 9781138683044</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02554930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart Hall, une pensée de l’articulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hall Stuart, "Identités et cultures. Politiques des Cultural Studies", (troisième édition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Amsterdam, pp.10-46, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le genre en contexte postcolonial. Traduction et réception françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Ramdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Castaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Gaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelia Möser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écrire et penser le genre en contextes postcoloniaux, Anne Castaing et Élodie Gaden (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, pp.301-310, 2017, 978-2-8076-0327-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3726/b11702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre et communication : des approches critiques en tension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perspectives critiques en communication : contextes, théories et recherches empiriques, Aubin France et Rueff Julien (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l’Université du Québec, pp.305-320, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphonie critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6426,142 +6635,142 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cervulle Maxime; Quemener Nelly; Vörös Florian. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matérialismes, culture et communication, Tome 2, Cultural Studies, théories féministes et décoloniales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses des Mines, pp.9-34, 2016, collection MatérialismeS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations médiatiques au prisme de la ”politique de diversité”. Interdisciplinarité et théorie de l’articulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité de la question interdisciplinaire en sciences de l’information et de la communication. Expériences de recherche situées, Carbou Guillaume, Christophe Thibault, Negrel Nathalie et Di Filippo Laurent, (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUN – Éditions universitaires de Lorraine, pp.199-211, 2016, coll. “Questions de communication”</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Queer »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6577,327 +6786,327 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopédie critique du genre. Corps, sexualité, rapports sociaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.229-238, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Re)voir les masculinités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Isabelle François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maxime Cervulle, Patrick Farges, Anne Isabelle François. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marges du masculin. Exotisation, déplacements, recentrements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.7-27, 2015, Collection Identités, Genres, Sexualités, 978-2-343-07503-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01426526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la politique des identités à la politique des affects : communautés et controverses en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fred Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Caillé Patricia (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thémat'IC 2014 - Communautés en lignes et constructions identitaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publications de l’IUT Robert Schuman, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01221327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masculinité hégémonique et hégémonie masculine : la construction audiovisuelle des rapports de genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marges du masculin : exotisation, déplacements, recentrements, Cervulle Maxime, Farges Patrick, François Anne Isabelle (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, pp.29-49, 2015, collection Identités, genre, sexualités</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre, race et médias : divergences et convergences méthodologiques dans les sciences de l’information et de la communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6913,73 +7122,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes de recherches sur l’information et la communication. Regards croisés, Bourdeloie Hélène et Douyère David (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare &amp; Martin, pp.79-98, 2014, collection MediaCritic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du récit transmédiatique à l’esthétique post-média. Entretien avec Maxime Cervulle et Nelly Quemener par Nicolas Bole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6995,73 +7204,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le webdoc existe-t-il ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le blog documentaire, pp.567-578, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du récit transmédiatique à l’esthétique post-média</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7077,142 +7286,142 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le webdoc existe-t-il ?, Bole Nicolas et Mal Cédric (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le Blog Documentaire, pp.567-578, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archives affectives, genre et délibération critique. La réception d’Irréversible par la presse française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’archive-forme. Création, mémoire, histoire, Pisano Giusy, (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, pp.139-151, 2014, collection Champs visuels</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre, race et médias. Divergences et convergences méthodologiques dans les sciences de l’information et de la communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7228,426 +7437,426 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes de recherche sur l'information et la communication - Regards croisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare &amp; Martin, pp.79-98, 2014, collection MediaCritic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écran blanc. Les publics et la question de la diversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De quelle couleur sont les Blancs ? Des “petits” Blancs des colonies au “racisme anti-Blanc”, Laurent Sylvie et Leclère Thierry (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.178-185, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territorialiser l’homonationalisme. Entretien avec Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Alessandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Raibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alessandrin Arnaud; Raibaud Yves (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géographie des homophobies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Armand Colin, pp.105-118, 2013, Recherches, 978-2-200-28551-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02551248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La politique de diversité dans les secteurs audiovisuel et cinématographique. Quels publics pour quelle action publique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité et innovation en milieux socioprofessionnels, Ghouati Ahmed et Agbessi Éric (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires Blaise-Pascal, pp.67-77, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Racisme et activité interprétative. Du débat public sur la “diversité” dans les médias à l’étude sémio-pragmatique de sa réception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication et débat public. Les réseaux numériques au service de la démocratie ?, Le Moënne Christian, Vacher Béatrice et Kiyindou Alain (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, pp.121-128, 2013, collection Communication &amp; civilisation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La politique des différences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hall Stuart, "Identités et cultures 2. Politiques des différences"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Amsterdam, pp.9-18, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7657,98 +7866,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hall (Stuart). La théorie du codage/décodage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Publictionnaire. Dictionnaire encyclopédique et critique des publics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7758,630 +7967,630 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les damnés de la scène : des mobilisations contre le racisme dans le théâtre public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Luttes communes, stratégies divergentes : quelles relectures critiques en art ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Tours, Nov 2021, Tours (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour sur le mystère de la réception : controverses théâtrales et spectacles non vus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Mystère de la culture : célébrations des 60 ans du ministère de la Culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de la Culture; École nationale supérieure des arts décoratifs, Dec 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des robes couleur du temps. Réception et conflits d’interprétation autour de RuPaul’s Drag Race</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Télévision queer : représentations, sensibilités, formes, fandom</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Montréal, May 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser avec Richard Dyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Richard Dyer. Représentations collectives et usages sociaux du cinéma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bordeaux, Dec 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Warding off the spectres. Racial hauntings in French public theatre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Widening the gaze : exploring the role of race in creative practice today</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Slade School of Fine Art, Mar 2018, Londres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux du parcours doctoral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assises de la Recherche de l'Université Paris 1 Panthéon-Sorbonne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Queer Fronts after the Same-Sex Marriage Debate in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « From the Homosexual Front to Homonationalism »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, King’s College, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le traducteur récalcitrant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Translating Queer(ly) »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, King’s College, Londres, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02558605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workshop &amp;quot;Frontiers in Cultural Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Isabelle François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maigret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8413,51 +8622,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Cultural Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Sorbonne Nouvelle; Dalhousie University, Jun 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01427035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8467,215 +8676,215 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regard et communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Saemmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MEI - Médiation et information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matérialismes féministes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Clair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment s'en sortir ? </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02548337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matérialismes, culture et communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8704,527 +8913,527 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultural Studies, théories féministes et décoloniales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, collection MatérialismeS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02548357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Cultural Studies – entretien avec Maxime Cervulle et Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Coville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Articles, Web- revue des industries culturelles et numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techno-racismes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Freitas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poli - Politique de l'Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02548395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recettes médiatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Coville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poli - Politique de l'Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, pp.10-13, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les imaginaires comestibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Coville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poli-Politiques des Cultural Studies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subjectivités et rapports sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cervulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Kergoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Testenoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Genre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 53, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId174"/>
+      <w:footerReference w:type="default" r:id="rId181"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9371,51 +9580,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536159v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasbir K. Puar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cervulle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Minx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206631v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Kosofsky Sedgwick" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsamsterdam.fr/epistemologie-du-placard-2/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243502v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L&#233;cossais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-couleur-des-roles-penser-la-division-raciale-du-travail-actorial/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774661v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Hamidi Kim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269974v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raewyn Connell" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duval" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Garrot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Richards" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758377v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Quemener" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991535v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269967v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Butler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991547v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Hall" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian V&#246;r&#246;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Blanchard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02546508v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548832v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758373v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02547396v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Rees-Roberts" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02546509v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01426499v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Farges" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Isabelle Fran&#231;ois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548812v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02546510v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991550v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaquet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991549v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445976v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09571558251406520" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351832v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.16351" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351837v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.33285" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269941v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991591v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saemmer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991498v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991593v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991499v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991501v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Julliard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270676v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.12076" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758660v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Gou&#235;z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269981v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Berlant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Warner" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002374v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02536168v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02536171v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02536177v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Clair" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02542248v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02536194v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537021v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Beugnet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Sellier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lefebvre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.2123" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758663v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Freitas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02542924v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02543898v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Buxton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02541538v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758664v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Renzo Dell'Omodarme" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537088v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02542925v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537034v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469913v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Pailler" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.717" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02541539v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537495v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.021.0161" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537500v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002389v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991597v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991598v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758737v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725088v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774611v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Tible" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991496v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991606v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Peghini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991608v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774652v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tomaszewski" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cemti.fr/la-recherche/publications/2024-le-cadrage-mediatique-de-la-controverse-sur-le-racisme-theatral-naissance-d-une-panique-morale/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774634v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774657v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774646v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991487v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991490v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991610v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269957v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550146v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991603v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269948v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02554930v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550147v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557396v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Ramdani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Castaing" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gaden" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia M&#246;ser" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b11702" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550148v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550149v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557406v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758770v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01426526v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221327v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550175v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550183v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758776v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550184v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557457v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758775v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550705v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02551248v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alessandrin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Raibaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557686v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557709v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550713v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991493v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269987v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269995v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270002v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270008v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270011v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270005v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557816v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02558605v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01427035v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maigret" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991589v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548337v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548357v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758636v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coville" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548395v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758644v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758428v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991601v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Kergoat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Testenoire" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536159v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasbir K. Puar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cervulle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Minx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206631v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Kosofsky Sedgwick" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsamsterdam.fr/epistemologie-du-placard-2/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243502v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L&#233;cossais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-couleur-des-roles-penser-la-division-raciale-du-travail-actorial/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774661v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Hamidi Kim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269974v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raewyn Connell" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duval" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Garrot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Richards" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758377v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Quemener" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991535v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269967v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Butler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991547v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Hall" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian V&#246;r&#246;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Blanchard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02546508v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548832v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758373v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02547396v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Rees-Roberts" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01426499v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Farges" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Isabelle Fran&#231;ois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02546509v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548812v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02546510v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547721v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Lindgaard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mac&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maigret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Mcrobbie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.bibpompidou.1612" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991541v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991550v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaquet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991549v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550189v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445976v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09571558251406520" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351832v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.16351" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351837v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.33285" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269941v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991591v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saemmer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991498v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991593v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991499v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991501v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Julliard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758660v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Gou&#235;z" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270676v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.12076" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269981v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Berlant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Warner" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002374v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02536168v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02536171v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02542248v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02536177v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Clair" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02536194v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537021v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Beugnet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Sellier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lefebvre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.2123" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758663v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Freitas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02543898v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Buxton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02542924v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02541538v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758664v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Renzo Dell'Omodarme" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537088v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537034v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02542925v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469913v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Pailler" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.717" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02541539v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537495v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.021.0161" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002389v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537500v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991597v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991598v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758737v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725088v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774611v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Tible" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991496v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991606v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Peghini" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991608v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774634v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774652v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tomaszewski" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cemti.fr/la-recherche/publications/2024-le-cadrage-mediatique-de-la-controverse-sur-le-racisme-theatral-naissance-d-une-panique-morale/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774657v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774646v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991487v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991490v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991610v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269957v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550146v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991603v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269948v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02554930v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550147v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557396v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Ramdani" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Castaing" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gaden" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia M&#246;ser" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b11702" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550148v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550149v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557406v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758770v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01426526v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221327v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550175v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550183v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758776v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550184v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557457v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758775v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550705v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02551248v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alessandrin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Raibaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557686v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557709v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02550713v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991493v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269987v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269995v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270002v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270008v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270011v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270005v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557816v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02558605v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01427035v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maigret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991589v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548337v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548357v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758636v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coville" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02548395v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758644v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758428v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991601v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Kergoat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Testenoire" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>