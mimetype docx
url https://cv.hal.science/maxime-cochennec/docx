--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -315,563 +315,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05528396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The accurate determination of Perfluorooctane sulfonic acid (PFOS) removal efficiency by integrated-sonochemical system</w:t>
+                <w:t xml:space="preserve">Influence of water table fluctuations and temperature on LNAPL distribution in heterogeneous porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debabrata Panda</w:t>
+                <w:t xml:space="preserve">Lazzat Amangaliyeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sagyn Omirbekov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.D. van Hullebusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Tierce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 113, pp.107222. </w:t>
+              <w:t xml:space="preserve">Integrated Environmental Assessment and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2025.107222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/inteam/vjaf172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04901864v1</w:t>
+                <w:t xml:space="preserve">hal-05396191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability and flow behavior of polymer-enhanced foams for improved in-situ remediation of hydrocarbons: Effect of polymer-surfactant interactions</w:t>
+                <w:t xml:space="preserve">The accurate determination of Perfluorooctane sulfonic acid (PFOS) removal efficiency by integrated-sonochemical system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adil Baigadilov</w:t>
+                <w:t xml:space="preserve">Debabrata Panda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sagyn Omirbekov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dorian Davarzani</w:t>
+                <w:t xml:space="preserve">Benjamin Laulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tierce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2024.137004⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 113, pp.107222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2025.107222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04870962v1</w:t>
+                <w:t xml:space="preserve">hal-04901864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilization of poly- and perfluoroalkyl substances (PFAS) from heterogeneous soils: Desorption by ethanol/xanthan gum mixture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali Batikh</w:t>
+                <w:t xml:space="preserve">Stability and flow behavior of polymer-enhanced foams for improved in-situ remediation of hydrocarbons: Effect of polymer-surfactant interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adil Baigadilov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sagyn Omirbekov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Davarzani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnault Perrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 481, pp.136496. </w:t>
+              <w:t xml:space="preserve">, 2025, 486, pp.137004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2024.136496⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2024.137004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807358v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04870962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of water table fluctuations and temperature on LNAPL distribution in heterogeneous porous media</w:t>
+                <w:t xml:space="preserve">Mobilization of poly- and perfluoroalkyl substances (PFAS) from heterogeneous soils: Desorption by ethanol/xanthan gum mixture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lazzat Amangaliyeva</w:t>
+                <w:t xml:space="preserve">Ali Batikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sagyn Omirbekov</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Davarzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.D. van Hullebusch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéfan Colombano</w:t>
+                <w:t xml:space="preserve">Arnault Perrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrated Environmental Assessment and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 481, pp.136496. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/inteam/vjaf172⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2024.136496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05396191v1</w:t>
+                <w:t xml:space="preserve">hal-04807358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound-assisted removal of organochlorine pesticide chlordecone from aqueous matrices</w:t>
               </w:r>
@@ -883,77 +883,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah E Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Laulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Baudouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tierce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Technology and Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 40, pp.104563. </w:t>
@@ -1527,77 +1527,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surfactant foam injection for remediation of diesel-contaminated soil: A comprehensive study on the role of co-surfactant in foaming formulation enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adil Baigadilov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sagyn Omirbekov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1661,90 +1661,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of DNAPL displacement by a new densified polymer solution and upscaling problems of aqueous polymer flow in porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sagyn Omirbekov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Alamooti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Batikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1789,425 +1789,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03946301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulations of high viscosity DNAPL recovery in highly permeable porous media under isothermal and non-isothermal conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the fluid–fluid drag on the pressure drop in simulations of two-phase flows through porous flow cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cochennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davarzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéfan Colombano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Philippe</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéfan Colombano</w:t>
+                <w:t xml:space="preserve">Ioannis Ignatiadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malorie Dierick</w:t>
+                <w:t xml:space="preserve">Michel Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 251, pp.104073. </w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 149, pp.103987. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2022.104073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2022.103987⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03782733v1</w:t>
+                <w:t xml:space="preserve">hal-03854191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the fluid–fluid drag on the pressure drop in simulations of two-phase flows through porous flow cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of water saturation and soil properties on the removal of organic pollutants using microwave heating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Davarzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hossein Davarzani</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumarou Ali Djigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 149, pp.103987. </w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 251, pp.104095. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2022.103987⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2022.104095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03854191v1</w:t>
+                <w:t xml:space="preserve">hal-03845619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of water saturation and soil properties on the removal of organic pollutants using microwave heating</w:t>
+                <w:t xml:space="preserve">Numerical simulations of high viscosity DNAPL recovery in highly permeable porous media under isothermal and non-isothermal conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Davarzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Oumarou Ali Djigo</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Menard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Malorie Dierick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 251, pp.104095. </w:t>
+              <w:t xml:space="preserve">, 2022, 251, pp.104073. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2022.104095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2022.104073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03845619v1</w:t>
+                <w:t xml:space="preserve">hal-03782733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of gravity and inertia on stable displacements of DNAPL in highly permeable porous media</w:t>
               </w:r>
@@ -2245,51 +2245,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Davit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Ignatiadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Water Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 162, pp.104139. </w:t>
@@ -2417,51 +2417,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="01AA1BFC"/>
+    <w:nsid w:val="7362679F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2648,51 +2648,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-cochennec" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2789-2638" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/268655480" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05528396v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cochennec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Davarzani" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Richard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Krimissa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2026.123508" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04901864v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debabrata Panda" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laulier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tierce" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107222" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870962v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Baigadilov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagyn Omirbekov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.137004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04807358v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Batikh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Perrault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.136496" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05396191v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazzat Amangaliyeva" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. van Hullebusch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/inteam/vjaf172" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333651v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah E Martin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baudouard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2025.104563" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05442101v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Alamooti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lion" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behshad Koohbor" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-30519-y" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05073341v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magzhan Zhumabek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Kachkinova" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yerlan Amanbek" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42452-025-06884-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05173810v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayaulym Amankeldiyeva" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samal Kaumbekova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aigerim Khalidulliyeva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanat Salimova" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aizhan Ibrayeva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-08100-4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04472338v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Devriendt-Renault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Massat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gu&#233;rin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141486" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04573819v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172631" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03946301v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104120" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03782733v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Davarzani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Philippe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie Dierick" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104073" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854191v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Ignatiadis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Quintard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2022.103987" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03845619v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Ali Djigo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Menard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104095" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854229v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Davit" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2022.104139" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-cochennec" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2789-2638" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/268655480" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05528396v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cochennec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Davarzani" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Richard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Krimissa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2026.123508" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05396191v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazzat Amangaliyeva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagyn Omirbekov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. van Hullebusch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/inteam/vjaf172" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04901864v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debabrata Panda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laulier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tierce" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107222" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870962v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Baigadilov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.137004" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04807358v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Batikh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Perrault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.136496" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333651v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah E Martin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baudouard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2025.104563" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05442101v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Alamooti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lion" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behshad Koohbor" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-30519-y" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05073341v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magzhan Zhumabek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Kachkinova" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yerlan Amanbek" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42452-025-06884-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05173810v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayaulym Amankeldiyeva" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samal Kaumbekova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aigerim Khalidulliyeva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanat Salimova" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aizhan Ibrayeva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-08100-4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04472338v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Devriendt-Renault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Massat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gu&#233;rin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ollivier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141486" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04573819v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172631" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03946301v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104120" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854191v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Davarzani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Ignatiadis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Quintard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2022.103987" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03845619v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Ali Djigo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Menard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104095" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03782733v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Philippe" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie Dierick" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104073" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854229v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Davit" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2022.104139" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>