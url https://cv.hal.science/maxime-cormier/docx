--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -260,165 +260,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05345585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour sur la croyance légitime du tiers invoquant l'existence d'un mandat apparent</w:t>
+                <w:t xml:space="preserve">L'approche extensive de l'appauvrissement dans le régime de l'action paulienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 4, pp.4</w:t>
+              <w:t xml:space="preserve">, 2025, 3, pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05090256v1</w:t>
+                <w:t xml:space="preserve">hal-05090265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution unilatérale du contrat : la gravité de l'inexécution s'apprécie au regard de la tardiveté de la notification</w:t>
+                <w:t xml:space="preserve">Le franchisé peut se préparer à concurrencer son franchiseur pendant la durée du contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2, pp.5</w:t>
+              <w:t xml:space="preserve">, 2025, 5, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05090268v1</w:t>
+                <w:t xml:space="preserve">hal-05090247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Destination des locaux loués : le snack ne peut se transformer en restaurant sophistiqué !</w:t>
               </w:r>
@@ -467,165 +467,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05090251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'approche extensive de l'appauvrissement dans le régime de l'action paulienne</w:t>
+                <w:t xml:space="preserve">Résolution unilatérale du contrat : la gravité de l'inexécution s'apprécie au regard de la tardiveté de la notification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 3, pp.2</w:t>
+              <w:t xml:space="preserve">, 2025, 2, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05090265v1</w:t>
+                <w:t xml:space="preserve">hal-05090268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le franchisé peut se préparer à concurrencer son franchiseur pendant la durée du contrat</w:t>
+                <w:t xml:space="preserve">Retour sur la croyance légitime du tiers invoquant l'existence d'un mandat apparent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 5, pp.5</w:t>
+              <w:t xml:space="preserve">, 2025, 4, pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05090247v1</w:t>
+                <w:t xml:space="preserve">hal-05090256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silence des parties et modification du contrat</w:t>
               </w:r>
@@ -674,234 +674,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05090254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La responsabilité du constructeur en cas de violation d'une norme technique non-obligatoire</w:t>
+                <w:t xml:space="preserve">Qualification de bail rural : le preneur doit accomplir des actes directs d'exploitation agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1, pp.3</w:t>
+              <w:t xml:space="preserve">, 2025, 2, pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04913062v1</w:t>
+                <w:t xml:space="preserve">hal-05090269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle vicissitude pour la promesse unilatérale de vente : l'appréciation de la vileté du prix</w:t>
+                <w:t xml:space="preserve">La responsabilité du constructeur en cas de violation d'une norme technique non-obligatoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1, pp.6</w:t>
+              <w:t xml:space="preserve">, 2025, 1, pp.3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04913059v1</w:t>
+                <w:t xml:space="preserve">hal-04913062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualification de bail rural : le preneur doit accomplir des actes directs d'exploitation agricole</w:t>
+                <w:t xml:space="preserve">Une nouvelle vicissitude pour la promesse unilatérale de vente : l'appréciation de la vileté du prix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2, pp.2</w:t>
+              <w:t xml:space="preserve">, 2025, 1, pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05090269v1</w:t>
+                <w:t xml:space="preserve">hal-04913059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La preuve dans les contentieux du déséquilibre significatif : un témoin de la protection de l'équilibre contractuel</w:t>
               </w:r>
@@ -950,234 +950,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05001581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Il faut sauver le testament olographe non daté de la main du testateur</w:t>
+                <w:t xml:space="preserve">Mise en demeure préalable à la résolution par notification : l'opportun forçage de l'article 1226 du Code civil ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.1008</w:t>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04424400v1</w:t>
+                <w:t xml:space="preserve">hal-04387544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en demeure préalable à la résolution par notification : l'opportun forçage de l'article 1226 du Code civil ?</w:t>
+                <w:t xml:space="preserve">L'intuitus personae du contrat de franchise à l'épreuve des évolutions internes du franchiseur personne morale : que vive l'orthodoxie !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gazette du Palais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1, pp.23</w:t>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 845</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04387544v1</w:t>
+                <w:t xml:space="preserve">hal-04646449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'intuitus personae du contrat de franchise à l'épreuve des évolutions internes du franchiseur personne morale : que vive l'orthodoxie !</w:t>
+                <w:t xml:space="preserve">Il faut sauver le testament olographe non daté de la main du testateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 845</w:t>
+              <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04646449v1</w:t>
+                <w:t xml:space="preserve">halshs-04424400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en conformité d'une construction : inachèvement du chantier de l'exclusion de la proportionnalité</w:t>
               </w:r>
@@ -1226,96 +1226,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04639852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les clauses relatives au contrôle de la disproportion manifeste de l’exécution forcée du contrat</w:t>
+                <w:t xml:space="preserve">Sociétés à capital variable : la clause statutaire d’exclusion n’a pas à en préciser les motifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contrats Concurrence Consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.8</w:t>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04224260v1</w:t>
+                <w:t xml:space="preserve">hal-04224262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'extension du contrôle de la disproportion manifeste de l'exécution forcée aux dommages-intérêts en matière contractuelle</w:t>
               </w:r>
@@ -1433,96 +1433,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04285034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociétés à capital variable : la clause statutaire d’exclusion n’a pas à en préciser les motifs</w:t>
+                <w:t xml:space="preserve">Les clauses relatives au contrôle de la disproportion manifeste de l’exécution forcée du contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gazette du Palais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.32</w:t>
+              <w:t xml:space="preserve">Contrats Concurrence Consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04224262v1</w:t>
+                <w:t xml:space="preserve">hal-04224260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motif légitime de la mesure d'instruction in futurum : la regrettable valse-hésitation quant à l'influence du bien-fondé de l'éventuelle action au fond</w:t>
               </w:r>
@@ -2474,51 +2474,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090259v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cormier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345585v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Touzain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090256v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090268v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090251v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090265v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090247v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090254v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913062v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913059v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090269v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001581v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04424400v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387544v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646449v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639852v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224260v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04242135v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285034v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224262v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224261v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04289978v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Eliphe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moron-Puech" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224263v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224264v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520244v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex-Geert Castermans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana L. M. T. Dankers-Hagenaars" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dejean de La Batie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Borghetti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte de Cabarrus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561592v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373466v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thijs Beumers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben de Graaff" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gitta Veldt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376024v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Leveneur" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leveneur-Az&#233;mar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Jacquemin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090259v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cormier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345585v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Touzain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090265v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090247v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090251v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090268v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090256v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090254v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090269v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913062v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913059v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001581v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387544v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646449v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04424400v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639852v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224262v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04242135v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285034v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224260v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224261v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04289978v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Eliphe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moron-Puech" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224263v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224264v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520244v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex-Geert Castermans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana L. M. T. Dankers-Hagenaars" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dejean de La Batie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Borghetti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte de Cabarrus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561592v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373466v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thijs Beumers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben de Graaff" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gitta Veldt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376024v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Leveneur" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leveneur-Az&#233;mar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Jacquemin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>