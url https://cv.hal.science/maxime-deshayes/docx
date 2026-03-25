--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -261,464 +261,464 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïna Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, pp.1-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17605/OSF.IO/7496S⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2026.2631321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05520997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does enhanced expectancy mitigate the negative impact of gender stereotype threat on women’s motor learning, perceived competence and self-efficacy?</w:t>
+                <w:t xml:space="preserve">Factors Associated With Psychological Distress in Parents of LGBT + People</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahdieh Behbahanabadi</w:t>
+                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esmaeel Saemi</w:t>
+                <w:t xml:space="preserve">Lucile Montalescot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammadreza Doustan</w:t>
+                <w:t xml:space="preserve">Gaëtan Briet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Simpson</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marylou Gouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13, pp.1112. </w:t>
+              <w:t xml:space="preserve">Family Process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (2), pp.e70051. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40359-025-03308-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/famp.70051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05347955v1</w:t>
+                <w:t xml:space="preserve">hal-05137643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive dual-task does not annihilate the negative effects of gender stereotype threat on girls' motor learning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Does enhanced expectancy mitigate the negative impact of gender stereotype threat on women’s motor learning, perceived competence and self-efficacy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdieh Behbahanabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esmaeel Saemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ebrahim Moteshareie</w:t>
+                <w:t xml:space="preserve">Mohammadreza Doustan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Simpson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2024.102771⟩</w:t>
+              <w:t xml:space="preserve">BMC Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.1112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40359-025-03308-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778020v1</w:t>
+                <w:t xml:space="preserve">hal-05347955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors Associated With Psychological Distress in Parents of LGBT + People</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
+                <w:t xml:space="preserve">Cognitive dual-task does not annihilate the negative effects of gender stereotype threat on girls' motor learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esmaeel Saemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Montalescot</w:t>
+                <w:t xml:space="preserve">Laura Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëtan Briet</w:t>
+                <w:t xml:space="preserve">Sara Jalilinasab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ebrahim Moteshareie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Family Process</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 64 (2), pp.e70051. </w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76, pp.102771. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/famp.70051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2024.102771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05137643v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04778020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do negative stereotypes and domain identification moderate novice participants’ performance on a soccer-dribbling task ?</w:t>
               </w:r>
@@ -847,77 +847,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of questioning gender stereotype threat on girl’s standing long jump performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elahe Naderi Dehkordi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ebrahim Moteshareie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behrooz Abdoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esmaeel Saemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1075,953 +1075,953 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motor Skill Learning in Iranian Girls: Effects of a Relatively Long Induction of Gender Stereotypes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the Health Effectiveness of a Physical Activity Program Co-Constructed with Students after the COVID-19 Pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Deshayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seyyed Mohammadreza Mousavi</w:t>
+                <w:t xml:space="preserve">Béatrice Gisclard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamid Salehi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Caroline Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sex Roles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11199-023-01398-2⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (13), pp.2913. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu15132913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04230085v1</w:t>
+                <w:t xml:space="preserve">hal-04148999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gender stereotypes and motor performance: How explicit and implicit stereotypes influence girls standing long jump and anxiety</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sara Jalilinasab</w:t>
+                <w:t xml:space="preserve">Motor Skill Learning in Iranian Girls: Effects of a Relatively Long Induction of Gender Stereotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyyed Mohammadreza Mousavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Salehi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sana Afrash</w:t>
+                <w:t xml:space="preserve">Takehiro Iwatsuki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fateme Velayati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2022.102334⟩</w:t>
+              <w:t xml:space="preserve">Sex Roles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 89 (3-4), pp.174-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11199-023-01398-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03892002v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04230085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are aging stereotypes in the physical domain associated with physical capacities in older adults?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gender stereotypes and motor performance: How explicit and implicit stereotypes influence girls standing long jump and anxiety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esmaeel Saemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ebrahim Moteshareie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Jalilinasab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Afrash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1612197X.2023.2291531⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 64, pp.102334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2022.102334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04331772v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03892002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de deux interventions innovantes visant à réduire et/ou prévenir les détériorations de santé des étudiants à l’université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gisclard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lespiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue de Santé Scolaire et Universitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14 (83), pp.22-29. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.revssu.2023.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04216966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motor Skill Learning in Iranian Girls: Effects of a Relatively Long Induction of Gender Stereotypes</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Are aging stereotypes in the physical domain associated with physical capacities in older adults?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Duarte Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sex Roles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11199-023-01419-0⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1612197X.2023.2291531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04241205v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04331772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a sex stereotype on cortical activity during a self-paced exercise: A motor-related cortical potential approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Motor Skill Learning in Iranian Girls: Effects of a Relatively Long Induction of Gender Stereotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyyed Mohammadreza Mousavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Salehi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takehiro Iwatsuki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fateme Velayati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2022.102336⟩</w:t>
+              <w:t xml:space="preserve">Sex Roles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11199-023-01419-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03892011v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04241205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Health Effectiveness of a Physical Activity Program Co-Constructed with Students after the COVID-19 Pandemic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of a sex stereotype on cortical activity during a self-paced exercise: A motor-related cortical potential approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antony Philippe</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bernal</w:t>
+                <w:t xml:space="preserve">Rémi Radel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (13), pp.2913. </w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 64, pp.102336. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nu15132913⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2022.102336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04148999v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03892011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can an Eight-Session Multicomponent Physical Exercise Program Reduce Fall Risk and Fear of Falling among the Elderly?</w:t>
               </w:r>
@@ -2059,51 +2059,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19 (14), pp.8262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2137,51 +2137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Less healthy, unfit, weaker” effects of the emerging nonexerciser stereotype on performance on a fatiguing task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2280,51 +2280,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promoting physical activity among university students during COVID-19 pandemic: protocol for a randomised controlled trial.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Korchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2512,321 +2512,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03892015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the Effect of Stereotypes in Older People Depend Upon Task Intensity?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Five-factor model personality traits and grip strength: Meta-analysis of seven studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Sutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiia Kekäläinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research on Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/01640275211020680⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychosomatic Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 160 (4), pp.110961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpsychores.2022.110961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03626576v1</w:t>
+                <w:t xml:space="preserve">hal-03892199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Five-factor model personality traits and grip strength: Meta-analysis of seven studies</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Does the Effect of Stereotypes in Older People Depend Upon Task Intensity?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiia Kekäläinen</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raphaël Zory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Radel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychosomatic Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 160 (4), pp.110961. </w:t>
+              <w:t xml:space="preserve">Research on Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 44 (3-4), pp.254-264. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpsychores.2022.110961⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/01640275211020680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03892199v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“You Kick Like A Girl!” The Effects of Gender Stereotypes on Motor Skill Learning in Young Adolescents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seyyed Mohammadreza Mousavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Beik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2899,51 +2899,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of age, gender, frailty and falls on spatiotemporal gait parameters: a retrospective cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Gerus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3020,77 +3020,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissociative or associative cognitions: a focus on muscle pain can be more effective for muscular endurance performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Radel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3163,77 +3163,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Corrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Gerontology and Geriatrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 95, pp.104417. </w:t>
@@ -3271,51 +3271,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-efficacy and stereotype threat effects on handgrip strength performance in less active people living with HIV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne d'Arripe-Longueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3401,51 +3401,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can the Stereotype Threat and Lift Phenomenon Be Applicable to a Muscular Endurance Task?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Seitchik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3544,77 +3544,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 51, pp.101793. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3642,261 +3642,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03154938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can stereotype threat increase women’s performance? The case of a fatiguing task.</w:t>
+                <w:t xml:space="preserve">“Men are Better Than Women!” The Positive Effect of a Negative Stereotype Toward Women on a Self-Paced Cycling Exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport, Exercise, and Performance Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 41 (4), pp.242-250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/spy0000190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1123/jsep.2018-0213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02873994v1</w:t>
+                <w:t xml:space="preserve">hal-02528920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Men are Better Than Women!” The Positive Effect of a Negative Stereotype Toward Women on a Self-Paced Cycling Exercise</w:t>
+                <w:t xml:space="preserve">Can stereotype threat increase women’s performance? The case of a fatiguing task.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Zory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Seitchik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sport and Exercise Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 41 (4), pp.242-250. </w:t>
+              <w:t xml:space="preserve">Sport, Exercise, and Performance Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/jsep.2018-0213⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/spy0000190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02528920v1</w:t>
+                <w:t xml:space="preserve">hal-02873994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit and explicit stereotype content associated with people with physical disability: Does sport change anything?</w:t>
               </w:r>
@@ -4042,346 +4042,346 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les facteurs impliqués dans les détériorations de santé des jeunes LGBT+</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Table ronde Hope LGBT+: Santé des familles LGBT+</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Briet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Métamorphose des liens à l'adolescence" Reconfigurations ou invariants ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Nimes, France</w:t>
+              <w:t xml:space="preserve">Table ronde sur le projet Hope LGBT+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Nimes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05326099v1</w:t>
+                <w:t xml:space="preserve">hal-05289290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde Hope LGBT+: Santé des familles LGBT+</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Les facteurs impliqués dans les détériorations de santé des jeunes LGBT+</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Briet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde sur le projet Hope LGBT+</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Nimes, France</w:t>
+              <w:t xml:space="preserve">Colloque "Métamorphose des liens à l'adolescence" Reconfigurations ou invariants ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Nimes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05289290v1</w:t>
+                <w:t xml:space="preserve">hal-05326099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de la résilience et du soutien social dans la détresse psychologique des jeunes LGBT+ : Une approche dyadique parent-enfant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Briet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4417,217 +4417,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04848040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fluctuations quotidiennes des perceptions liées au vieillissement prédisent-elles le mode de vie des individus ?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les effets de la menace du stéréotype dans le domaine physique : un état de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème congrès international de l'Association des Chercheurs en Activités Physiques et Sportives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">62e Congrès de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692910v1</w:t>
+                <w:t xml:space="preserve">hal-04692023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets de la menace du stéréotype dans le domaine physique : un état de la littérature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les fluctuations quotidiennes des perceptions liées au vieillissement prédisent-elles le mode de vie des individus ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62e Congrès de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Nîmes, France</w:t>
+              <w:t xml:space="preserve">20ème congrès international de l'Association des Chercheurs en Activités Physiques et Sportives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692023v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les stéréotypes liés au vieillissement dans le domaine du sport-santé</w:t>
               </w:r>
@@ -4695,64 +4695,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does the effects of stereotypes depend upon task intensity ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Radel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4816,77 +4816,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e congrès international de l'Association des Chercheurs en Activités Physiques et Sportives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4905,329 +4905,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04692097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a sex stereotype on cortical activity during a self-paced exercise: A motor-related cortical potential approach.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance on a fatiguing task in exercisers and nonexercisers: effect of the nonexerciser stereotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Gray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Rémi Radel</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Zory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne d'Arripe-Longueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème journée de l’Ecole Doctorale Sciences du Mouvement Humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">6ème Congrès International de la Société Française de Psychologie du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Lausanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692725v1</w:t>
+                <w:t xml:space="preserve">hal-04692878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can the stereotype threat model be applicable to fatiguing tasks?</w:t>
+                <w:t xml:space="preserve">Effect of a sex stereotype on cortical activity during a self-paced exercise: A motor-related cortical potential approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Radel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Congrès international de la Société Française de Psychologie du Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lausanne, France</w:t>
+              <w:t xml:space="preserve">15ème journée de l’Ecole Doctorale Sciences du Mouvement Humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692777v1</w:t>
+                <w:t xml:space="preserve">hal-04692725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les stéréotypes peuvent-ils modifier la force sous-maximale des seniors à différentes intensités perçues ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Radel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5259,152 +5263,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04692737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance on a fatiguing task in exercisers and nonexercisers: effect of the nonexerciser stereotype</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Can the stereotype threat model be applicable to fatiguing tasks?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Seitchik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïna Chalabaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Congrès International de la Société Française de Psychologie du Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Lausanne, France</w:t>
+              <w:t xml:space="preserve">6ème Congrès international de la Société Française de Psychologie du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lausanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692878v1</w:t>
+                <w:t xml:space="preserve">hal-04692777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5530,90 +5530,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daily dynamics between self-perception of aging and self-rated health : a lifespan perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5690,51 +5690,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gisclard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spring day de l'Ecole Doctorale 583</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5753,433 +5753,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of social context on handgrip strength performance among less active people living with HIV</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura Gray</w:t>
+                <w:t xml:space="preserve">Promoting physical activity among university studentrs with a co-constructed program during COVID-19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Korchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Nogrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Festival of Sports, Exercise and Medicine Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">30 th European Congress of Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Budapest, Hungary. European Psychiatry, 65 (S1: Abstracts of the 30th European Congress of Psychiatry), pp.S542, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1192/j.eurpsy.2022.1387⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692928v1</w:t>
+                <w:t xml:space="preserve">hal-03685348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the emerging nonexerciser stereotype on performance on a fatiguing task in active and less active healthy young adults</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Effects of social context on handgrip strength performance among less active people living with HIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne d'Arripe-Longueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Colson</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Festival of Sports, Exercise and Medicine Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Pretoria, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692935v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promoting physical activity among university studentrs with a co-constructed program during COVID-19 pandemic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
+                <w:t xml:space="preserve">Effects of the emerging nonexerciser stereotype on performance on a fatiguing task in active and less active healthy young adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Gray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Colson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne d'Arripe-Longueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Clément-Guillotin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30 th European Congress of Psychiatry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Festival of Sports, Exercise and Medicine Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Pretoria, South Africa</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1192/j.eurpsy.2022.1387⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03685348v1</w:t>
+                <w:t xml:space="preserve">hal-04692935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Men are better than women !&amp;quot; : The positive effect of stereotype threat on self-paced cycling exercise.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Zory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Seitchik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6275,103 +6275,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences de la COVID-19 sur la santé des étudiants : effets sur leur mode de vie et leur état psychologique (Projet ANR-21-COVR-0005 COV'Etu)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lespiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Baussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gisclard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] université de Nimes. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6586,51 +6586,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8FCC5C23"/>
+    <w:nsid w:val="EA7DC953"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6817,51 +6817,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520997v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cl&#233;ment-Guillotin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17605/OSF.IO/7496S" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347955v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdieh Behbahanabadi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmaeel Saemi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Doustan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Simpson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-025-03308-5" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778020v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gray" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Jalilinasab" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim Moteshareie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102771" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137643v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montalescot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Gouilly" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/famp.70051" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672985v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Caudroit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Martin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Aillaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102686" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848480v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elahe Naderi Dehkordi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrooz Abdoli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-024-02190-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492526v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Philippe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Korchi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1307382" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230085v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyyed Mohammadreza Mousavi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Salehi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takehiro Iwatsuki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateme Velayati" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11199-023-01398-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892002v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Afrash" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102334" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331772v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Duarte Freitas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gu&#233;rin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chorin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Zory" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2023.2291531" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216966v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Vigouroux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lespiau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2023.08.007" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241205v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11199-023-01419-0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892011v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Denis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bredin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Radel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102336" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148999v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bernal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15132913" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717430v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martinez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19148262" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626649v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Colson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne D&#8217;arripe-Longueville" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2021.2025138" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685362v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nogrette Maxence" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/36429" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892015v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Palermo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2022.998724" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626576v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Zory" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01640275211020680" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892199v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Stephan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Sutin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Canada" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiia Kek&#228;l&#228;inen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2022.110961" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626617v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Beik" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.2020-0255" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03509733v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gerus" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guerin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.21.06831-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626621v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2021.1995020" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209231v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Corrion" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2021.104417" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154915v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne d'Arripe-Longueville" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2021.1877831" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874001v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Seitchik" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2019.1668518" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154938v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101793" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873994v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/spy0000190" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02528920v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.2018-0213" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079290v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rohmer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillotin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2018.06.014" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326099v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pellerin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289290v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848040v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692910v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Royer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692023v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692043v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692058v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692097v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692725v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692777v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692737v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692878v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381574v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Bovier-Lapierre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarrazin Philippe" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chalabaev A&#239;na" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069749v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067786v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692928v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692935v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685348v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Nogrette" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1192/j.eurpsy.2022.1387" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692855v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693981v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Baussard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02885253v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019AZUR4108" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520997v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cl&#233;ment-Guillotin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2026.2631321" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137643v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montalescot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Gouilly" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/famp.70051" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347955v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdieh Behbahanabadi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmaeel Saemi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Doustan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Simpson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-025-03308-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778020v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gray" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Jalilinasab" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim Moteshareie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102771" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672985v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Caudroit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Martin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Aillaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102686" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848480v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elahe Naderi Dehkordi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrooz Abdoli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-024-02190-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492526v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Philippe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Korchi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1307382" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148999v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bernal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15132913" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230085v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyyed Mohammadreza Mousavi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Salehi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takehiro Iwatsuki" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateme Velayati" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11199-023-01398-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892002v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Afrash" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102334" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216966v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Vigouroux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lespiau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2023.08.007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331772v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Duarte Freitas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gu&#233;rin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chorin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Zory" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2023.2291531" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241205v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11199-023-01419-0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892011v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Denis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bredin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Radel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102336" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717430v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martinez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19148262" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626649v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Colson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne D&#8217;arripe-Longueville" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2021.2025138" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685362v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nogrette Maxence" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/36429" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892015v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Palermo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2022.998724" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892199v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Stephan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Sutin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Canada" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiia Kek&#228;l&#228;inen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2022.110961" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626576v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Zory" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01640275211020680" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626617v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Beik" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.2020-0255" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03509733v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gerus" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guerin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.21.06831-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626621v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2021.1995020" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209231v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Corrion" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2021.104417" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154915v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne d'Arripe-Longueville" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2021.1877831" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874001v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Seitchik" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2019.1668518" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154938v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101793" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02528920v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.2018-0213" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873994v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/spy0000190" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079290v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rohmer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillotin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2018.06.014" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289290v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pellerin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326099v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848040v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692023v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692910v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Royer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692043v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692058v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692097v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692878v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692725v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692737v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692777v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381574v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Bovier-Lapierre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarrazin Philippe" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chalabaev A&#239;na" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069749v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067786v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685348v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Nogrette" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1192/j.eurpsy.2022.1387" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692928v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692935v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692855v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693981v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Baussard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02885253v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019AZUR4108" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>