--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -602,291 +602,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04933061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating time series averages from latent space of multi-tasking neural networks</w:t>
+                <w:t xml:space="preserve">Time series adversarial attacks: an investigation of smooth perturbations and defense approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tsegamlak Terefe</w:t>
+                <w:t xml:space="preserve">Gautier Pialla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Ismail Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lhassane Idoumghar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Knowledge and Information Systems (KAIS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10115-023-01927-1⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Data Science and Analytics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41060-023-00438-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535655v1</w:t>
+                <w:t xml:space="preserve">hal-04535654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time series adversarial attacks: an investigation of smooth perturbations and defense approaches</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimating time series averages from latent space of multi-tasking neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Ismail Fawaz</w:t>
+                <w:t xml:space="preserve">Tsegamlak Terefe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lhassane Idoumghar</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dereje Hailemariam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Data Science and Analytics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Knowledge and Information Systems (KAIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 65 (11), pp.4967 - 5004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s41060-023-00438-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10115-023-01927-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535654v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decision Based on Belief Interval for Multi-class Obstacle Perception of Self-driving Cars</w:t>
               </w:r>
@@ -1814,1842 +1814,1842 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Study of CNNs and Vision-Language Models for Chart Image Classification</w:t>
+                <w:t xml:space="preserve">Prédiction du risque d'échec dans un MOOC : une approche basée sur l'analyse des séries temporelles multivariées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Côme</w:t>
+                <w:t xml:space="preserve">Anass El Ayady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour El Mawas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5220/0013374500003890⟩</w:t>
+              <w:t xml:space="preserve">Environnements Informatiques pour l’Apprentissage Humain 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATIEF, Jun 2025, Villeneuve d’Ascq (Lille), France. pp.416-426, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2507.21118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05350757v1</w:t>
+                <w:t xml:space="preserve">hal-05157634v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Time Series Classification with Diversity-Driven Neural Network Ensembles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Javidan Abdullayev</w:t>
+                <w:t xml:space="preserve">A Comparative Study of CNNs and Vision-Language Models for Chart Image Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Côme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Joint Conference on Neural Networks (IJCNN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Rome, France. pp.1-10, </w:t>
+              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Porto, France. pp.816 - 827, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IJCNN64981.2025.11228372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5220/0013374500003890⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407023v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05350757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude Comparative des CNNs et des Vision-Language Models pour la Classification d'Images de Graphiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Côme</w:t>
+                <w:t xml:space="preserve">Enhancing Time Series Classification with Diversity-Driven Neural Network Ensembles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javidan Abdullayev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Joint Conference on Neural Networks (IJCNN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Rome, France. pp.1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IJCNN64981.2025.11228372⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05131250v1</w:t>
+                <w:t xml:space="preserve">hal-05407023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Neural Network Architectures for Advanced Hiking Map Generation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Schirm</w:t>
+                <w:t xml:space="preserve">Étude Comparative des CNNs et des Vision-Language Models pour la Classification d'Images de Graphiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Côme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Pattern Recognition Applications and Methods (ICPRAM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ORASIS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISEN Yncréa Ouest, Jun 2025, Le Croisic, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0013351700003905⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04909516v1</w:t>
+                <w:t xml:space="preserve">hal-05131250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction du risque d'échec dans un MOOC : une approche basée sur l'analyse des séries temporelles multivariées</w:t>
+                <w:t xml:space="preserve">Deep Neural Network Architectures for Advanced Hiking Map Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anass El Ayady</w:t>
+                <w:t xml:space="preserve">Olivier Schirm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lecus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnements Informatiques pour l’Apprentissage Humain 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATIEF, Jun 2025, Villeneuve d’Ascq (Lille), France. pp.416-426, </w:t>
+              <w:t xml:space="preserve">International Conference on Pattern Recognition Applications and Methods (ICPRAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Porto, Portugal. pp.531-541, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2507.21118⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5220/0013351700003905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05157634v2</w:t>
+                <w:t xml:space="preserve">hal-04909516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fusion of Semantic Segmentation Models for Vehicle Perception Tasks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
+                <w:t xml:space="preserve">Finding Foundation Models for Time Series Classification with a PreText Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fusion 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pacific-Asia Conference on Knowledge Discovery and Data Mining (PAKDD) - International Workshop on Temporal Analytics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Taipei, Taiwan. pp.123 - 135, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-97-2650-9_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04724310v1</w:t>
+                <w:t xml:space="preserve">hal-04946870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidential Deep Learning For Sensor Fusion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
+                <w:t xml:space="preserve">COCALITE: A Hybrid Model COmbining CAtch22 and LITE for Time Series Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumaima Badi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javidan Abdullayev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 27th International Conference on Information Fusion (FUSION)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/FUSION59988.2024.10706424⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Big Data (BigData)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Washington, United States. pp.1229-1236, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/BigData62323.2024.10825872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05488706v2</w:t>
+                <w:t xml:space="preserve">hal-04949077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Medical Low-Back Pain Physical Rehabilitation Dataset for Human Body Movement Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sao Mai Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Remy-Neris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lempereur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Thepaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IJCNN 2024: International Joint Conference on Neural Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Jun 2024, Yokohama, Japan. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IJCNN60899.2024.10650036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04629541v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Supervised Variational Auto-encoder for Human Motion Generation Using Convolutional Neural Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
+                <w:t xml:space="preserve">Fusion of Semantic Segmentation Models for Vehicle Perception Tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danut-Vasile Giurgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dezert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Germain Forestier</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Pattern Recognition and Artificial Intelligence (ICPRAI)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fusion 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Venise, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-981-97-8705-0_11⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04946867v1</w:t>
+                <w:t xml:space="preserve">hal-04724310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weighted Average of Human Motion Sequences for Improving Rehabilitation Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
+                <w:t xml:space="preserve">Evidential Deep Learning For Sensor Fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihreteab Negash Geletu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Germain Forestier</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mengesha Mamo Wogari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECML/PKDD Workshop on Advanced Analytics and Learning on Temporal Data (AALTD)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 27th International Conference on Information Fusion (FUSION)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Venise, Italy. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/FUSION59988.2024.10706424⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-77066-1_8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04949058v1</w:t>
+                <w:t xml:space="preserve">hal-05488706v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidential Deep Learning For Sensor Fusion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
+                <w:t xml:space="preserve">A Supervised Variational Auto-encoder for Human Motion Generation Using Convolutional Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mengesha Mamo Wogari</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 27th International Conference on Information Fusion (FUSION)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/FUSION59988.2024.10706424⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Pattern Recognition and Artificial Intelligence (ICPRAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Jeju Island, South Korea. pp.166 - 181, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-97-8705-0_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05024209v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conflict Management in a Distance to Prototype-Based Evidential Deep Learning</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
+                <w:t xml:space="preserve">Weighted Average of Human Motion Sequences for Improving Rehabilitation Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Belief Functions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-67977-3_10⟩</w:t>
+              <w:t xml:space="preserve">ECML/PKDD Workshop on Advanced Analytics and Learning on Temporal Data (AALTD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Vilnius, Lithuania. pp.131 - 146, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-77066-1_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05514490v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finding Foundation Models for Time Series Classification with a PreText Task</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
+                <w:t xml:space="preserve">Evidential Deep Learning For Sensor Fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihreteab Negash Geletu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Germain Forestier</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mengesha Mamo Wogari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pacific-Asia Conference on Knowledge Discovery and Data Mining (PAKDD) - International Workshop on Temporal Analytics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-981-97-2650-9_10⟩</w:t>
+              <w:t xml:space="preserve">2024 27th International Conference on Information Fusion (FUSION)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Venice, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/FUSION59988.2024.10706424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04946870v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COCALITE: A Hybrid Model COmbining CAtch22 and LITE for Time Series Classification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oumaima Badi</w:t>
+                <w:t xml:space="preserve">Conflict Management in a Distance to Prototype-Based Evidential Deep Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihreteab Negash Geletu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dănuţ-Vasile Giurgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lemaire</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Big Data (BigData)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Washington, United States. pp.1229-1236, </w:t>
+              <w:t xml:space="preserve">8th International Conference on Belief Functions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Belfast, United Kingdom. pp.87-97, </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/BigData62323.2024.10825872⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-67977-3_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949077v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05514490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligent vehicles semantic segmentation using evidential deep learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Danut-Vasile Giurgi</w:t>
+                <w:t xml:space="preserve">Perception multimodale de l'environnement basée sur l'apprentissage profond évidentiel pour les véhicules intelligents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasile Giurgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihreteab Negash Geletu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3672,1460 +3672,1473 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Upper Rhine Artificial Intelligence Symposium 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">ORASIS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04763422v1</w:t>
+                <w:t xml:space="preserve">hal-04219566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidential deep learning-based multi-modal environment perception for intelligent vehicles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
+                <w:t xml:space="preserve">Enhancing Time Series Classification with Self-Supervised Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE Intelligent Vehicles Symposium (IV)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Lisbon, France. pp.40-47, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0011611300003393⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IV55152.2023.10186581⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05024210v1</w:t>
+                <w:t xml:space="preserve">hal-04143083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augmentation de données pour la classification de séries temporelles avec des modèles d'apprentissage profonds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Pialla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lhassane Idoumghar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04219452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ShapeDBA: Generating Effective Time Series Prototypes Using ShapeDTW Barycenter Averaging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Petitjean</w:t>
+                <w:t xml:space="preserve">Evidential deep learning-based multi-modal environment perception for intelligent vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihreteab Negash Geletu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dănuţ-Vasile Giurgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Weber</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mengesha Mamo Wogari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECML/PKDD Workshop on Advanced Analytics and Learning on Temporal Data (AALTD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Torino, Italy. pp.127 - 142, </w:t>
+              <w:t xml:space="preserve">2023 IEEE Intelligent Vehicles Symposium (IV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Anchorage, France. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-49896-1_9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IV55152.2023.10186581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949027v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'algorithmes d'intelligence artificielle pour du mapping vidéo sur une scène de théâtre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intelligent vehicles semantic segmentation using evidential deep learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danut-Vasile Giurgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihreteab Negash Geletu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drôles d'objets 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Upper Rhine Artificial Intelligence Symposium 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Mulhouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04701379v1</w:t>
+                <w:t xml:space="preserve">hal-04763422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche multi-grilles pour la génération automatique d'une carte de sentiers de randonnée à partir de données GPS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Schirm</w:t>
+                <w:t xml:space="preserve">Développement d'algorithmes d'intelligence artificielle pour du mapping vidéo sur une scène de théâtre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vonna</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Drôles d'objets 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Nancy, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2006.14668⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219570v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04701379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LITE: Light Inception with boosTing tEchniques for Time Series Classification</w:t>
+                <w:t xml:space="preserve">ShapeDBA: Generating Effective Time Series Prototypes Using ShapeDTW Barycenter Averaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Ismail Fawaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Data Science and Advanced Analytics (DSAA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/dsaa60987.2023.10302569⟩</w:t>
+              <w:t xml:space="preserve">ECML/PKDD Workshop on Advanced Analytics and Learning on Temporal Data (AALTD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Torino, Italy. pp.127 - 142, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-49896-1_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535657v1</w:t>
+                <w:t xml:space="preserve">hal-04949027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage en Profondeur pour la Classification des Séries Temporelles à l'aide de Nouveaux Filtres de Convolution Créés Manuellement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
+                <w:t xml:space="preserve">Une approche multi-grilles pour la génération automatique d'une carte de sentiers de randonnée à partir de données GPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Schirm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lecus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219450v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Time Series Classification with Self-Supervised Learning</w:t>
+                <w:t xml:space="preserve">LITE: Light Inception with boosTing tEchniques for Time Series Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Data Science and Advanced Analytics (DSAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Thessaloniki, France. pp.1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/dsaa60987.2023.10302569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0011611300003393⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04143083v1</w:t>
+                <w:t xml:space="preserve">hal-04535657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perception multimodale de l'environnement basée sur l'apprentissage profond évidentiel pour les véhicules intelligents</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
+                <w:t xml:space="preserve">Apprentissage en Profondeur pour la Classification des Séries Temporelles à l'aide de Nouveaux Filtres de Convolution Créés Manuellement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219566v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time road detection implementation of UNet architecture for autonomous driving</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
+                <w:t xml:space="preserve">Ensemble clustering for histopathological images segmentation using convolutional autoencoders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilias Rmouque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE 14th Image, Video, and Multidimensional Signal Processing Workshop (IVMSP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ivmsp54334.2022.9816237⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Computer Vision Theory and Applications (VISAPP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, En ligne, France. pp.933-940, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0010835300003124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04008516v1</w:t>
+                <w:t xml:space="preserve">hal-03469780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Augmentation for Time Series Classification with Deep Learning Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Pialla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lhassane Idoumghar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECML/PKDD Workshop on Advanced Analytics and Learning on Temporal Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Grenoble, France. pp.117 - 132, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-24378-3_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05121381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Learning Based Architecture Reduction on Camera-Lidar Fusion for Autonomous Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihreteab Negash Geletu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5134,813 +5147,800 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mengesha Mamo Wogari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 2nd International Conference on Computers and Automation (CompAuto)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Aug 2022, Paris, France. pp.25-31, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CompAuto55930.2022.00012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04008398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A study of Knowledge Distillation in Fully Convolutional Network for Time Series Classification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emel Ay</w:t>
+                <w:t xml:space="preserve">Real-time road detection implementation of UNet architecture for autonomous driving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danut-Vasile Giurgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Josso-Laurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Germain Forestier</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lauffenburger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference on Neural Networks (IJCNN)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE 14th Image, Video, and Multidimensional Signal Processing Workshop (IVMSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nafplio, Greece. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ivmsp54334.2022.9816237⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IJCNN55064.2022.9892915⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03800230v1</w:t>
+                <w:t xml:space="preserve">hal-04008516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Representation Learning for Cluster-Level Time Series Forecasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsegamlak Debella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bethelhem Shawel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dereje Woldegebreal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Time Series and Forecasting (ITISE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Gran Canaria, Spain. pp.22, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/engproc2022018022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03800178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Learning For Time Series Classification Using New Hand-Crafted Convolution Filters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
+                <w:t xml:space="preserve">A study of Knowledge Distillation in Fully Convolutional Network for Time Series Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emel Ay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Big Data (Big Data)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Joint Conference on Neural Networks (IJCNN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Padua, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IJCNN55064.2022.9892915⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/bigdata55660.2022.10020496⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04143093v1</w:t>
+                <w:t xml:space="preserve">hal-03800230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smooth Perturbations for Time Series Adversarial Attacks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hassan Ismail Fawaz</w:t>
+                <w:t xml:space="preserve">Deep Learning For Time Series Classification Using New Hand-Crafted Convolution Filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ismail-Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pacific-Asia Conference on Knowledge Discovery and Data Mining (PAKDD)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-05933-9_38⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Big Data (Big Data)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Osaka, Japan. pp.972-981, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/bigdata55660.2022.10020496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03800377v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04143093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ensemble clustering for histopathological images segmentation using convolutional autoencoders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilias Rmouque</w:t>
+                <w:t xml:space="preserve">Smooth Perturbations for Time Series Adversarial Attacks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Pialla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Ismail Fawaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lhassane Idoumghar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Computer Vision Theory and Applications (VISAPP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, En ligne, France. pp.933-940, </w:t>
+              <w:t xml:space="preserve">Pacific-Asia Conference on Knowledge Discovery and Data Mining (PAKDD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Chengdu, China. pp.485 - 496, </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0010835300003124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-05933-9_38⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03469780v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auto-encodeur multi-tâches pour le calcul de moyennes de séries temporelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsegamlak Terefe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dereje Hailemariam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5978,51 +5978,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segmentation non-supervisée d'images histopathologiques à l'aide d'auto-encodeurs et d'ensemble clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilias Rmouque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6030,51 +6030,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Wemmert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier Apprentissage profond: Théorie et Applications (APTA), Journées Francophones Extraction et Gestion des Connaissances (EGC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6099,90 +6099,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time Series Averaging Using Multi-Tasking Autoencoder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsegamlak Terefe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dereje Hailemariam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6773,265 +6773,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886757v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Generative Model for Facial Expressions Based on Statistical Shape Analysis of Landmarks Trajectories</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Learning Shape Variations of Motion Trajectories for Gait Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Devanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Wannous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Audain Desrosiers</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alberto Del Bimbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Pattern Recognition, ICPR 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Association for Pattern Recognition, Dec 2016, Cancún, Mexico. pp.961 - 966, </w:t>
+              <w:t xml:space="preserve">International Conference on Pattern Recognition (ICPR 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Cancun, Mexico. pp.895 - 900, </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICPR.2016.7899760⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICPR.2016.7899749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01521379v1</w:t>
+                <w:t xml:space="preserve">hal-01535085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning Shape Variations of Motion Trajectories for Gait Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel Generative Model for Facial Expressions Based on Statistical Shape Analysis of Landmarks Trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Audain Desrosiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Pattern Recognition (ICPR 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Cancun, Mexico. pp.895 - 900, </w:t>
+              <w:t xml:space="preserve">23rd International Conference on Pattern Recognition, ICPR 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association for Pattern Recognition, Dec 2016, Cancún, Mexico. pp.961 - 966, </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICPR.2016.7899749⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICPR.2016.7899760⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01535085v1</w:t>
+                <w:t xml:space="preserve">hal-01521379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined Shape Analysis of Human Poses and Motion Units for Action Segmentation and Recognition</w:t>
               </w:r>
@@ -7852,64 +7852,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sao Mai Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Remy-Neris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lempereur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Thépaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8154,51 +8154,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="90E6A53E"/>
+    <w:nsid w:val="FC4C5594"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8385,51 +8385,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-devanne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1458-3855" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/191718076" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114051v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#259;nu&#355;-Vasile Giurgi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihreteab Negash Geletu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Josso-Laurain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Devanne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lauffenburger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijar.2025.109508" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142916v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ismail-Fawaz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Berretti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Weber" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Forestier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2025.104337" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933061v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41060-024-00708-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535655v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegamlak Terefe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje Hailemariam" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10115-023-01927-1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535654v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Pialla" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ismail Fawaz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhassane Idoumghar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41060-023-00438-0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05365831v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danut-Vasile Giurgi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606239v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Blanchard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sao Mai Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Simonnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Le Goff-Pronost" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/5667223" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606179v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milos Cuculovic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fondement" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hassenforder" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spe.3074" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797652v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Hamida" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Derang&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2022.102407" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321646v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2021.104730" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521148v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Pala" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Wannous" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Daoudi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2016.07.041" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056397v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350757v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C&#244;me" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013374500003890" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407023v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javidan Abdullayev" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Meyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN64981.2025.11228372" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131250v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909516v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schirm" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lecus" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013351700003905" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157634v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass El Ayady" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Mawas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2507.21118" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724310v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dezert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488706v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengesha Mamo Wogari" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/FUSION59988.2024.10706424" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04629541v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Remy-Neris" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lempereur" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Thepaut" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN60899.2024.10650036" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946867v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-8705-0_11" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949058v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77066-1_8" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024209v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514490v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-67977-3_10" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946870v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-2650-9_10" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949077v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Badi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemaire" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData62323.2024.10825872" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763422v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024210v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV55152.2023.10186581" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219452v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949027v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Petitjean" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49896-1_9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701379v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baltenweck" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lef&#232;vre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vonna" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2006.14668" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219570v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535657v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/dsaa60987.2023.10302569" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219450v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143083v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011611300003393" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219566v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Giurgi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008516v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ivmsp54334.2022.9816237" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121381v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24378-3_8" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008398v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CompAuto55930.2022.00012" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800230v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emel Ay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN55064.2022.9892915" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800178v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegamlak Debella" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethelhem Shawel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje Woldegebreal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022018022" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143093v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/bigdata55660.2022.10020496" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800377v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05933-9_38" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469780v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Rmouque" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Wemmert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010835300003124" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604169v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604158v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536043v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ictai50040.2020.00163" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714834v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3395027.3419581" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02194928v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Papadakis" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2019.8914457" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01891414v4" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11012-3_15" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886751v3" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R&#233;my-N&#233;ris" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Le Gales-Garnett" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kermarrec" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRC.2018.00074" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886757v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HUMANOIDS.2017.8246923" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521379v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Audain Desrosiers" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899760" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535085v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Del Bimbo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899749" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207932v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207938v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839494v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604132v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Th&#233;paut" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.tisse.2018.02.0157" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02351086v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01707393v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309544v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539574v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Quesque" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Coello" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69162-4_20" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-devanne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1458-3855" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/191718076" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114051v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#259;nu&#355;-Vasile Giurgi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihreteab Negash Geletu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Josso-Laurain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Devanne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lauffenburger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijar.2025.109508" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142916v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ismail-Fawaz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Berretti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Weber" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Forestier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2025.104337" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933061v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41060-024-00708-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535654v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Pialla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ismail Fawaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhassane Idoumghar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41060-023-00438-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535655v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegamlak Terefe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje Hailemariam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10115-023-01927-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05365831v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danut-Vasile Giurgi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606239v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Blanchard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sao Mai Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Simonnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Le Goff-Pronost" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/5667223" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606179v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milos Cuculovic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fondement" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hassenforder" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spe.3074" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797652v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Hamida" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Derang&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artmed.2022.102407" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321646v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2021.104730" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521148v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Pala" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Wannous" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Daoudi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2016.07.041" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056397v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157634v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass El Ayady" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Mawas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2507.21118" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350757v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C&#244;me" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013374500003890" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407023v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javidan Abdullayev" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Meyer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN64981.2025.11228372" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131250v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909516v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schirm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lecus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013351700003905" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946870v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-2650-9_10" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949077v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Badi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemaire" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData62323.2024.10825872" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04629541v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Remy-Neris" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lempereur" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Thepaut" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN60899.2024.10650036" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724310v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dezert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488706v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengesha Mamo Wogari" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/FUSION59988.2024.10706424" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946867v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-8705-0_11" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949058v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77066-1_8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024209v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514490v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-67977-3_10" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219566v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Giurgi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143083v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011611300003393" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219452v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024210v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV55152.2023.10186581" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763422v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701379v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baltenweck" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lef&#232;vre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vonna" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2006.14668" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949027v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Petitjean" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-49896-1_9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219570v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535657v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/dsaa60987.2023.10302569" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219450v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469780v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Rmouque" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Wemmert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010835300003124" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121381v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24378-3_8" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008398v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CompAuto55930.2022.00012" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008516v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ivmsp54334.2022.9816237" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800178v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegamlak Debella" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethelhem Shawel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dereje Woldegebreal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/engproc2022018022" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800230v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emel Ay" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN55064.2022.9892915" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143093v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/bigdata55660.2022.10020496" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800377v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05933-9_38" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604169v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604158v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536043v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ictai50040.2020.00163" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714834v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3395027.3419581" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02194928v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Papadakis" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2019.8914457" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01891414v4" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11012-3_15" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886751v3" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R&#233;my-N&#233;ris" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Le Gales-Garnett" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kermarrec" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRC.2018.00074" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886757v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HUMANOIDS.2017.8246923" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535085v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Del Bimbo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899749" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521379v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Audain Desrosiers" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899760" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207932v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207938v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839494v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604132v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Th&#233;paut" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.tisse.2018.02.0157" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02351086v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01707393v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309544v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539574v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Quesque" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Coello" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69162-4_20" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>