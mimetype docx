--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -1468,1329 +1468,1329 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A View from the Bedrooms of a Na House Patio</w:t>
+                <w:t xml:space="preserve">Bird's-eye view of the fields along Lake Lugu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Shekua, préfecture autonome de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04066790v1</w:t>
+                <w:t xml:space="preserve">hal-04067622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A view on Lake Lugu from the belvedere in the mountains, on the Sichuan side</w:t>
+                <w:t xml:space="preserve">Some friends launch the Na traditional dances at a wedding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Luguhu Zhen, Xian autonome Yi de Liangshan, China. 2019</w:t>
+              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068387v1</w:t>
+                <w:t xml:space="preserve">hal-04068346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Na Woman Sorts Maize Cobs by Separating them from the Stalks during the Autumn Maize Harvest</w:t>
+                <w:t xml:space="preserve">A View on the Interior of a Na House, with The Fireplace and the Cooking Tripod Sitting on Top</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Shekua, préfecture autonome de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068321v1</w:t>
+                <w:t xml:space="preserve">hal-04066764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Gathering of Lake Algae by Boatmen on the Grass Sea</w:t>
+                <w:t xml:space="preserve">A View on the Entrance of a Secondary Hall in the Yongning Monastery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Yongning, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068378v1</w:t>
+                <w:t xml:space="preserve">hal-04066928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bird's-eye view of the fields along Lake Lugu</w:t>
+                <w:t xml:space="preserve">A Break in the Gathering of Pigweed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04067622v1</w:t>
+                <w:t xml:space="preserve">hal-04067654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some friends launch the Na traditional dances at a wedding</w:t>
+                <w:t xml:space="preserve">A pig trough boat anchored in the Grass Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Luguhu Zhen, Xian autonome de Liangshan, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068346v1</w:t>
+                <w:t xml:space="preserve">hal-04067535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A View on the Interior of a Na House, with The Fireplace and the Cooking Tripod Sitting on Top</w:t>
+                <w:t xml:space="preserve">A View on the Mountains from the Road between Lijiang and Lake Lugu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Shekua, préfecture autonome de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04066764v1</w:t>
+                <w:t xml:space="preserve">hal-04068389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A View on the Entrance of a Secondary Hall in the Yongning Monastery</w:t>
+                <w:t xml:space="preserve">A Na Woman Collects Potatoes from the Plot next to Her Farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Yongning, China. 2019</w:t>
+              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04066928v1</w:t>
+                <w:t xml:space="preserve">hal-04067635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Break in the Gathering of Pigweed</w:t>
+                <w:t xml:space="preserve">A Na family touring around Lake Lugu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04067654v1</w:t>
+                <w:t xml:space="preserve">hal-04068383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A pig trough boat anchored in the Grass Sea</w:t>
+                <w:t xml:space="preserve">First Panel of a list of Pictographs, as Shown in Da Luoshui Mosuo Museum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Luguhu Zhen, Xian autonome de Liangshan, China. 2019</w:t>
+              <w:t xml:space="preserve">Da Luoshui, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04067535v1</w:t>
+                <w:t xml:space="preserve">hal-04068306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A View on the Mountains from the Road between Lijiang and Lake Lugu</w:t>
+                <w:t xml:space="preserve">Exiting the Yongning Monastery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Yongning, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068389v1</w:t>
+                <w:t xml:space="preserve">hal-04066936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Na Woman Collects Potatoes from the Plot next to Her Farm</w:t>
+                <w:t xml:space="preserve">Paying Respects to the Buddha at the Entrance of the Yongning Monastery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Yongning, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04067635v1</w:t>
+                <w:t xml:space="preserve">hal-04066935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Na family touring around Lake Lugu</w:t>
+                <w:t xml:space="preserve">A Na grandmother with her grandchildren on the occasion of a photo shoot during a linguistic field study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068383v1</w:t>
+                <w:t xml:space="preserve">hal-04068372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Panel of a list of Pictographs, as Shown in Da Luoshui Mosuo Museum</w:t>
+                <w:t xml:space="preserve">Un marchand grille une tête de cochon au marché municipal de Yongning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Da Luoshui, préfecture de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Yongning, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068306v1</w:t>
+                <w:t xml:space="preserve">hal-04067421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exiting the Yongning Monastery</w:t>
+                <w:t xml:space="preserve">A View of the Main Entrance of the Yongning Monastery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yongning, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04066936v1</w:t>
+                <w:t xml:space="preserve">hal-04066930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paying Respects to the Buddha at the Entrance of the Yongning Monastery</w:t>
+                <w:t xml:space="preserve">A food offering to the deities of Lake Lugu, with Gemu mountain in the background</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Yongning, préfecture de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Xiao Luoshui, Xian autonome Yi de Liangshan, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04066935v1</w:t>
+                <w:t xml:space="preserve">hal-04068385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Na grandmother with her grandchildren on the occasion of a photo shoot during a linguistic field study</w:t>
+                <w:t xml:space="preserve">The Grass Sea as seen from the Walking Marriage Bridge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Luguhu Zhen, Xian autonome de Langshan, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068372v1</w:t>
+                <w:t xml:space="preserve">hal-04067569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un marchand grille une tête de cochon au marché municipal de Yongning</w:t>
+                <w:t xml:space="preserve">A view on Lake Lugu from the belvedere in the mountains, on the Sichuan side</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Yongning, China. 2019</w:t>
+              <w:t xml:space="preserve">Luguhu Zhen, Xian autonome Yi de Liangshan, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04067421v1</w:t>
+                <w:t xml:space="preserve">hal-04068387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A View of the Main Entrance of the Yongning Monastery</w:t>
+                <w:t xml:space="preserve">A Na Woman Sorts Maize Cobs by Separating them from the Stalks during the Autumn Maize Harvest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Yongning, préfecture de Lijiang, China. 2019</w:t>
+              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04066930v1</w:t>
+                <w:t xml:space="preserve">hal-04068321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A food offering to the deities of Lake Lugu, with Gemu mountain in the background</w:t>
+                <w:t xml:space="preserve">The Gathering of Lake Algae by Boatmen on the Grass Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Xiao Luoshui, Xian autonome Yi de Liangshan, China. 2019</w:t>
+              <w:t xml:space="preserve">Shekua, préfecture de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068385v1</w:t>
+                <w:t xml:space="preserve">hal-04068378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Grass Sea as seen from the Walking Marriage Bridge</w:t>
+                <w:t xml:space="preserve">A View from the Bedrooms of a Na House Patio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Luguhu Zhen, Xian autonome de Langshan, China. 2019</w:t>
+              <w:t xml:space="preserve">Shekua, préfecture autonome de Lijiang, China. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04067569v1</w:t>
+                <w:t xml:space="preserve">hal-04066790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3039,51 +3039,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460230v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siman Chen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fily" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magistry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623064v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Guillaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Adda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701882v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2024-953" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561819v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03625581v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Galliot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Ch&#226;u Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-11314" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03647315v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Macaire" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacques" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.computel-1.21" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03625580v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-52" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03475443v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674862v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03475436v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04238682v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022PA030101" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066790v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068387v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068321v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068378v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067622v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068346v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066764v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066928v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067654v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067535v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068389v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067635v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068383v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068306v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066936v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066935v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068372v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067421v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066930v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068385v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067569v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01847016v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460230v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siman Chen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fily" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magistry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623064v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Guillaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Adda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701882v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2024-953" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561819v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03625581v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Galliot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Ch&#226;u Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-11314" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03647315v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Macaire" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacques" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.computel-1.21" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03625580v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-52" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03475443v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674862v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03475436v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04238682v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022PA030101" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067622v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068346v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066764v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066928v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067654v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067535v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068389v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067635v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068383v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068306v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066936v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066935v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068372v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067421v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066930v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068385v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04067569v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068387v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068321v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04068378v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04066790v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01847016v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>