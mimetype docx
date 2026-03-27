--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Maxime Fournier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence and predictors of uncommon features in FSHD1 patients: insights from the French FSHD registry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderhmane Slioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Klouvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (1), pp.470. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-025-03877-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05252178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silver-phosphate glass matrix for iodine conditioning: From sorbent design to vitrification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pénélope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Campayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Grandjean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 558, pp.153352. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2021.153352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04711734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid sorbents for gaseous iodine capture and their conversion into stable waste forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pénélope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Campayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Grandjean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 563, pp.153635. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2022.153635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04711739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predisposal conditioning, treatment, and performance assessment of radioactive waste streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Holt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Oksa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Nieminen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdesselam Abdelouas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Banford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8, pp.40. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjn/2022036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-Can vitrification of ash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois F Hollebecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 818 (1), pp.012005. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/818/1/012005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03579858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Generic Criteria for Evaluating the Disposability of Thermally Treated Wastes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liz Harvey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Galson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Catherin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 818 (1), pp.012013. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/818/1/012013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03579310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal treatment for radioactive waste minimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Nieminen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Olin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaana Laatikainen-Luntama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Wickham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slimane Doudou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6, pp.25. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjn/2019040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03237503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of pH on the stability of passivating gel layers formed on International Simple Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Barchouchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 524, pp.21-38. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.06.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372360v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing the reactivity of glasses with their crystalline equivalents: the case study of plagioclase feldspar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Vital</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Delaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 254, pp.122-141. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2019.03.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of alkali on the passivation of silicate glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moskura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, pp.16. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-018-0036-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01800770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical durability of peraluminous glasses for nuclear waste conditioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Piovesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-018-0028-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of International Simple Glass and properties of passivating layer formed in circumneutral pH conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moskura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, pp.4. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-017-0025-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01707691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear and Renewables Integration (NRI) in low carbon grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bisor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Naqvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. J. Jung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summer Institute Networks for Nuclear Innovation 2018, A WNU Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of self-reorganization explains passivation of silicate glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Minet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, pp.2169. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-018-04511-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01877346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of GRAAL model to the resumption of International Simple Glass alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, pp.21. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-018-0043-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02339738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atom-Probe Tomography, TEM and ToF-SIMS study of borosilicate glass alteration rim: A multiscale approach to investigating rate-limiting mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Barba Rossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tribet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Mougnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 202, pp.57--76. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2016.12.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Various effects of magnetite on international simple glass (ISG) dissolution: implications for the long-term durability of nuclear glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsey Neill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trilce de Echave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1, pp.1. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-017-0001-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02380473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of zeolite precipitation on borosilicate glass alteration under hyperalkaline conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mercado-Depierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Angeli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 491, pp.67-82. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2017.04.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of zeolite-seeded experiments to the understanding of glass resumption of alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Depierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1, pp.17. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-017-0018-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02418695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive Surface of Glass Particles Under Aqueous Corrosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Odorico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, pp.257-260. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeps.2016.12.049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03013656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Resumption of Glass Alteration Due to Zeolites Precipitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, pp.340-343. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeps.2016.12.086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and chemical durability of lead crystal glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (21), pp.11549-11558. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.6b02971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02388823v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The controversial role of inter-diffusion in glass alteration: Implications for Current Long-Term Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Neill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 440, pp.115-123. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2016.07.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02381000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass dissolution rate measurement and calculation revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaohiro Inagaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Odorico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 476, pp.140-154. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2016.04.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin and consequences of silicate glass passivation by surface layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.6360. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms7360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase separation and crystallization effects on the structure and durability of molybdenum borosilicate glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Schuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 427, pp.120-133. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2015.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01187789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fate of silicon during glass corrosion under alkaline conditions: A mechanistic and kinetic study with the International Simple Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhaoying Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 151, pp.68-85. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2014.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumption of nuclear glass alteration: State of the art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 448 (1-3), pp.348-363. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumption of Alteration at High Temperature and pH: Rates Measurements and Comparison with Initial Rates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Materials Science (Elsevier)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7, pp.202-208. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mspro.2014.10.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Zeolite Formation on Borosilicate Glass Dissolution Kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7, pp.264-267. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeps.2013.03.085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations in liquid organic waste treatment and conditioning within the PREDIS european collaboration project - 23185</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahina Hamadache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crina Bucur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Pancotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative projects of the CEA and its partners for nuclear waste management and decontamination within the France 2030 plan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magaly Tribet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campayo Lionel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States. pp.23182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formulation of vitrification adjuvant for sludge conditioning arising from dismantling operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Welcomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor Vernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bisbrouck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WM 2023 - Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation, development and assessment of innovative direct conditioning solutions for radioactive liquid organic waste within the PREDIS project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Pancotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mafalda Guerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahina Hamadache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hasnaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Environmental Remediation and Radioactive Waste Management 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioactive sludge waste management: Calcination process - 23361</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Truffier-Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gobaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ansault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of particulate foam flotation for remediation of radioactive contaminated soils - 23263</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Frances</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Latrille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvina Rennesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can vitrification process for ILW &amp; HLW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Prevost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States. pp.23031</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can Melter solution from demonstration tests to industrial design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposium 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Phoenix, United States. pp.22005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The DEM&amp;MELT technology: a robust, simple and versatile process for the in situ vitrification of D&amp;D waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Nicollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Frasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Artico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADWASTE ’22: 10th Euratom Conference on Reactor Safety &amp; 10th Euratom Conference Radioactive Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remediation of contaminated soils in post-nuclear accident situations: the DEMETERRES MOUSSE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fornier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvina Rennesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Messalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Guillevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th International Forum on the Decommissioning of the Fukushima Daiichi Nuclear Power Station</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Fukushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative technologies for soil decontamination and stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fornier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Bart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEA Workshop 2022 on Innovative Techniques and Technologies to Support Characterisation and Decommissioning of Complex and Legacy Sites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boulogne-Billancourt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remédiation de sols contaminés en situation post-accidentelle : projet DEMETERRES MOUSSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvina Rennesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Messalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Guillevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fornier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée SFRP 2022 : Se préparer à gérer les conséquences d’un accident nucléaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Fontenay-aux-Roses, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can thermal treatment solution for waste coming from decommissioning and dismantling operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBAL 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of formulations for direct conditioning of radioactive liquid organic wastes – PREDIS WP5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Pancotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mafalda Guerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sciacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crina Bucur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Manolescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADWASTE ’22: 10th Euratom Conference on Reactor Safety &amp; 10th Euratom Conference Radioactive Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioactive sludge waste management: calcination process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gobaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ansault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Du Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Alameda Angulo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBAL 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations in liquid organic waste treatment and conditioning within the PRE-DISposal management of radioactive waste (PREDIS) European collaboration project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahina Hamadache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bucur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Pancotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADWASTE ’22: 10th Euratom Conference on Reactor Safety &amp; 10th Euratom Conference Radioactive Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Can vitrification of Fukushima Effluent Treatment Waste using DEM&amp;MELT technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT: A modular and compact In Can Melting technology dedicated to D&amp;D and remediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Amisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert-Alexandre Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The developement of DEM&MELT In Can Melting technologie for D&D waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46a Reunión Anual de la Sociedad Nuclear Española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Grenada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of wasteforms produced by the SHIVA and In-Can Melter processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalène Vallat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Debono</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THERAMIN 2020 conference: thermal treatment of radioactive waste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEA's research tools for the treatment and conditioning of radioactive waste by vitrification and high temperature processes – Contributions to the THERAMIN H2020 project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Schuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADWASTE ’19: 9th EC conference on management of radioactive waste community policy and research on disposal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Pitești, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of zeolite-seeded experiments to the understanding of resumption of glass alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of alkali in solution on glass alteration and water behavior in nanoporous altered layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight into passivation of borosilicate glass by nanoporous surface layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and chemical durability of lead crystal glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Pacific Rim Conference on Ceramic and Glass Technology including Glass and Optical Materials Division Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Waikoloa, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing reactivity of glasses with their crystalline equivalents: the case study of albite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lemarchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Vital</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of crystallization of apatite on the structure and chemical durability of borosilicate glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Schuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Scientific Basis for Nuclear Waste Management XXXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeding: a new method for studying the resumption of glass alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACERS GOMD-DGG Joint Annual Meeting 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeolite seeded experiments provide key parameters for modeling nuclear glass alteration resumption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Scientific Basis for Nuclear Waste Management XXXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of pH on ISG glass alteration in silica saturated conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Annaloro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Fall Meeting &amp; Exhibit 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface réactive d’un verre altéré en solution aqueuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeding: a new method for studying the resumption of glass alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of water transport through basaltic glass to the long-term alteration rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Parruzot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rebiscoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insight into resumption of alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SumGLASS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Pont du Gard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT IN-CAN MELTER FOR ILW &amp; HLW: FROM DEMONSTRATION TESTS TO INDUSTRIAL DESIGN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphne Ogawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 30th International Conference on Nuclear Engineering (ICONE30)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Proceedings of the International Conference on Nuclear Engineering (ICONE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023.30, pp.1165, 2023, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1299/jsmeicone.2023.30.1165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can thermal treatment for D&amp;D and remediation waste - 21011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert-Alexandre Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposium 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposium (WM2021): Reducing Risk Through Sound Technical Solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.626-634, 2021, 9781713838517</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incineration-vitrification of a mixture of zeolites, diatoms and ion exchange resins using the SHIVA process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Rousset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THERAMIN 2020 conference: thermal treatment of radioactive waste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 818 (1), pp.012015, 2020, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/818/1/012015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitrification of inactive incineration ash in a full industrial scale In-Can Melter - 20502</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Papin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th Annual Waste Management Conference (WM2020): Education &amp; Opportunity in Radwaste Management </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.2654-2663, 2020, 978-1-7138-2200-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Study of Thermal Treatment of European Radioactive Wastes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Doudou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Swain-Phipps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Wickham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Daniels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THERAMIN 2020 conference: thermal treatment of radioactive waste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 818 (1), pp.012002, 2020, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/818/1/012002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can vitrification process for Fukushima Daiichi water treatment secondary waste - 20034</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Orefice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert-Alexandre Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th Annual Waste Management Conference (WM2020): Education &amp; Opportunity in Radwaste Management </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.2654-2663, 2020, 978-1-7138-2200-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId240"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Maxime Fournier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence and predictors of uncommon features in FSHD1 patients: insights from the French FSHD registry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderhmane Slioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Klouvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (1), pp.470. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-025-03877-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05252178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid sorbents for gaseous iodine capture and their conversion into stable waste forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pénélope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Campayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Grandjean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 563, pp.153635. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2022.153635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04711739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predisposal conditioning, treatment, and performance assessment of radioactive waste streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Holt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Oksa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Nieminen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdesselam Abdelouas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Banford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8, pp.40. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjn/2022036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silver-phosphate glass matrix for iodine conditioning: From sorbent design to vitrification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pénélope</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Campayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Grandjean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 558, pp.153352. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2021.153352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04711734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-Can vitrification of ash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-Francois F Hollebecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 818 (1), pp.012005. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/818/1/012005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03579858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Generic Criteria for Evaluating the Disposability of Thermally Treated Wastes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liz Harvey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Galson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Catherin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 818 (1), pp.012013. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/818/1/012013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03579310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal treatment for radioactive waste minimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Nieminen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Olin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaana Laatikainen-Luntama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Wickham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slimane Doudou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6, pp.25. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjn/2019040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03237503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of pH on the stability of passivating gel layers formed on International Simple Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Barchouchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 524, pp.21-38. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.06.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372360v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing the reactivity of glasses with their crystalline equivalents: the case study of plagioclase feldspar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Vital</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Delaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 254, pp.122-141. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2019.03.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of alkali on the passivation of silicate glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moskura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, pp.16. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-018-0036-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01800770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical durability of peraluminous glasses for nuclear waste conditioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Piovesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-018-0028-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of International Simple Glass and properties of passivating layer formed in circumneutral pH conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Moskura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, pp.4. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-017-0025-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01707691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear and Renewables Integration (NRI) in low carbon grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bisor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Naqvi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Hara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. J. Jung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summer Institute Networks for Nuclear Innovation 2018, A WNU Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of self-reorganization explains passivation of silicate glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Minet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, pp.2169. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-018-04511-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01877346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of GRAAL model to the resumption of International Simple Glass alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, pp.21. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-018-0043-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02339738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Various effects of magnetite on international simple glass (ISG) dissolution: implications for the long-term durability of nuclear glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsey Neill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trilce de Echave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1, pp.1. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-017-0001-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02380473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of zeolite precipitation on borosilicate glass alteration under hyperalkaline conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mercado-Depierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Angeli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 491, pp.67-82. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2017.04.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of zeolite-seeded experiments to the understanding of glass resumption of alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Depierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1, pp.17. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41529-017-0018-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02418695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atom-Probe Tomography, TEM and ToF-SIMS study of borosilicate glass alteration rim: A multiscale approach to investigating rate-limiting mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Barba Rossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tribet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Mougnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 202, pp.57--76. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2016.12.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive Surface of Glass Particles Under Aqueous Corrosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Odorico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, pp.257-260. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeps.2016.12.049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03013656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Resumption of Glass Alteration Due to Zeolites Precipitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, pp.340-343. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeps.2016.12.086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and chemical durability of lead crystal glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (21), pp.11549-11558. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.6b02971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02388823v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The controversial role of inter-diffusion in glass alteration: Implications for Current Long-Term Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Neill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 440, pp.115-123. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2016.07.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02381000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass dissolution rate measurement and calculation revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaohiro Inagaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Odorico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 476, pp.140-154. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2016.04.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin and consequences of silicate glass passivation by surface layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.6360. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms7360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase separation and crystallization effects on the structure and durability of molybdenum borosilicate glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Schuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 427, pp.120-133. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2015.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01187789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fate of silicon during glass corrosion under alkaline conditions: A mechanistic and kinetic study with the International Simple Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhaoying Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 151, pp.68-85. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2014.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumption of Alteration at High Temperature and pH: Rates Measurements and Comparison with Initial Rates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Materials Science (Elsevier)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7, pp.202-208. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mspro.2014.10.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumption of nuclear glass alteration: State of the art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 448 (1-3), pp.348-363. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Zeolite Formation on Borosilicate Glass Dissolution Kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7, pp.264-267. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeps.2013.03.085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formulation of vitrification adjuvant for sludge conditioning arising from dismantling operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Welcomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor Vernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bisbrouck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WM 2023 - Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative projects of the CEA and its partners for nuclear waste management and decontamination within the France 2030 plan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magaly Tribet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campayo Lionel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States. pp.23182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations in liquid organic waste treatment and conditioning within the PREDIS european collaboration project - 23185</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahina Hamadache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crina Bucur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Pancotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioactive sludge waste management: Calcination process - 23361</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Truffier-Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gobaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ansault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation, development and assessment of innovative direct conditioning solutions for radioactive liquid organic waste within the PREDIS project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Pancotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mafalda Guerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahina Hamadache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hasnaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Environmental Remediation and Radioactive Waste Management 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of particulate foam flotation for remediation of radioactive contaminated soils - 23263</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Frances</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Latrille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvina Rennesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can vitrification process for ILW &amp; HLW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Prevost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States. pp.23031</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remédiation de sols contaminés en situation post-accidentelle : projet DEMETERRES MOUSSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvina Rennesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Messalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Guillevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fornier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée SFRP 2022 : Se préparer à gérer les conséquences d’un accident nucléaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Fontenay-aux-Roses, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can Melter solution from demonstration tests to industrial design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposium 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Phoenix, United States. pp.22005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The DEM&amp;MELT technology: a robust, simple and versatile process for the in situ vitrification of D&amp;D waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Nicollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Frasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Artico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADWASTE ’22: 10th Euratom Conference on Reactor Safety &amp; 10th Euratom Conference Radioactive Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remediation of contaminated soils in post-nuclear accident situations: the DEMETERRES MOUSSE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fornier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malvina Rennesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Messalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Guillevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th International Forum on the Decommissioning of the Fukushima Daiichi Nuclear Power Station</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Fukushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative technologies for soil decontamination and stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fornier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Bart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEA Workshop 2022 on Innovative Techniques and Technologies to Support Characterisation and Decommissioning of Complex and Legacy Sites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boulogne-Billancourt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can thermal treatment solution for waste coming from decommissioning and dismantling operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBAL 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of formulations for direct conditioning of radioactive liquid organic wastes – PREDIS WP5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Pancotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mafalda Guerra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sciacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crina Bucur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Manolescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADWASTE ’22: 10th Euratom Conference on Reactor Safety &amp; 10th Euratom Conference Radioactive Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioactive sludge waste management: calcination process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gobaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ansault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Du Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Alameda Angulo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBAL 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations in liquid organic waste treatment and conditioning within the PRE-DISposal management of radioactive waste (PREDIS) European collaboration project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahina Hamadache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lambertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bucur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Pancotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADWASTE ’22: 10th Euratom Conference on Reactor Safety &amp; 10th Euratom Conference Radioactive Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Can vitrification of Fukushima Effluent Treatment Waste using DEM&amp;MELT technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT: A modular and compact In Can Melting technology dedicated to D&amp;D and remediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Amisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert-Alexandre Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The developement of DEM&MELT In Can Melting technologie for D&D waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46a Reunión Anual de la Sociedad Nuclear Española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Grenada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of wasteforms produced by the SHIVA and In-Can Melter processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalène Vallat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Debono</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THERAMIN 2020 conference: thermal treatment of radioactive waste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEA's research tools for the treatment and conditioning of radioactive waste by vitrification and high temperature processes – Contributions to the THERAMIN H2020 project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Schuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADWASTE ’19: 9th EC conference on management of radioactive waste community policy and research on disposal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Pitești, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of zeolite-seeded experiments to the understanding of resumption of glass alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of alkali in solution on glass alteration and water behavior in nanoporous altered layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight into passivation of borosilicate glass by nanoporous surface layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and chemical durability of lead crystal glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Pacific Rim Conference on Ceramic and Glass Technology including Glass and Optical Materials Division Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Waikoloa, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing reactivity of glasses with their crystalline equivalents: the case study of albite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lemarchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Vital</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of crystallization of apatite on the structure and chemical durability of borosilicate glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Schuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Scientific Basis for Nuclear Waste Management XXXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeding: a new method for studying the resumption of glass alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACERS GOMD-DGG Joint Annual Meeting 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeolite seeded experiments provide key parameters for modeling nuclear glass alteration resumption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Scientific Basis for Nuclear Waste Management XXXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of pH on ISG glass alteration in silica saturated conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Annaloro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Fall Meeting &amp; Exhibit 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface réactive d’un verre altéré en solution aqueuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicoleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeding: a new method for studying the resumption of glass alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of water transport through basaltic glass to the long-term alteration rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Parruzot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rebiscoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insight into resumption of alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SumGLASS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Pont du Gard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT IN-CAN MELTER FOR ILW &amp; HLW: FROM DEMONSTRATION TESTS TO INDUSTRIAL DESIGN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphne Ogawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 30th International Conference on Nuclear Engineering (ICONE30)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Proceedings of the International Conference on Nuclear Engineering (ICONE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023.30, pp.1165, 2023, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1299/jsmeicone.2023.30.1165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can thermal treatment for D&amp;D and remediation waste - 21011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert-Alexandre Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposium 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposium (WM2021): Reducing Risk Through Sound Technical Solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.626-634, 2021, 9781713838517</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incineration-vitrification of a mixture of zeolites, diatoms and ion exchange resins using the SHIVA process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Rousset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THERAMIN 2020 conference: thermal treatment of radioactive waste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 818 (1), pp.012015, 2020, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/818/1/012015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitrification of inactive incineration ash in a full industrial scale In-Can Melter - 20502</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Papin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th Annual Waste Management Conference (WM2020): Education &amp; Opportunity in Radwaste Management </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.2654-2663, 2020, 978-1-7138-2200-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Study of Thermal Treatment of European Radioactive Wastes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Doudou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Swain-Phipps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fuller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Wickham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Daniels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THERAMIN 2020 conference: thermal treatment of radioactive waste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 818 (1), pp.012002, 2020, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/818/1/012002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEM&amp;MELT In-Can vitrification process for Fukushima Daiichi water treatment secondary waste - 20034</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Didierlaurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Orefice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert-Alexandre Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hollebecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management Symposia 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th Annual Waste Management Conference (WM2020): Education &amp; Opportunity in Radwaste Management </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.2654-2663, 2020, 978-1-7138-2200-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId240"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sanson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderhmane Slioui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Garcia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Klouvi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lejeune" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03877-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711734v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#233;n&#233;lope" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Campayo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fournier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gossard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grandjean" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153352" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711739v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153635" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756018v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Holt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Oksa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Nieminen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdesselam Abdelouas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Banford" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2022036" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03579858v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fournier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massoni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Francois F Hollebecque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/818/1/012005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03579310v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liz Harvey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Galson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Romero" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Catherin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/818/1/012013" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03237503v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Olin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaana Laatikainen-Luntama" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Wickham" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Doudou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2019040" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372360v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ducasse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Perez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Barchouchi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Daval" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.06.029" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372340v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vital" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Delaye" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.03.030" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01800770v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Collin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moskura" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-018-0036-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898759v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Piovesan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bardez-Giboire" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frugier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jollivet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-018-0028-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01707691v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-017-0025-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756084v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bisor" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Naqvi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hara" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Jung" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01877346v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Minet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04511-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339738v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frugier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-018-0043-4" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927249v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jollivet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barba Rossa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tribet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mougnaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.12.029" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02380473v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsey Neill" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trilce de Echave" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-017-0001-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756093v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mercado-Depierre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Angeli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2017.04.043" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02418695v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Depierre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-017-0018-x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013656v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Odorico" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nicoleau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ull" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2016.12.049" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756713v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2016.12.086" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02388823v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Angeli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b02971" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02381000v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Neill" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ducasse" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2016.07.014" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998436v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaohiro Inagaki" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.04.028" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157456v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Angeli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7360" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187789v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schuller" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2015.07.001" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL04N091-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756096v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoying Wang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2014.12.009" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757169v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.02.022" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756707v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mspro.2014.10.026" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756700v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2013.03.085" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756226v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Hamadache" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lambertin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crina Bucur" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Pancotti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756217v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magaly Tribet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hugon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Campayo Lionel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756231v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Vernay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bisbrouck" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755921v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Guerra" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hasnaoui" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756237v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Truffier-Blanc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gobaut" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hourcade" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ansault" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756176v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Frances" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Latrille" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvina Rennesson" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vinas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756192v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Didierlaurent" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Prevost" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757591v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hollebecque" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755883v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nicollet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Frasca" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Artico" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756163v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fornier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Messalier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Guillevic" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756148v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bart" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756140v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755837v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755955v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sciacqua" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Manolescu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755859v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vaubaillon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Du Champ" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Alameda Angulo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755902v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lambertin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bucur" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755775v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755795v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Amisse" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boulet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert-Alexandre Turc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755768v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743935v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chal&#232;ne Vallat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blisson" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Debono" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743670v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rousset" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734131v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734118v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734129v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734111v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734123v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lemarchand" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733967v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733966v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733968v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733963v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Annaloro" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733948v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733954v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733950v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Parruzot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebiscoul" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733947v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757598v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Didierlaurent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Ogawa" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1299/jsmeicone.2023.30.1165" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757531v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756736v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rousset" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/818/1/012015" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757527v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Papin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756720v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Doudou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Swain-Phipps" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fuller" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Wickham" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Daniels" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/818/1/012002" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756796v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Orefice" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sanson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderhmane Slioui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Garcia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Klouvi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lejeune" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03877-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711739v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#233;n&#233;lope" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Campayo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fournier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gossard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grandjean" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153635" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756018v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Holt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Oksa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Nieminen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdesselam Abdelouas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Banford" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2022036" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711734v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153352" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03579858v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fournier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massoni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Francois F Hollebecque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/818/1/012005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03579310v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liz Harvey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Galson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Romero" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Catherin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/818/1/012013" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03237503v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Olin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaana Laatikainen-Luntama" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Wickham" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Doudou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2019040" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372360v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ducasse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Perez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Barchouchi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Daval" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.06.029" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372340v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vital" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Delaye" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.03.030" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01800770v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Collin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moskura" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-018-0036-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898759v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Piovesan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bardez-Giboire" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frugier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jollivet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-018-0028-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01707691v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-017-0025-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756084v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bisor" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Naqvi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hara" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Jung" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01877346v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Minet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04511-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339738v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frugier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-018-0043-4" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02380473v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsey Neill" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trilce de Echave" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-017-0001-6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756093v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mercado-Depierre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Angeli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2017.04.043" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02418695v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Depierre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-017-0018-x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927249v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jollivet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barba Rossa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tribet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mougnaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2016.12.029" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013656v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Odorico" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nicoleau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ull" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2016.12.049" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756713v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2016.12.086" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02388823v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Angeli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b02971" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02381000v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Neill" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ducasse" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2016.07.014" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998436v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaohiro Inagaki" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.04.028" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157456v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Angeli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7360" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187789v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schuller" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2015.07.001" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL04N091-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756096v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoying Wang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2014.12.009" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756707v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mspro.2014.10.026" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757169v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.02.022" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756700v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2013.03.085" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756231v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Vernay" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bisbrouck" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perret" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756217v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magaly Tribet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hugon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Campayo Lionel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756226v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Hamadache" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lambertin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crina Bucur" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Pancotti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756237v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Truffier-Blanc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gobaut" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hourcade" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ansault" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755921v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Guerra" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hasnaoui" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756176v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faure" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Frances" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Latrille" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvina Rennesson" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vinas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756192v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Didierlaurent" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Prevost" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756140v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Messalier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Guillevic" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fornier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757591v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hollebecque" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755883v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nicollet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Frasca" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Artico" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756163v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756148v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bart" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755837v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755955v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sciacqua" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Manolescu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755859v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vaubaillon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Du Champ" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Alameda Angulo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755902v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lambertin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bucur" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755775v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755795v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Amisse" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boulet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert-Alexandre Turc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755768v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743935v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chal&#232;ne Vallat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blisson" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Debono" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743670v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rousset" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734131v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734118v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734129v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734111v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734123v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lemarchand" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733967v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733966v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733968v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733963v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Annaloro" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733948v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733954v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733950v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Parruzot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rebiscoul" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733947v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757598v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Didierlaurent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Ogawa" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1299/jsmeicone.2023.30.1165" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757531v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756736v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rousset" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/818/1/012015" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757527v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Papin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756720v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Doudou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Swain-Phipps" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fuller" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Wickham" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Daniels" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/818/1/012002" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756796v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Orefice" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>