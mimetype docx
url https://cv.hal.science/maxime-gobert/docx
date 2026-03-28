--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -334,295 +334,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Batch Acquisition for Parallel Bayesian Optimization—Application to Hydro-Energy Storage Systems Scheduling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of the Parameter Values of the Constitutive and Friction Models in Machining Using EGO Algorithm: Application to Ti6Al4V</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nithyaraaj Kugalur Palanisamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Rivière Lorphèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nouredine Melab</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Briffoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tuyttens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algorithms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/a15120446⟩</w:t>
+              <w:t xml:space="preserve">Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (6), pp.976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/met12060976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03930078v1</w:t>
+                <w:t xml:space="preserve">hal-03689618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the Parameter Values of the Constitutive and Friction Models in Machining Using EGO Algorithm: Application to Ti6Al4V</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Batch Acquisition for Parallel Bayesian Optimization—Application to Hydro-Energy Storage Systems Scheduling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Briffoteaux</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Gmys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Toubeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouredine Melab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tuyttens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (6), pp.976. </w:t>
+              <w:t xml:space="preserve">Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (12), pp.446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/met12060976⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/a15120446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689618v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel Surrogate-assisted Optimization: Batched Bayesian Neural Network-assisted GA versus q-EGO</w:t>
               </w:r>
@@ -1629,51 +1629,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801851v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Favaro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gobert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Toubeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.114096" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707543v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Briffoteaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gmys" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouredine Melab" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tuyttens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.109075" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930078v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a15120446" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689618v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nithyaraaj Kugalur Palanisamy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Rivi&#232;re Lorph&#232;vre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12060976" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02767541v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ragonnet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Mezmaz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.swevo.2020.100717" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04801888v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701671v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW55747.2022.00133" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324642v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898960v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03121209v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02178314v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vallee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801851v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Favaro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gobert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Toubeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.114096" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707543v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Briffoteaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gmys" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouredine Melab" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tuyttens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.109075" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689618v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nithyaraaj Kugalur Palanisamy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Rivi&#232;re Lorph&#232;vre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12060976" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a15120446" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02767541v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ragonnet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Mezmaz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.swevo.2020.100717" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04801888v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701671v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW55747.2022.00133" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324642v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898960v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03121209v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02178314v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vallee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>