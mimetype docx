--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -195,191 +195,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05395262v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doppler Frequency Estimation in Tensor-Based Modulation via Post-CPD Maximum Likelihood</w:t>
+                <w:t xml:space="preserve">Belief Propagation Decoding of Tensor-Based Modulation for Unsourced Random Access</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kassem Saied</w:t>
+                <w:t xml:space="preserve">Sweta Suresh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guillaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCNC 2026 - IEEE Wireless Communications and Networking Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2026, Kuala Lumpur, Malaysia</w:t>
+              <w:t xml:space="preserve">IZS 2026 - International Zurich Seminar on Information and Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05470265v1</w:t>
+                <w:t xml:space="preserve">hal-05451488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belief Propagation Decoding of Tensor-Based Modulation for Unsourced Random Access</w:t>
+                <w:t xml:space="preserve">Doppler Frequency Estimation in Tensor-Based Modulation via Post-CPD Maximum Likelihood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sweta Suresh</w:t>
+                <w:t xml:space="preserve">Kassem Saied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guillaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IZS 2026 - International Zurich Seminar on Information and Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2026, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">WCNC 2026 - IEEE Wireless Communications and Networking Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2026, Kuala Lumpur, Malaysia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05451488v1</w:t>
+                <w:t xml:space="preserve">hal-05470265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-cell Outdoor Channel State Information Dataset (MOCSID)</w:t>
               </w:r>
@@ -657,308 +657,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04685466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hotelling Deflation on Large Symmetric Spiked Tensors</w:t>
+                <w:t xml:space="preserve">Channel Charting for Streaming CSI Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed El Amine Seddik</w:t>
+                <w:t xml:space="preserve">Sueda Taner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Henrique de M Goulart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maxime Guillaud</w:t>
+                <w:t xml:space="preserve">M. Guillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olav Tirkkonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Studer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Francophone de Traitement du Signal et des Images (GRETSI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Asilomar Conference on Signals, Systems, and Computers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Pacific Grove, CA, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04076864v1</w:t>
+                <w:t xml:space="preserve">hal-04325927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Channel Charting for Streaming CSI Data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hotelling Deflation on Large Symmetric Spiked Tensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Guillaud</w:t>
+                <w:t xml:space="preserve">Mohamed El Amine Seddik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olav Tirkkonen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christoph Studer</w:t>
+                <w:t xml:space="preserve">José Henrique de M Goulart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guillaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asilomar Conference on Signals, Systems, and Computers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque Francophone de Traitement du Signal et des Images (GRETSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Grenoble, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2304.10248⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04325927v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Accuracy of Hotelling-Type Asymmetric Tensor Deflation: A Random Tensor Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Amine Seddik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Decurninge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Henrique de M Goulart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Workshop on Computational Advances in Multi-Sensor Adaptive Processing (CAMSAP 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Dec 2023, Los Sueños, Costa Rica. à paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -983,51 +983,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning from Low Rank Tensor Data: A Random Tensor Theory Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Amine Seddik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Tiomoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1557,248 +1557,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03420092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Achievable DoF Region for the Two-User Non-Coherent MIMO Broadcast Channel with Statistical CSI</w:t>
+                <w:t xml:space="preserve">Design and Analysis of a Practical Codebook for Non-Coherent Communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngo Khac-Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Decurninge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Yang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Guillaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE Information Theory Workshop (ITW 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Kaohsiung, Taiwan. pp.604-608, </w:t>
+              <w:t xml:space="preserve">51st Asilomar Conference on Signals, Systems and Computers, 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Pacific Grove, United States. pp.1237-1241, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/itw.2017.8277972⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/acssc.2017.8335549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01567036v1</w:t>
+                <w:t xml:space="preserve">hal-01567048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Analysis of a Practical Codebook for Non-Coherent Communications</w:t>
+                <w:t xml:space="preserve">An Achievable DoF Region for the Two-User Non-Coherent MIMO Broadcast Channel with Statistical CSI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngo Khac-Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexis Decurninge</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guillaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sheng Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">51st Asilomar Conference on Signals, Systems and Computers, 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Pacific Grove, United States. pp.1237-1241, </w:t>
+              <w:t xml:space="preserve">2017 IEEE Information Theory Workshop (ITW 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Kaohsiung, Taiwan. pp.604-608, </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/acssc.2017.8335549⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/itw.2017.8277972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01567048v1</w:t>
+                <w:t xml:space="preserve">hal-01567036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multiple Access Scheme for Non-Coherent SIMO Communications</w:t>
               </w:r>
@@ -2443,51 +2443,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When Random Tensors meet Random Matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Amine Seddik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2703,64 +2703,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Studer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olav Tirkkonen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Communications Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4138,51 +4138,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395262v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamil Vindas Yassine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guillaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470265v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Saied" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451488v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sweta Suresh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037063v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mehdi Makhlouf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393874v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamil Vindas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Di Renzo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685466v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076864v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Amine Seddik" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Henrique de M Goulart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2304.10248" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04325927v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sueda Taner" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olav Tirkkonen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Studer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271959v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Decurninge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04184112v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Tiomoko" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Panov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420088v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac-Hoang Ngo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Yang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW46852.2021.9457600" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420089v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW46852.2021.9457669" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02556927v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngo Khac-Hoang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Sheng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subrata Sarkar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF44664.2019.9049073" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420092v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW.2018.8613325" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01567036v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/itw.2017.8277972" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01567048v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/acssc.2017.8335549" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420091v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACSSC.2018.8645403" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868389v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Kerret" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gesbert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2013.6612061" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00446963v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merouane Debbah" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00328167v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris Moustakas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00280647v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris L. Moustakas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052527v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Sankalp" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Lata" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurang Sondur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Kumar Shukla" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Om Jee Pandey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LNET.2025.3566243" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04102861v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Couillet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-AAP1962" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04102867v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Kallehauge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Kal&#248;r" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ram&#237;rez-Espinosa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Popovski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWC.002.2200372" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04067052v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ferrand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.001.2200344" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393990v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIT.2022.3189254" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02556938v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/twc.2019.2959781" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420065v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Schniter" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2020.3000419" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00326363v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Oestges" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clerkx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353195v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clerckx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337295v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Guill&#233;n I F&#224;bregas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Slock" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Caire" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gosse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ASP/2006/18083" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765610v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420067v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04564147v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Abdel Nour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Adjih" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Amis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Begaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Crussi&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00001353v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395262v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Kumar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamil Vindas Yassine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guillaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451488v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sweta Suresh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470265v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Saied" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037063v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mehdi Makhlouf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393874v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamil Vindas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Di Renzo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685466v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04325927v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sueda Taner" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olav Tirkkonen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Studer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076864v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Amine Seddik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Henrique de M Goulart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2304.10248" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271959v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Decurninge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04184112v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Tiomoko" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Panov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420088v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac-Hoang Ngo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Yang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW46852.2021.9457600" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420089v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW46852.2021.9457669" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02556927v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngo Khac-Hoang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Sheng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subrata Sarkar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF44664.2019.9049073" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420092v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW.2018.8613325" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01567048v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/acssc.2017.8335549" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01567036v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/itw.2017.8277972" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420091v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACSSC.2018.8645403" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868389v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Kerret" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gesbert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2013.6612061" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00446963v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merouane Debbah" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00328167v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris Moustakas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00280647v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris L. Moustakas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052527v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Sankalp" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Lata" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurang Sondur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Kumar Shukla" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Om Jee Pandey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LNET.2025.3566243" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04102861v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Couillet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-AAP1962" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04102867v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Kallehauge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Kal&#248;r" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ram&#237;rez-Espinosa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Popovski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWC.002.2200372" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04067052v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ferrand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.001.2200344" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393990v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIT.2022.3189254" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02556938v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/twc.2019.2959781" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420065v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Schniter" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2020.3000419" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00326363v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Oestges" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clerkx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353195v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clerckx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337295v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Guill&#233;n I F&#224;bregas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Slock" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Caire" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gosse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ASP/2006/18083" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765610v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03420067v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04564147v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Abdel Nour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Adjih" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Amis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Begaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Crussi&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00001353v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>