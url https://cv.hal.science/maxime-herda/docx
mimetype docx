--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -222,51 +222,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -374,2682 +374,2666 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional hypocoercivity in bounded domains in the anomalous diffusion limit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convergence and long-time behavior of finite volumes for a generalized Poisson-Nernst-Planck system with cross-diffusion and size exclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Cancès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Tristani</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                <w:t xml:space="preserve">Annamaria Massimini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05430140v1</w:t>
+                <w:t xml:space="preserve">hal-04777272v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existence of solutions and uniform bounds for the stationary semiconductor equations with generation and ionic carriers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fractional hypocoercivity in bounded domains in the anomalous diffusion limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Herda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dilara Abdel</w:t>
+                <w:t xml:space="preserve">Marc Pegon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Blaustein</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Julien Moatti</w:t>
+                <w:t xml:space="preserve">Isabelle Tristani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05387877v1</w:t>
+                <w:t xml:space="preserve">hal-05430140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Existence of solutions and uniform bounds for the stationary semiconductor equations with generation and ionic carriers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilara Abdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blaustein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Herda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moatti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05387877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Well-posedness and long-time behavior for self-consistent Vlasov-Fokker-Planck equations with general potentials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence and long-time behavior of finite volumes for a generalized Poisson-Nernst-Planck system with cross-diffusion and size exclusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Cancès</w:t>
+                <w:t xml:space="preserve">Infinitely many saturated travelling waves for a degenerate Fisher-KPP equation not in divergence form</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Alfaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Annamaria Massimini</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Natale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMA Journal of Numerical Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 453 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jde.2025.113890⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2411.11583⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04777272v3</w:t>
+                <w:t xml:space="preserve">hal-04951055v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infinitely many saturated travelling waves for a degenerate Fisher-KPP equation not in divergence form</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wasserstein contraction for the stochastic Morris-Lecar neuron model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrea Natale</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Monmarché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Perthame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (1), pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/krm.2024009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jde.2025.113890⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04951055v2</w:t>
+                <w:t xml:space="preserve">hal-04170316v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wasserstein contraction for the stochastic Morris-Lecar neuron model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical analysis and simulation of lateral memristive devices: Schottky, ohmic, and multi-dimensional electrode models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilara Abdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ziegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Spetzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 199, pp.286-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.camwa.2025.09.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/krm.2024009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04170316v2</w:t>
+                <w:t xml:space="preserve">hal-04850468v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis and simulation of lateral memristive devices: Schottky, ohmic, and multi-dimensional electrode models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charge transport systems with Fermi-Dirac statistics for memristors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ansgar Jüngel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Portisch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nonlinear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (44)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.camwa.2025.09.034⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04850468v2</w:t>
+                <w:t xml:space="preserve">hal-04690119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge transport systems with Fermi-Dirac statistics for memristors</w:t>
+                <w:t xml:space="preserve">A finite volume scheme for the local sensing chemotaxis model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stefan Portisch</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Trescases</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zurek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nonlinear Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SMAI Journal of Computational Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11, pp.637-676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/smai-jcm.137⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690119v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844328v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A finite volume scheme for the local sensing chemotaxis model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On a Vlasov-Fokker-Planck equation for stored electron beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cesbron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Zurek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMAI Journal of Computational Mathematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 404, pp.316-353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jde.2024.05.056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/smai-jcm.137⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04844328v2</w:t>
+                <w:t xml:space="preserve">hal-04173543v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On a Vlasov-Fokker-Planck equation for stored electron beams</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cesbron</w:t>
+                <w:t xml:space="preserve">Numerical analysis of a finite volume scheme for charge transport in perovskite solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilara Abdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Farrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IMA Journal of Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 44 (2), pp.1090-1129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/imanum/drad034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jde.2024.05.056⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04173543v2</w:t>
+                <w:t xml:space="preserve">hal-03779230v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis of a finite volume scheme for charge transport in perovskite solar cells</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patricio Farrell</w:t>
+                <w:t xml:space="preserve">On a structure-preserving numerical method for fractional Fokker-Planck equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Ayi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Hivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Tristani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMA Journal of Numerical Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mathematics of Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 92 (340), pp.635--693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1090/mcom/3789⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/imanum/drad034⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03779230v2</w:t>
+                <w:t xml:space="preserve">hal-03305165v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On a structure-preserving numerical method for fractional Fokker-Planck equations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of an entropy dissipating finite volume scheme for a nonlocal cross-diffusion system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Tristani</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zurek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics of Computation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57 (3), pp.1589 - 1617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2023032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1090/mcom/3789⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03305165v2</w:t>
+                <w:t xml:space="preserve">hal-03714164v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of an entropy dissipating finite volume scheme for a nonlocal cross-diffusion system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-time behaviour of hybrid finite volume schemes for advection-diffusion equations: linear and nonlinear approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Zurek</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Numerische Mathematik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 151 (4), pp.963-1016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00211-022-01289-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/m2an/2023032⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03714164v2</w:t>
+                <w:t xml:space="preserve">hal-03281500v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-time behaviour of hybrid finite volume schemes for advection-diffusion equations: linear and nonlinear approaches</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
+                <w:t xml:space="preserve">A Fokker-Planck approach to the study of robustness in gene expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Degond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Moatti</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sepideh Mirrahimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numerische Mathematik</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mathematical Biosciences and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (6), pp.6459-6486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/mbe.2020338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00211-022-01289-w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03281500v2</w:t>
+                <w:t xml:space="preserve">hal-02882349v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fokker-Planck approach to the study of robustness in gene expression</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Degond</w:t>
+                <w:t xml:space="preserve">A projection algorithm on the set of polynomials with two bounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Campos Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Després</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sepideh Mirrahimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Biosciences and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Numerical Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 85, pp.1475-1498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11075-019-00872-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/mbe.2020338⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02882349v2</w:t>
+                <w:t xml:space="preserve">hal-02128851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A projection algorithm on the set of polynomials with two bounds</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Després</w:t>
+                <w:t xml:space="preserve">Hypocoercivity and diffusion limit of a finite volume scheme for linear kinetic equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Bessemoulin-Chatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numerical Algorithms</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mathematics of Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 89, pp.1093-1133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1090/mcom/3490⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11075-019-00872-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02128851v1</w:t>
+                <w:t xml:space="preserve">hal-01957832v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large time behavior of nonlinear finite volume schemes for convection-diffusion equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Cancès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stella Krell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Numerical Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 58 (5), pp.2544-2571. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/19M1299311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02360155v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypocoercivity and diffusion limit of a finite volume scheme for linear kinetic equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marianne Bessemoulin-Chatard</w:t>
+                <w:t xml:space="preserve">Large-time behaviour of a family of finite volume schemes for boundary-driven convection-diffusion equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics of Computation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IMA Journal of Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (4), pp.2473-2505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/imanum/drz037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1090/mcom/3490⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01957832v2</w:t>
+                <w:t xml:space="preserve">hal-01885015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computation of sum of squares polynomials from data points</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Després</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Numerical Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 58 (3), pp.1719-1743. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/19M1273955⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01946539v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-time behaviour of a family of finite volume schemes for boundary-driven convection-diffusion equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
+                <w:t xml:space="preserve">A note on hypocoercivity for kinetic equations with heavy-tailed equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Ayi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Hivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Tristani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMA Journal of Numerical Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 358 (3), pp.333-340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crmath.46⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/imanum/drz037⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01885015v1</w:t>
+                <w:t xml:space="preserve">hal-02389146v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A note on hypocoercivity for kinetic equations with heavy-tailed equilibrium</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anisotropic Boltzmann-Gibbs dynamics of strongly magnetized Vlasov-Fokker-Planck equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Tristani</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Miguel Miguel Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (3), pp.593-636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/krm.2019024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crmath.46⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02389146v2</w:t>
+                <w:t xml:space="preserve">hal-01382854v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic Boltzmann-Gibbs dynamics of strongly magnetized Vlasov-Fokker-Planck equations</w:t>
+                <w:t xml:space="preserve">Large-time behavior of solutions to Vlasov-Poisson-Fokker-Planck equations: from evanescent collisions to diffusive limit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Miguel Miguel Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 170 (5), pp.895-931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10955-018-1963-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/krm.2019024⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01382854v2</w:t>
+                <w:t xml:space="preserve">hal-01541854v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-time behavior of solutions to Vlasov-Poisson-Fokker-Planck equations: from evanescent collisions to diffusive limit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A finite volume scheme for boundary-driven convection-diffusion equations with relative entropy structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Filbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luis Miguel Miguel Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Numerische Mathematik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10955-018-1963-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01541854v2</w:t>
+                <w:t xml:space="preserve">hal-01326029v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A finite volume scheme for boundary-driven convection-diffusion equations with relative entropy structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francis Filbet</w:t>
+                <w:t xml:space="preserve">Modelling and simulating a multispecies plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Badsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numerische Mathematik</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, CEMRACS 2014 – Numerical Modeling of Plasmas, 53, pp.22-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/proc/201653002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01326029v4</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01116967v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...48 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On massless electron limit for a multispecies kinetic system with external magnetic field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Differential Equations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 260 (11), pp.7861-7891. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jde.2016.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147365v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3059,349 +3043,349 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet Midiivec : comment virologistes et modélisateurs collaborent pour décoder la dynamique d'infection virale intra-vecteur ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Loisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Loisel</w:t>
+                <w:t xml:space="preserve">Daphné Baudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daphné Baudon</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Barbara Viginier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation scientifique du département Santé Animale (JAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Sep 2024, Seignosse 'Les Tuquets', France. pp.53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04716153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite volumes for a generalized Poisson-Nernst-Planck system with cross-diffusion and size exclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Cancès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annamaria Massimini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finite Volumes for Complex Applications X</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Strasbourg, France. pp.57--73, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-40864-9_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04022357v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">$L^\infty$ bounds for numerical solutions of noncoercive convection-diffusion equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chainais-Hillairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finite Volumes for Complex Applications IX - Methods, Theoretical Aspects, Examples.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Bergen, Norway. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-43651-3_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02404546v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3411,114 +3395,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymptotic and numerical analysis of kinetic and fluid models for the transport of charged particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Numerical Analysis [math.NA]. Université de Lyon, 2017. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017LYSE1165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01684780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId110"/>
+      <w:footerReference w:type="default" r:id="rId109"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3586,51 +3570,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A08E1A91"/>
+    <w:nsid w:val="8CA780DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3817,51 +3801,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-herda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0590-5779" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/223452289" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/herda_m_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517069v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Evain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Aziz Diallo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Roussel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Szwaj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Herda" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430140v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pegon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tristani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387877v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilara Abdel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blaustein" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chainais-Hillairet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moatti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681175v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gervais" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777272v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Canc&#232;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Massimini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2411.11583" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951055v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Alfaro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Natale" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2025.113890" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170316v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Monmarch&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perthame" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2024009" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850468v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ziegler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Spetzler" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2025.09.034" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690119v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ansgar J&#252;ngel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Portisch" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844328v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Trescases" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zurek" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/smai-jcm.137" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173543v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cesbron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2024.05.056" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779230v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Farrell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drad034" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305165v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ayi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hivert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3789" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714164v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2023032" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281500v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lemaire" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-022-01289-w" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882349v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degond" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepideh Mirrahimi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mbe.2020338" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128851v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Campos Pinto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Charles" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Despr&#233;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-019-00872-x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360155v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Krell" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1299311" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957832v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bessemoulin-Chatard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rey" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3490" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946539v5" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1273955" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885015v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drz037" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389146v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.46" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382854v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Miguel Miguel Rodrigues" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2019024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541854v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-018-1963-7" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326029v4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Filbet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116967v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Badsi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201653002" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147365v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2016.02.005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04716153v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Loisel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Baudon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Viginier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022357v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404546v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43651-3_12" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01684780v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSE1165" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maxime-herda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0590-5779" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/223452289" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/herda_m_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517069v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Evain" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Aziz Diallo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Roussel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Szwaj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Herda" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777272v3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Canc&#232;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Massimini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430140v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pegon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tristani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387877v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilara Abdel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blaustein" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chainais-Hillairet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moatti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681175v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gervais" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951055v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Alfaro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Natale" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2025.113890" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170316v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Monmarch&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perthame" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2024009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850468v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ziegler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Spetzler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2025.09.034" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690119v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ansgar J&#252;ngel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Portisch" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844328v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Trescases" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zurek" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/smai-jcm.137" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173543v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cesbron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2024.05.056" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779230v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Farrell" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drad034" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305165v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ayi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hivert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3789" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714164v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2023032" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281500v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lemaire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-022-01289-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882349v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Degond" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepideh Mirrahimi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mbe.2020338" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128851v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Campos Pinto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Charles" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Despr&#233;s" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-019-00872-x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957832v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bessemoulin-Chatard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3490" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360155v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Krell" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1299311" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885015v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drz037" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946539v5" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1273955" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389146v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.46" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382854v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Miguel Miguel Rodrigues" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2019024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541854v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-018-1963-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326029v4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Filbet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116967v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Badsi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201653002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147365v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2016.02.005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04716153v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Loisel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Baudon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Viginier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022357v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404546v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43651-3_12" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01684780v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSE1165" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>