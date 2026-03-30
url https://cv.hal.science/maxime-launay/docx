--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Maxime Launay </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur à l'Institut de recherche stratégique de l'École militaire (IRSEM)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur partenaire de l'UMR  SIRICE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Docteur en histoire contemporaine de Sorbonne Université</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Titre de la thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Une armée nouvelle ? La gauche et l'armée française (1968-1985). Antimilitarisme, libertés publiques et défense nationale</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire des armées à l’épreuve des archives (second 20e-21e siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 164 (4), pp.5-20. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.164.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles archives pour quelle histoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Duclert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 164 (4), pp.157-171. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.164.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tous unis sous le drapeau ? Lutte antimilitariste et décloisonnement social lors du service militaire dans la France des « années 1968 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 164 (4), pp.53-69. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.164.0053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Français et leur armée. De l’antimilitarisme au consensus sur la défense nationale (1968-1981)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Défense Nationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 866 (1), pp.80-86. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdna.866.0080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Biribi en Savoie » : la fin du dernier bagne de l’armée française (Fort d’Aiton, 1972)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11vu0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of « Bernard Rogel, Un marin à l’Élysée : des sous-marins nucléaires au bureau du président, Paris, Tallandier, 2023, 352 p. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études françaises de renseignement et de cyber</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.303-306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Richard VOLANGE, Espion : 44 ans à la DGSE , Paris, Talent Éditions, 2023, 288 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études françaises de renseignement et de cyber</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 1, pp.254-257. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/efrc.231.0254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Colloque &amp;quot;Procès politiques : tremplin ou tribune pour l'opposition ?&amp;quot;, dans « Avis de recherches »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 154, pp.165-168. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.154.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement et mobilisation internationale (fin XIXe-XXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Batteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Silva da Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers Irice / Les Cahiers Sirice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (2021/2), pp.5-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03628294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défendre les libertés publiques au sein des armées : la Ligue des droits de l’homme et le comité droits et libertés dans l’institution militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, La Ligue des droits de l’homme après 1945 : bilans et perspectives de recherche, 137-138, pp.79-86. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mate.137.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« D’Épinay à l’Élysée, l'aggiornamento des socialistes à l'égard de l'armée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre de l'Institut François Mitterrand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le réseau du Parti socialiste dans le domaine militaire. Acteurs, enjeux, stratégies (1971-1981) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enquêtes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n°3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anticommunisme en France et en Europe (1917-1991)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlline Castagnez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Vigreux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 2025, 978-2-7535-9852-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’armée française et l’anticommunisme (1968-1981)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Dard; Noëlline Castagnez; Maxime Launay; Jean Vigreux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’anticommunisme en France et en Europe (1917-1991)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.285-296, 2025, 978-2-7535-9852-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Armée nouvelle et les conceptions gaulliennes de la défense nationale dans le débat contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Candar. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jaurès et de Gaulle, actes du colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre national et musée Jean-Jaurès, pp.27-50, 2024, 978-2-908696-07-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il n’y a pas d’ennemi intérieur en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvonnick Denoël; Renaud Meltz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des mensonges d’État sous la Ve République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, pp.215-218, 2023, 9782380944075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’antimilitarisme, des &amp;quot;années 68&amp;quot; à la fin du service militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éric Fournier; Arnaud-Dominique Houte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À bas l’armée. L’antimilitarisme XIXe-XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.181-189, 2023, 979-10-351-0888-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un régime de publicité spécifique depuis l’affaire Dreyfus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvonnick Denoël; Renaud Meltz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des mensonges d’État sous la Ve République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, pp.209-214, 2023, 9782380944075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désobéir dans les casernes : l’affaire de Draguignan (1974)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Artières; Franck Veyron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ripostes ! Archives de luttes et d’actions, 1970-1974</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Éditions, 2023, 978-2-271-14637-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ventes d’armes : ces milliards qui dérangent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvonnick Denoël; Renaud Meltz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des mensonges d’État sous la Ve République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, pp.219-223, 2023, 9782380944075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une conception gaullo-marxiste de l’armée française : Jean-Pierre Chevènement et la Défense dans les années 1970 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Régis Boulat, Renaud Meltz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevènement. Le dernier des jacobins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, p. 349-368, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Alain Bergounioux, Mathieu Fulla (dir.), Michel Rocard Premier ministre, Paris, Presses de Sciences Po, 2020, Parlement[s], n° 36, p. 233-235</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Marie-Hélène Labbé, La quête nucléaire de l’Iran, Paris, Sorbonne Université Presses, 2020, 160 p., 20 & 21. Revue d'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, p. 208-209</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La rose et le glaive : la politique de défense socialiste des années 1970 », Les Notes de la Fondation Jean-Jaurès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of François Hourmant, Les Années Mao en France. Avant, pendant et après Mai 68, Paris, O. Jacob, 2018, 288 p., Questions de communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/questionsdecommunication.21776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of François-Xavier Fauvelle et Claude-Hélène Perrot (dir.) Yves Person. Historien de l’Afrique, explorateur de l’oralité Paris, Publications de la Sorbonne, 2018, 220 p., Annales. Histoire, Sciences Sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.907-909. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/ahss.2020.107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Olivier Fillieule, Isabelle Sommier (dir.), Marseille années 68, Paris, Les Presses de Sciences Po, 2018, 594 p., Lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.27950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Fanny Bugnon, Isabelle Lacroix (dir.), Territoires de la violence politique en France de la fin de la guerre d’Algérie à nos jours, Lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.24443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Christel Coton, Officiers. Des classes en lutte sous l’uniforme, Marseille, Agone, 2017, 288 p., Lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.23205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Grégory Daho, La transformation des armées. Enquête sur les relations civilo-militaires en France, Lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.23913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire des armées à l’épreuve des archives (second XXe-début du XXIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Hassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 164, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux de privation de liberté, des lieux politiques (XIXe-XXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Sambuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Rosell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 52, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement et mobilisation internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Batteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Silva da Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers Irice / Les Cahiers Sirice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 27 (2021/2), 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03628292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement et mobilisation internationale (fin XIXe-XXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Silva da Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Batteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers Irice / Les Cahiers Sirice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021/2 (27), 88 p., 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId65"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Maxime Launay </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur à l'Institut de recherche stratégique de l'École militaire (IRSEM)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur partenaire de l'UMR  SIRICE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Docteur en histoire contemporaine de Sorbonne Université</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Titre de la thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Une armée nouvelle ? La gauche et l'armée française (1968-1985). Antimilitarisme, libertés publiques et défense nationale</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire des armées à l’épreuve des archives (second 20e-21e siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 164 (4), pp.5-20. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.164.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles archives pour quelle histoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Duclert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 164 (4), pp.157-171. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.164.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tous unis sous le drapeau ? Lutte antimilitariste et décloisonnement social lors du service militaire dans la France des « années 1968 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 164 (4), pp.53-69. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.164.0053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of « Bernard Rogel, Un marin à l’Élysée : des sous-marins nucléaires au bureau du président, Paris, Tallandier, 2023, 352 p. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études françaises de renseignement et de cyber</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.303-306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Français et leur armée. De l’antimilitarisme au consensus sur la défense nationale (1968-1981)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Défense Nationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 866 (1), pp.80-86. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdna.866.0080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Biribi en Savoie » : la fin du dernier bagne de l’armée française (Fort d’Aiton, 1972)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11vu0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Richard VOLANGE, Espion : 44 ans à la DGSE , Paris, Talent Éditions, 2023, 288 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études françaises de renseignement et de cyber</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 1, pp.254-257. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/efrc.231.0254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Colloque &amp;quot;Procès politiques : tremplin ou tribune pour l'opposition ?&amp;quot;, dans « Avis de recherches »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 154, pp.165-168. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.154.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement et mobilisation internationale (fin XIXe-XXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Batteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Silva da Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers Irice / Les Cahiers Sirice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (2021/2), pp.5-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03628294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défendre les libertés publiques au sein des armées : la Ligue des droits de l’homme et le comité droits et libertés dans l’institution militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, La Ligue des droits de l’homme après 1945 : bilans et perspectives de recherche, 137-138, pp.79-86. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mate.137.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« D’Épinay à l’Élysée, l'aggiornamento des socialistes à l'égard de l'armée »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre de l'Institut François Mitterrand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le réseau du Parti socialiste dans le domaine militaire. Acteurs, enjeux, stratégies (1971-1981) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enquêtes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n°3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anticommunisme en France et en Europe (1917-1991)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noëlline Castagnez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Vigreux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 2025, 978-2-7535-9852-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’armée française et l’anticommunisme (1968-1981)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Dard; Noëlline Castagnez; Maxime Launay; Jean Vigreux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’anticommunisme en France et en Europe (1917-1991)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.285-296, 2025, 978-2-7535-9852-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Armée nouvelle et les conceptions gaulliennes de la défense nationale dans le débat contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Candar. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jaurès et de Gaulle, actes du colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre national et musée Jean-Jaurès, pp.27-50, 2024, 978-2-908696-07-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’antimilitarisme, des &amp;quot;années 68&amp;quot; à la fin du service militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éric Fournier; Arnaud-Dominique Houte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À bas l’armée. L’antimilitarisme XIXe-XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.181-189, 2023, 979-10-351-0888-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désobéir dans les casernes : l’affaire de Draguignan (1974)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Artières; Franck Veyron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ripostes ! Archives de luttes et d’actions, 1970-1974</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Éditions, 2023, 978-2-271-14637-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un régime de publicité spécifique depuis l’affaire Dreyfus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvonnick Denoël; Renaud Meltz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des mensonges d’État sous la Ve République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, pp.209-214, 2023, 9782380944075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il n’y a pas d’ennemi intérieur en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvonnick Denoël; Renaud Meltz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des mensonges d’État sous la Ve République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, pp.215-218, 2023, 9782380944075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ventes d’armes : ces milliards qui dérangent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvonnick Denoël; Renaud Meltz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des mensonges d’État sous la Ve République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, pp.219-223, 2023, 9782380944075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une conception gaullo-marxiste de l’armée française : Jean-Pierre Chevènement et la Défense dans les années 1970 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Régis Boulat, Renaud Meltz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevènement. Le dernier des jacobins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, p. 349-368, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Alain Bergounioux, Mathieu Fulla (dir.), Michel Rocard Premier ministre, Paris, Presses de Sciences Po, 2020, Parlement[s], n° 36, p. 233-235</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Marie-Hélène Labbé, La quête nucléaire de l’Iran, Paris, Sorbonne Université Presses, 2020, 160 p., 20 & 21. Revue d'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, p. 208-209</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of François-Xavier Fauvelle et Claude-Hélène Perrot (dir.) Yves Person. Historien de l’Afrique, explorateur de l’oralité Paris, Publications de la Sorbonne, 2018, 220 p., Annales. Histoire, Sciences Sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.907-909. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/ahss.2020.107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La rose et le glaive : la politique de défense socialiste des années 1970 », Les Notes de la Fondation Jean-Jaurès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of François Hourmant, Les Années Mao en France. Avant, pendant et après Mai 68, Paris, O. Jacob, 2018, 288 p., Questions de communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/questionsdecommunication.21776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Fanny Bugnon, Isabelle Lacroix (dir.), Territoires de la violence politique en France de la fin de la guerre d’Algérie à nos jours, Lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.24443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Olivier Fillieule, Isabelle Sommier (dir.), Marseille années 68, Paris, Les Presses de Sciences Po, 2018, 594 p., Lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.27950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Grégory Daho, La transformation des armées. Enquête sur les relations civilo-militaires en France, Lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.23913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Christel Coton, Officiers. Des classes en lutte sous l’uniforme, Marseille, Agone, 2017, 288 p., Lectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.23205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire des armées à l’épreuve des archives (second XXe-début du XXIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Hassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 164, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux de privation de liberté, des lieux politiques (XIXe-XXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Sambuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Rosell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 52, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement et mobilisation internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Batteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Silva da Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers Irice / Les Cahiers Sirice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 27 (2021/2), 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03628292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement et mobilisation internationale (fin XIXe-XXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Silva da Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Batteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers Irice / Les Cahiers Sirice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021/2 (27), 88 p., 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05029908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId65"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="80E36617"/>
+    <w:nsid w:val="7F6A951C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027947v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hassine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Launay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.164.0005" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027965v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Duclert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.164.0157" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027953v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.164.0053" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027971v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdna.866.0080" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027928v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11vu0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029904v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027979v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/efrc.231.0254" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028009v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.154.0165" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03628294v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Batteux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Silva da Cruz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698023v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.137.0079" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698074v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698085v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029919v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lline Castagnez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vigreux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028033v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028031v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028020v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028029v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028016v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027986v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028022v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698099v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701246v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698106v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698078v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698134v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.21776" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698053v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ahss.2020.107" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698115v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.27950" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698064v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.24443" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698130v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.23205" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698128v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.23913" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029917v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029912v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sambuis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rosell" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03628292v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029908v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027947v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hassine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Launay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.164.0005" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027965v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Duclert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.164.0157" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027953v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.164.0053" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029904v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027971v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdna.866.0080" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027928v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11vu0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027979v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/efrc.231.0254" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028009v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.154.0165" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03628294v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Batteux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Silva da Cruz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698023v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.137.0079" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698074v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698085v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029919v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lline Castagnez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vigreux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028033v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028031v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028029v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027986v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028016v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028020v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028022v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698099v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701246v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698106v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698053v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ahss.2020.107" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698078v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698134v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.21776" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698064v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.24443" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698115v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.27950" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698128v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.23913" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698130v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.23205" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029917v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029912v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sambuis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rosell" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03628292v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029908v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>